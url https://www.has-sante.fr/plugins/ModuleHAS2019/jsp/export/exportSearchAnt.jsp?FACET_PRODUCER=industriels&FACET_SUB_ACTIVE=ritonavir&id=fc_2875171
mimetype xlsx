--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -9,95 +9,128 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation d’échec virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545707/fr/adaptation-du-traitement-antiretroviral-en-situation-d-echec-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545707</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +140,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +198,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>