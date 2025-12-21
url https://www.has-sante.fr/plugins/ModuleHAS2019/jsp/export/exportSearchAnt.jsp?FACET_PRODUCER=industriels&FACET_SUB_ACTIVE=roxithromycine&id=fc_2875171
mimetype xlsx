--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -9,134 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>14/10/2021 08:39:00</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -146,153 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="A3" t="s">
         <v>15</v>
-      </c>
-[...45 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>