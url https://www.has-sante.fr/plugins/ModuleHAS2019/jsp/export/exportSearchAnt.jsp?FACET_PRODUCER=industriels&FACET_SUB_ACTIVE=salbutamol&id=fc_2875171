--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -9,134 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/01/2018 10:10:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...5 lines deleted...]
-    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>23/12/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -146,153 +128,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      <c r="A4" t="s">
         <v>22</v>
-      </c>
-[...19 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>