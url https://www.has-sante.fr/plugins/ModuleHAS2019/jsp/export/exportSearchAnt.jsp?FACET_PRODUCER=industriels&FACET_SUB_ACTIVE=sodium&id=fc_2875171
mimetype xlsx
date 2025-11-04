--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,286 +1,925 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="265">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:11:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3423461</t>
+  </si>
+  <si>
+    <t>VARIMATE</t>
+  </si>
+  <si>
+    <t>05/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2021 09:53:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259928/fr/varimate</t>
+  </si>
+  <si>
+    <t>p_3259928</t>
+  </si>
+  <si>
+    <t>Renfort périphérique pour stomie</t>
+  </si>
+  <si>
+    <t>LABORATOIRES CONVATEC</t>
+  </si>
+  <si>
+    <t>Substituts osseux</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2013 18:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600261/fr/substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1600261</t>
+  </si>
+  <si>
+    <t>Ministère</t>
+  </si>
+  <si>
+    <t>Produits pour nutrition à domicile et prestations associées</t>
+  </si>
+  <si>
+    <t>27/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2006 14:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479172/fr/produits-pour-nutrition-a-domicile-et-prestations-associees</t>
+  </si>
+  <si>
+    <t>c_479172</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Reassessment of bone substitutes</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Assessment of medical devices for home infusion</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux pour la Perfusion à Domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de dispositifs médicaux pour la perfusion à domicile ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette réévaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs médicaux pour la perfusion à domicile en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs médicaux pour la perfusion à domicile ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 5 septembre 2023</t>
+  </si>
+  <si>
+    <t>13/09/2023 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460737/fr/cnedimts-du-5-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3460737</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 12 Janvier 2016</t>
+  </si>
+  <si>
+    <t>08/01/2016 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586808/fr/cnedimts-reunion-du-12-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2586808</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -294,225 +933,1483 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>13</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>29</v>
+      </c>
+      <c r="I3" t="s">
+        <v>30</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>36</v>
+      </c>
+      <c r="I4" t="s">
+        <v>13</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>42</v>
+      </c>
+      <c r="I5" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D3" t="s">
+        <v>53</v>
+      </c>
+      <c r="E3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>74</v>
+      </c>
+      <c r="H3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>78</v>
+      </c>
+      <c r="H4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>89</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>95</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>98</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>101</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>102</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="D9" t="s">
-        <v>55</v>
+        <v>106</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>107</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>108</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>109</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>110</v>
+      </c>
+      <c r="C10" t="s">
+        <v>111</v>
+      </c>
+      <c r="D10" t="s">
+        <v>112</v>
+      </c>
+      <c r="E10" t="s">
+        <v>113</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>114</v>
+      </c>
+      <c r="H10" t="s">
+        <v>115</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>120</v>
+      </c>
+      <c r="H2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>125</v>
+      </c>
+      <c r="H3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>116</v>
+      </c>
+      <c r="B4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>129</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>130</v>
+      </c>
+      <c r="H4" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B5" t="s">
+        <v>132</v>
+      </c>
+      <c r="C5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>134</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>135</v>
+      </c>
+      <c r="H5" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>116</v>
+      </c>
+      <c r="B6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>139</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>140</v>
+      </c>
+      <c r="H6" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>116</v>
+      </c>
+      <c r="B7" t="s">
+        <v>142</v>
+      </c>
+      <c r="C7" t="s">
+        <v>143</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>144</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>145</v>
+      </c>
+      <c r="H7" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>116</v>
+      </c>
+      <c r="B8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>149</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>150</v>
+      </c>
+      <c r="H8" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>116</v>
+      </c>
+      <c r="B9" t="s">
+        <v>152</v>
+      </c>
+      <c r="C9" t="s">
+        <v>153</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>154</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>155</v>
+      </c>
+      <c r="H9" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>116</v>
+      </c>
+      <c r="B10" t="s">
+        <v>157</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>158</v>
+      </c>
+      <c r="E10" t="s">
+        <v>159</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>160</v>
+      </c>
+      <c r="H10" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>116</v>
+      </c>
+      <c r="B11" t="s">
+        <v>162</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>163</v>
+      </c>
+      <c r="E11" t="s">
+        <v>164</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>165</v>
+      </c>
+      <c r="H11" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>116</v>
+      </c>
+      <c r="B12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C12" t="s">
+        <v>168</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>169</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>170</v>
+      </c>
+      <c r="H12" t="s">
+        <v>171</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C2" t="s">
+        <v>174</v>
+      </c>
+      <c r="D2" t="s">
+        <v>175</v>
+      </c>
+      <c r="E2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>177</v>
+      </c>
+      <c r="H2" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>183</v>
+      </c>
+      <c r="H3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C4" t="s">
+        <v>186</v>
+      </c>
+      <c r="D4" t="s">
+        <v>187</v>
+      </c>
+      <c r="E4" t="s">
+        <v>188</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>189</v>
+      </c>
+      <c r="H4" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C5" t="s">
+        <v>192</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>193</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>194</v>
+      </c>
+      <c r="H5" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>172</v>
+      </c>
+      <c r="B6" t="s">
+        <v>196</v>
+      </c>
+      <c r="C6" t="s">
+        <v>197</v>
+      </c>
+      <c r="D6" t="s">
+        <v>198</v>
+      </c>
+      <c r="E6" t="s">
+        <v>199</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>200</v>
+      </c>
+      <c r="H6" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>172</v>
+      </c>
+      <c r="B7" t="s">
+        <v>202</v>
+      </c>
+      <c r="C7" t="s">
+        <v>203</v>
+      </c>
+      <c r="D7" t="s">
+        <v>204</v>
+      </c>
+      <c r="E7" t="s">
+        <v>205</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>206</v>
+      </c>
+      <c r="H7" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>172</v>
+      </c>
+      <c r="B8" t="s">
+        <v>208</v>
+      </c>
+      <c r="C8" t="s">
+        <v>209</v>
+      </c>
+      <c r="D8" t="s">
+        <v>210</v>
+      </c>
+      <c r="E8" t="s">
+        <v>211</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>212</v>
+      </c>
+      <c r="H8" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>172</v>
+      </c>
+      <c r="B9" t="s">
+        <v>214</v>
+      </c>
+      <c r="C9" t="s">
+        <v>215</v>
+      </c>
+      <c r="D9" t="s">
+        <v>216</v>
+      </c>
+      <c r="E9" t="s">
+        <v>217</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>218</v>
+      </c>
+      <c r="H9" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>172</v>
+      </c>
+      <c r="B10" t="s">
+        <v>220</v>
+      </c>
+      <c r="C10" t="s">
+        <v>221</v>
+      </c>
+      <c r="D10" t="s">
+        <v>222</v>
+      </c>
+      <c r="E10" t="s">
+        <v>223</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>224</v>
+      </c>
+      <c r="H10" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>172</v>
+      </c>
+      <c r="B11" t="s">
+        <v>226</v>
+      </c>
+      <c r="C11" t="s">
+        <v>227</v>
+      </c>
+      <c r="D11" t="s">
+        <v>228</v>
+      </c>
+      <c r="E11" t="s">
+        <v>229</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>230</v>
+      </c>
+      <c r="H11" t="s">
+        <v>231</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>233</v>
+      </c>
+      <c r="B2" t="s">
+        <v>234</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>235</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>236</v>
+      </c>
+      <c r="H2" t="s">
+        <v>237</v>
+      </c>
+      <c r="I2" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>241</v>
+      </c>
+      <c r="H3" t="s">
+        <v>242</v>
+      </c>
+      <c r="I3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>233</v>
+      </c>
+      <c r="B4" t="s">
+        <v>243</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>244</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>245</v>
+      </c>
+      <c r="H4" t="s">
+        <v>246</v>
+      </c>
+      <c r="I4" t="s">
+        <v>238</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>247</v>
+      </c>
+      <c r="B2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C2" t="s">
+        <v>249</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>250</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>251</v>
+      </c>
+      <c r="H2" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C3" t="s">
+        <v>254</v>
+      </c>
+      <c r="D3" t="s">
+        <v>255</v>
+      </c>
+      <c r="E3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>257</v>
+      </c>
+      <c r="H3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C4" t="s">
+        <v>260</v>
+      </c>
+      <c r="D4" t="s">
+        <v>261</v>
+      </c>
+      <c r="E4" t="s">
+        <v>262</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>263</v>
+      </c>
+      <c r="H4" t="s">
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>