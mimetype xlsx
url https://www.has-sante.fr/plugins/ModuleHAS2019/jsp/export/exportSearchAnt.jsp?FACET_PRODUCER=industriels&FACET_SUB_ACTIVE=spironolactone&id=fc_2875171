--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/11/2021 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
   </si>