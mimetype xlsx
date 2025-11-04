--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,545 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>CUREETY TECHCARE</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/12/2024 00:00:00</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
-  </si>
-[...19 lines deleted...]
-    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...73 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...162 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>