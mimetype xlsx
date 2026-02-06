--- v1 (2025-11-04)
+++ v2 (2026-02-06)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
     <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
   </si>
   <si>
     <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
   </si>
   <si>
     <t>11/10/2021 00:00:00</t>
   </si>
   <si>
     <t>11/22/2021 11:48:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -107,51 +125,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +183,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>