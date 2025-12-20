--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,65 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
-    <sheet name="Export Article HAS" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -81,50 +84,68 @@
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
   </si>
   <si>
     <t>c_1069254</t>
   </si>
   <si>
     <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
   </si>
   <si>
     <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/12/2009 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
   </si>
   <si>
     <t>c_893585</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>CEESP - Réunion du 6 janvier 2015</t>
   </si>
   <si>
     <t>12/03/2015 11:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2019285/fr/ceesp-reunion-du-6-janvier-2015</t>
   </si>
   <si>
     <t>c_2019285</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>CEESP - Réunion du 16 décembre 2014</t>
   </si>
@@ -177,51 +198,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -274,202 +295,268 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>