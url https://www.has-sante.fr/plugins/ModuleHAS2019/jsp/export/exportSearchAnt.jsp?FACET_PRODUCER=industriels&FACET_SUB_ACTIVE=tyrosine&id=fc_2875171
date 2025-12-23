--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,367 +1,205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>19/05/2016 14:01:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
+    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/16/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon - Recherche des altérations moléculaires somatiques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535386/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon-recherche-des-alterations-moleculaires-somatiques</t>
+    <t>Next generation sequencing gene panel for medical lung cancer care</t>
+  </si>
+  <si>
+    <t>Evaluation of the composition of a reimbursable gene panel (search for gene alteration by targeted high-throughput sequencing or NGS or SHD) in somatic genetics of lung cancer</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
   </si>
   <si>
     <t>p_3536003</t>
-  </si>
-[...49 lines deleted...]
-    <t>p_3349687</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -401,512 +239,95 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-  </sheetData>
-[...222 lines deleted...]
-    </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>59</v>
-[...192 lines deleted...]
-        <v>80</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>