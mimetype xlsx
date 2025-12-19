--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -9,113 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>29/07/2025 17:04:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -125,51 +107,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -183,69 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>