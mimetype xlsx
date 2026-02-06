--- v0 (2025-11-08)
+++ v1 (2026-02-06)
@@ -1,474 +1,1318 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="143">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/21/2007 15:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Systèmes d’implants cochléaires : Mi1200 SYNCHRONY et Mi1200 SYNCHRONY PIN, implants cochléaires - OPUS 2, RONDO, RONDO 2, SONNET, SONNET EAS, processeurs de son</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2019 11:09:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969656/fr/systemes-d-implants-cochleaires-mi1200-synchrony-et-mi1200-synchrony-pin-implants-cochleaires-opus-2-rondo-rondo-2-sonnet-sonnet-eas-processeurs-de-son</t>
+  </si>
+  <si>
+    <t>c_2969656</t>
+  </si>
+  <si>
+    <t>Implants cochléaires et processeurs de son</t>
+  </si>
+  <si>
+    <t>MED-EL Elektromedizinische Geräte Gesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>76</v>
+      </c>
+      <c r="H11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>98</v>
+      </c>
+      <c r="H4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E5" t="s">
+        <v>102</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>103</v>
+      </c>
+      <c r="H5" t="s">
+        <v>104</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D3" t="s">
+        <v>114</v>
+      </c>
+      <c r="E3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>116</v>
+      </c>
+      <c r="H3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C4" t="s">
+        <v>119</v>
+      </c>
+      <c r="D4" t="s">
+        <v>120</v>
+      </c>
+      <c r="E4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>122</v>
+      </c>
+      <c r="H4" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>105</v>
+      </c>
+      <c r="B5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D5" t="s">
+        <v>126</v>
+      </c>
+      <c r="E5" t="s">
+        <v>127</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>128</v>
+      </c>
+      <c r="H5" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B6" t="s">
+        <v>130</v>
+      </c>
+      <c r="C6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E6" t="s">
+        <v>133</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>134</v>
+      </c>
+      <c r="H6" t="s">
+        <v>135</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D2" t="s">
+        <v>139</v>
+      </c>
+      <c r="E2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>141</v>
+      </c>
+      <c r="H2" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>