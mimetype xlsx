--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1,1690 +1,11617 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
+    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="778" uniqueCount="517">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6637" uniqueCount="3824">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>07/29/2020 00:00:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Choix méthodologiques pour l'évaluation économique à la HAS</t>
+  </si>
+  <si>
+    <t>La HAS a actualisé le guide méthodologique sur l’évaluation économique. Les principales modifications apportées visent à améliorer l’interprétation des résultats, à préciser des points techniques et à intégrer des évolutions méthodologiques intervenues depuis 2011.</t>
+  </si>
+  <si>
+    <t>02/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2020 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499251/en/choices-in-methods-for-economic-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/r_1499251/fr/choix-methodologiques-pour-l-evaluation-economique-a-la-has</t>
   </si>
   <si>
     <t>r_1499251</t>
   </si>
   <si>
-    <t>Cooperation between the HAS and users</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290414/en/cooperation-between-the-has-and-users</t>
+    <t>Expérience patient et savoir expérientiel : deux notions à clarifier pour développer l’engagement ou la participation</t>
+  </si>
+  <si>
+    <t>Les concepts d’expérience patient et de savoir expérientiel se sont développés autour de l’engagement des usagers ou de la participation des personnes accompagnées. Leur sens est peu explicité et ils sont parfois confondus. Ce guide pédagogique définit ces concepts et identifie dans quelles conditions ils peuvent renforcer le pouvoir d’agir des personnes concernées et le partenariat entre usagers et professionnels.</t>
+  </si>
+  <si>
+    <t>09/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602447/fr/experience-patient-et-savoir-experientiel-deux-notions-a-clarifier-pour-developper-l-engagement-ou-la-participation</t>
+  </si>
+  <si>
+    <t>p_3602447</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de recherche documentaire</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit le processus d’identification de la littérature par le service documentation et veille de la HAS dans le cadre de l’élaboration des publications de l'institution. Ce document a également pour objectif de partager la méthode de recherche documentaire de la HAS.</t>
+  </si>
+  <si>
+    <t>27/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447546/fr/guide-methodologique-de-recherche-documentaire</t>
+  </si>
+  <si>
+    <t>p_3447546</t>
+  </si>
+  <si>
+    <t>Coopération entre la HAS et les usagers</t>
+  </si>
+  <si>
+    <t>Guide à destination des personnes (usagers, représentants des usagers, personnes accompagnées, associations) qui souhaitent s’engager dans les travaux de la HAS du fait de leurs expériences individuelles et collectives et connaître les démarches à suivre pour candidater et devenir membre d’une commission ou d’un groupe de travail. Ce guide apporte également des exemples concrets d’adaptation des méthodes aux personnes concernées. Trois fiches pratiques le complètent.</t>
+  </si>
+  <si>
+    <t>10/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290414/fr/cooperation-entre-la-has-et-les-usagers</t>
   </si>
   <si>
     <t>p_3290414</t>
   </si>
   <si>
-    <t>Pathway of medical devices in France</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213810/en/pathway-of-medical-devices-in-france</t>
+    <t>Comprendre l’évaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>La HAS met à disposition des associations et collectifs de patients et d’usagers un support de formation pour les aider à contribuer aux évaluations de technologies de santé (médicaments, dispositifs médicaux et actes professionnels).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385205/fr/comprendre-l-evaluation-des-technologies-de-sante</t>
+  </si>
+  <si>
+    <t>p_3385205</t>
+  </si>
+  <si>
+    <t>Parcours du dispositif médical en France</t>
+  </si>
+  <si>
+    <t>Ce guide suit le parcours chronologique du développement d’un DM depuis son évaluation en vue de la mise sur le marché jusqu'au suivi clinique après la mise sur le marché et après le remboursement en passant par son évaluation en vue d’une prise en charge et les principes de tarification en France.</t>
+  </si>
+  <si>
+    <t>01/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2020 07:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213810/fr/parcours-du-dispositif-medical-en-france</t>
   </si>
   <si>
     <t>p_3213810</t>
   </si>
   <si>
-    <t>Doctrine of the Commission for Economic and Public Health Evaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289120/en/doctrine-of-the-commission-for-economic-and-public-health-evaluation</t>
+    <t>Grille descriptive des fonctionnalités des dispositifs médicaux embarquant un système avec apprentissage automatique (intelligence artificielle)</t>
+  </si>
+  <si>
+    <t>La HAS a publié une grille d'analyse destinée à être renseignée par tout industriel soumettant un dossier à la Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS), dès lors que le dispositif médical qu'il propose s’appuie sur au moins un procédé d’apprentissage automatique (intelligence artificielle). Cette grille a été intégrée au guide de dépôt de dossiers, en vue d'un remboursement du dispositif.</t>
+  </si>
+  <si>
+    <t>04/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2020 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318028/fr/grille-descriptive-des-fonctionnalites-des-dispositifs-medicaux-embarquant-un-systeme-avec-apprentissage-automatique-intelligence-artificielle</t>
+  </si>
+  <si>
+    <t>p_3318028</t>
+  </si>
+  <si>
+    <t>Rencontres d’orientation stratégique avec la HAS pour un acte professionnel</t>
+  </si>
+  <si>
+    <t>Afin d’accompagner les professionnels de santé dans l’élaboration ou l’optimisation du développement clinique d’un acte professionnel en vue du remboursement, la HAS met en place des rencontres d’orientation stratégique. Elle publie également un guide présentant les modalités pratiques et le déroulement de ces rencontres. Il précise notamment quand demander une rencontre d’orientation stratégique, les informations qu'il faut fournir, les principes de mise en œuvre et la gestion de la confidentialité et de la déontologie.</t>
+  </si>
+  <si>
+    <t>11/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2022 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316447/fr/rencontres-d-orientation-strategique-avec-la-has-pour-un-acte-professionnel</t>
+  </si>
+  <si>
+    <t>p_3316447</t>
+  </si>
+  <si>
+    <t>Doctrine de la commission d’évaluation économique et de santé publique (CEESP)</t>
+  </si>
+  <si>
+    <t>La CEESP évalue d’un point de vue économique les produits et technologies de santé présumés innovants et susceptibles d’avoir un impact significatif sur les dépenses de l’Assurance maladie. La doctrine explicite la démarche de la CEESP présidant à la rédaction des avis rendus et donne les clés d’interprétation de la lecture des avis, tant sur l’efficience que sur l’impact budgétaire. Elle fixe le cadre général explicitant la gradation des réserves méthodologiques, les prises de position de la commission quant aux éléments de conclusion, et les messages clés qu’elle souhaite transmettre au décideur public.</t>
+  </si>
+  <si>
+    <t>06/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2021 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289120/fr/doctrine-de-la-commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
   </si>
   <si>
     <t>p_3289120</t>
   </si>
   <si>
-    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>06/10/2021 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
+    <t>10/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
+    <t>Renforcer l’engagement des usagers dans l’évaluation des technologies de santé à la HAS - Feuille de route et actions</t>
+  </si>
+  <si>
+    <t>Les associations d’usagers du système de santé, qu’elles soient agréées ou non peuvent contribuer sous différentes formes à l’évaluation des médicaments, dispositifs ou actes médicaux. La Haute Autorité de santé propose 8 actions pour renforcer cet engagement dans les 3 années à venir.</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/07/2021 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278850/fr/renforcer-l-engagement-des-usagers-dans-l-evaluation-des-technologies-de-sante-a-la-has-feuille-de-route-et-actions</t>
+  </si>
+  <si>
+    <t>p_3278850</t>
+  </si>
+  <si>
+    <t>Méthodologie pour le développement clinique des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné aux industriels, aux structures de recherche, aux CRO, aux porteurs de projet et aux professionnels de santé impliqués dans le développement clinique d’un dispositif médical ou d’une technologie de santé et qui envisagent de déposer une demande d’admission au remboursement du dispositif concerné auprès de la CNEDiMTS. Il est aussi destiné aux patients, puisque ce guide est destiné à favoriser le recueil de la preuve, quel que soit le critère utilisé.</t>
+  </si>
+  <si>
+    <t>08/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Classification fonctionnelle, selon leur finalité d’usage, des solutions numériques utilisées dans le cadre de soins médicaux ou paramédicaux</t>
+  </si>
+  <si>
+    <t>Dans un contexte de multiplication des outils numériques utilisables en santé, la Haute Autorité de santé a élaboré un système de classification des solutions numériques selon leur finalité d’usage, leur capacité à apporter une réponse personnalisée et leur autonomie, c’est-à-dire leur capacité à agir avec ou sans intervention humaine. L’objectif : aider les acteurs à s’y retrouver et contribuer à une meilleure intégration de ces outils dans le secteur sanitaire et médico-social.</t>
+  </si>
+  <si>
+    <t>17/02/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
   </si>
   <si>
     <t>p_3238360</t>
   </si>
   <si>
-    <t>How to produce an information brochure for patients and healthcare system users</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_430286/en/how-to-produce-an-information-brochure-for-patients-and-healthcare-system-users</t>
+    <t>Description générale de la procédure d’évaluation d’actes professionnels</t>
+  </si>
+  <si>
+    <t>Un nouveau guide pour les organismes professionnels sur l’évaluation d’actes professionnels à la HAS : Quelles sont les étapes clés ? Quels sont les acteurs ? Les principales variantes....</t>
+  </si>
+  <si>
+    <t>14/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2018 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832949/fr/description-generale-de-la-procedure-d-evaluation-d-actes-professionnels</t>
+  </si>
+  <si>
+    <t>c_2832949</t>
+  </si>
+  <si>
+    <t>Choix méthodologiques pour l’analyse de l’impact budgétaire à la HAS</t>
+  </si>
+  <si>
+    <t>Ce guide présente les recommandations de la HAS pour la conduite des analyses d’impact budgétaire des interventions de santé.</t>
+  </si>
+  <si>
+    <t>10/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730306/fr/choix-methodologiques-pour-l-analyse-de-l-impact-budgetaire-a-la-has</t>
+  </si>
+  <si>
+    <t>c_2730306</t>
+  </si>
+  <si>
+    <t>Démarche d’assurance qualité des pratiques professionnelles en matière de dépistage combiné de la trisomie 21</t>
+  </si>
+  <si>
+    <t>Mesures échographiques de la clarté nucale et de la longueur cranio-caudale + dosage des marqueurs sériques.</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2016 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634917/fr/demarche-d-assurance-qualite-des-pratiques-professionnelles-en-matiere-de-depistage-combine-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2634917</t>
+  </si>
+  <si>
+    <t>Valeurs de référence  pour l’évaluation économique en santé</t>
+  </si>
+  <si>
+    <t>La loi de finance de la Sécurité Sociale pour 2012 instaure l’évaluation médico-économique comme l’un des déterminants du prix des produits de santé revendiquant le remboursement en tant que produit innovant et ayant un impact significatif sur les dépenses collectives. Dans ce contexte, elle confie à la HAS la mission d’expertiser les évaluations produites par les industriels et d’émettre un avis sur l’efficience du produit dans la prise en charge.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2014 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000884/fr/valeurs-de-reference-pour-l-evaluation-economique-en-sante</t>
+  </si>
+  <si>
+    <t>c_2000884</t>
+  </si>
+  <si>
+    <t>Choix méthodologiques pour le développement clinique des pansements</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide méthodologique est d’identifier les éléments clés du protocole d’une étude clinique évaluant les pansements dans le traitement des plaies chroniques qui permettent une évaluation clinique de qualité. Ce guide est destiné aux industriels, aux structures de recherche et aux porteurs de projets.</t>
+  </si>
+  <si>
+    <t>18/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2013 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713137/fr/choix-methodologiques-pour-le-developpement-clinique-des-pansements</t>
+  </si>
+  <si>
+    <t>c_1713137</t>
+  </si>
+  <si>
+    <t>L’évaluation des aspects sociaux</t>
+  </si>
+  <si>
+    <t>En octobre 2007, la Haute Autorité de santé a mis en place un groupe de travail afin d’envisager la manière dont la sociologie pourrait contribuer à ses travaux d’évaluation. Les réflexions et les propositions de ce groupe de travail s’inscrivent dans le prolongement d’un groupe de travail plus largement consacré à la définition de la notion de Service rendu à la collectivité (SeRC). # A partir d’un examen de documents produits par la HAS, six dimensions sociologiques ont été identifiées. Des connaissances scientifiques leur ont été associées. # Ce rapport présente les six dimensions sociologiques retenues par le groupe de travail, reprend la « grille de questionnements sociologiques standardisés » qui leur est associée et détaille enfin les recommandations du groupe de travail.</t>
+  </si>
+  <si>
+    <t>09/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499239/fr/l-evaluation-des-aspects-sociaux</t>
+  </si>
+  <si>
+    <t>r_1499239</t>
+  </si>
+  <si>
+    <t>Consultation publique dans le cadre de recommandations ou d'évaluations en santé</t>
+  </si>
+  <si>
+    <t>Les consultations publiques sont une des modalités possibles d’implication du public dans l’élaboration des travaux de la HAS. Le terme « consultation publique » est défini comme un processus au cours duquel, à partir d’un document de travail provisoire, la HAS sollicite et recueille les avis et commentaires d’un public dont elle ne sélectionne pas les participants. Elles sont proposées au cas par cas et non de manière systématique. L’un de leurs buts est de pouvoir s’assurer, dans le cas de sujets controversés, que chaque partie intéressée (citoyens, patients, usagers, professionnels de santé, établissements, etc.) a eu la possibilité d’exprimer son avis sur les recommandations et évaluations en cours d’élaboration. Le guide méthodologique est construit selon le déroulement chronologique d’une consultation publique en quatre phases : conception et planification, mise en œuvre, analyse et exploitation, retour sur expérience.</t>
+  </si>
+  <si>
+    <t>03/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/10/2012 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250722/fr/consultation-publique-dans-le-cadre-de-recommandations-ou-d-evaluations-en-sante</t>
+  </si>
+  <si>
+    <t>c_1250722</t>
+  </si>
+  <si>
+    <t>Méthode d’élaboration des auditions publiques</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation et les propositions sont rédigés en toute indépendance par une commission d’audition à l’issue d’un débat public auquel participe un public aussi représentatif et équilibré que possible, et après réalisation de la synthèse critique de la littérature sur le thème de l’audition publique. Le rapport d’orientation comprend un état des lieux des connaissances, des incertitudes et des débats d’experts, à partir desquels sont rédigées les propositions. Les propositions de l’audition publique ne sont pas exclusivement élaborées dans l’optique d’apporter une aide aux praticiens et aux patients dans la recherche des soins les plus appropriés dans des circonstances cliniques données, mais également dans celle de donner aux décideurs et aux professionnels des éléments d’orientation en termes de santé publique, d’organisation, de recherche et de prise en charge. Cette méthode est particulièrement adaptée en cas de controverse ou d’incertitudes sur un thème limité ayant des implications importantes en santé publique.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2011 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013673/fr/methode-d-elaboration-des-auditions-publiques</t>
+  </si>
+  <si>
+    <t>c_1013673</t>
+  </si>
+  <si>
+    <t>Programme d’éducation thérapeutique du patient : grille d’aide à l’évaluation de la demande d’autorisation par l’Agence régionale de santé (ARS)</t>
+  </si>
+  <si>
+    <t>« L’éducation thérapeutique s’inscrit dans le parcours de soins du patient. Elle a pour objectif de rendre le patient plus autonome en facilitant son adhésion aux traitements prescrits et en améliorant sa qualité de vie » (article L.1161-1 du code de la santé publique).</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2010 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_981885/fr/programme-d-education-therapeutique-du-patient-grille-d-aide-a-l-evaluation-de-la-demande-d-autorisation-par-l-agence-regionale-de-sante-ars</t>
+  </si>
+  <si>
+    <t>c_981885</t>
+  </si>
+  <si>
+    <t>Élaboration d'un document écrit d'information à l'intention des patients et des usagers du système de santé</t>
+  </si>
+  <si>
+    <t>Ce guide apporte un cadre méthodologique pour concevoir un document d'information écrit qui soit un outil de dialogue entre le soignant et le patient ou l‘usager du système de santé. Il s'adresse à toute organisation de professionnels de santé ou société savante qui souhaite produire et diffuser une information écrite aux patients et usagers, en s'appuyant sur des recommandations professionnelles existantes. Il décrit les différentes étapes à suivre, apporte des conseils et fournit des exemples permettant d'élaborer un document écrit compréhensible et accessible à tous, reposant sur des règles de conception validées et éprouvées. Ce guide actualise une version précédente publiée en mars 2005. Il est complété de recommandations qui rappellent les principales étapes à respecter pour rédiger un document d'information destiné aux patients et s'assurer de sa qualité.</t>
+  </si>
+  <si>
+    <t>15/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/11/2009 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_430286/fr/elaboration-d-un-document-ecrit-d-information-a-l-intention-des-patients-et-des-usagers-du-systeme-de-sante</t>
   </si>
   <si>
     <t>c_430286</t>
   </si>
   <si>
-    <t>How to judge a proposal for a screening programme</t>
+    <t>Guide d’analyse de la littérature et gradation des recommandations</t>
+  </si>
+  <si>
+    <t>L'objectif de ce guide méthodologique est de présenter les principes permettant : de trouver et sélectionner les informations utiles pour la réalisation d'une revue systématique en santé, d'analyser de manière critique les articles sélectionnés et définir leur niveau de preuve, de rédiger une synthèse de la littérature médicale ainsi que des recommandations professionnelles, d'attribuer une gradation aux recommandations professionnelles produites. L'analyse critique de la litétrature médicale peut être définie comme une méthode standardisée d'analyse de l'objectif, de la méthode, des résultats et de la pertinence d'une étude, publiée ou non, dans le but d'en évaluer la qualité et de pouvoir en définir le niveau de preuve. Ce guide propose un certain nombre d'outils (grilles d'analyse d'articles, médicaux ou économiques, échelles de gradation du niveau de preuve des articles, échelles de gradation des recommandations) utiles pour les professionnels de santé et pour toute personne souhaitant lire de manière critique des articles médicaux, dans le but notamment d'élaborer des recommandations professionnelles. Ces outils sont couramment utilisés par la HAS dans ses propres travaux.</t>
+  </si>
+  <si>
+    <t>01/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2000 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434715/fr/guide-d-analyse-de-la-litterature-et-gradation-des-recommandations</t>
+  </si>
+  <si>
+    <t>c_434715</t>
+  </si>
+  <si>
+    <t>Comment évaluer a priori un programme de dépistage ?</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
-    <t>05/01/2004 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>LATITUDE CLARITY</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738013/fr/latitude-clarity</t>
+  </si>
+  <si>
+    <t>p_3738013</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC</t>
+  </si>
+  <si>
+    <t>ODYSIGHT</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS émet un avis favorable à la prise en charge anticipée dans l’indication revendiquée.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2025 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690457/fr/odysight</t>
+  </si>
+  <si>
+    <t>p_3690457</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>TILAK HEALTHCARE</t>
+  </si>
+  <si>
+    <t>VACSTENT GI</t>
+  </si>
+  <si>
+    <t>09/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2025 12:12:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658373/fr/vacstent-gi</t>
+  </si>
+  <si>
+    <t>p_3658373</t>
+  </si>
+  <si>
+    <t>Endoprothèse œsophagienne et son système de thérapie endoscopique sous vide</t>
+  </si>
+  <si>
+    <t>MICRO-TECH (France)</t>
+  </si>
+  <si>
+    <t>BRAVA SUPPORT PLUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686581/fr/brava-support-plus</t>
+  </si>
+  <si>
+    <t>p_3686581</t>
+  </si>
+  <si>
+    <t>Renforts périphériques pour stomie</t>
+  </si>
+  <si>
+    <t>Laboratoires COLOPLAST (France)</t>
+  </si>
+  <si>
+    <t>Véhicules pour personnes en situation de handicap - VPH (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 20 juillet 2025</t>
+  </si>
+  <si>
+    <t>Avis relatif au projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées pour la prise en charge des véhicules pour personnes en situation de handicap (VPH) aux titres I et IV de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 20 juillet 2025. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>18/09/2025 13:48:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686105/fr/vehicules-pour-personnes-en-situation-de-handicap-vph-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-20-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3686105</t>
+  </si>
+  <si>
+    <t>Ministère du travail, de la santé, des solidarités et des familles</t>
+  </si>
+  <si>
+    <t>NEURX DPS RA/4</t>
+  </si>
+  <si>
+    <t>08/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/08/2025 13:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601887/fr/neurx-dps-ra/4</t>
+  </si>
+  <si>
+    <t>p_3601887</t>
+  </si>
+  <si>
+    <t>Stimulateur phrénique intra-diaphragmatique</t>
+  </si>
+  <si>
+    <t>SYNAPSE BIOMEDICAL EUROPE</t>
+  </si>
+  <si>
+    <t>SYSTÈME SENTIO</t>
+  </si>
+  <si>
+    <t>01/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635319/fr/systeme-sentio</t>
+  </si>
+  <si>
+    <t>p_3635319</t>
+  </si>
+  <si>
+    <t>Système d’implant auditif actif transcutané à conduction osseuse</t>
+  </si>
+  <si>
+    <t>PRODITION</t>
+  </si>
+  <si>
+    <t>MY DIABBY HEALTHCARE</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2025 08:32:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609745/fr/my-diabby-healthcare</t>
+  </si>
+  <si>
+    <t>p_3609745</t>
+  </si>
+  <si>
+    <t>Solution de télésurveillance médicale Renouvellement et modification des conditions d'inscription</t>
+  </si>
+  <si>
+    <t>MDHC SAS</t>
+  </si>
+  <si>
+    <t>SOMNODENT AVANT</t>
+  </si>
+  <si>
+    <t>28/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2025 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594029/fr/somnodent-avant</t>
+  </si>
+  <si>
+    <t>p_3594029</t>
+  </si>
+  <si>
+    <t>Orthèse d'avancée mandibulaire</t>
+  </si>
+  <si>
+    <t>SOMNOMED FRANCE SAS</t>
+  </si>
+  <si>
+    <t>CARELINK</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2025 09:42:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607054/fr/carelink</t>
+  </si>
+  <si>
+    <t>p_3607054</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>1 MINUTE POUR MON COEUR</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:44:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604459/fr/1-minute-pour-mon-coeur</t>
+  </si>
+  <si>
+    <t>p_3604459</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients ayant une insuffisance cardiaque chronique</t>
+  </si>
+  <si>
+    <t>NEW CARD</t>
+  </si>
+  <si>
+    <t>RM PRESSFIT VITAMYS</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601884/fr/rm-pressfit-vitamys</t>
+  </si>
+  <si>
+    <t>p_3601884</t>
+  </si>
+  <si>
+    <t>Cotyle monobloc sans ciment en polyéthylène  hautement réticulé</t>
+  </si>
+  <si>
+    <t>MATHYS ORTHOPEDIE</t>
+  </si>
+  <si>
+    <t>I-STOP</t>
+  </si>
+  <si>
+    <t>25/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2025 16:52:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599560/fr/i-stop</t>
+  </si>
+  <si>
+    <t>p_3599560</t>
+  </si>
+  <si>
+    <t>Bandelette sous-urétrale, implantée par voie  transobturatrice ou par voie rétropubienne</t>
+  </si>
+  <si>
+    <t>DILO MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>SWING-BAND SB3 et  SWING-BAND SB4</t>
+  </si>
+  <si>
+    <t>12/03/2025 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3595631/fr/swing-band-sb3-et-swing-band-sb4</t>
+  </si>
+  <si>
+    <t>p_3595631</t>
+  </si>
+  <si>
+    <t>Bandelettes sous-urétrales, implantées par voie transobturatrice ou par voie rétropubienne</t>
+  </si>
+  <si>
+    <t>THT BIO-SCIENCE (France)</t>
+  </si>
+  <si>
+    <t>SATELIA CARDIO</t>
+  </si>
+  <si>
+    <t>19/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:47:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586365/fr/satelia-cardio</t>
+  </si>
+  <si>
+    <t>p_3586365</t>
+  </si>
+  <si>
+    <t>NP MEDICAL</t>
+  </si>
+  <si>
+    <t>CUREETY TECHCARE</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 12:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578221/fr/cureety-techcare</t>
+  </si>
+  <si>
+    <t>p_3578221</t>
+  </si>
+  <si>
+    <t>Logiciel de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>CUREETY SAS</t>
+  </si>
+  <si>
+    <t>PINK PERFECT</t>
+  </si>
+  <si>
+    <t>17/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 16:35:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587263/fr/pink-perfect</t>
+  </si>
+  <si>
+    <t>p_3587263</t>
+  </si>
+  <si>
+    <t>Prothèses externes en silicone de la plaque aréolo-mamelonnaire</t>
+  </si>
+  <si>
+    <t>VENUS MEDICAL</t>
+  </si>
+  <si>
+    <t>MERLIN.NET</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578188/fr/merlin-net</t>
+  </si>
+  <si>
+    <t>p_3578188</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>CELLULAR MATRIX A-CP-HA KIT</t>
+  </si>
+  <si>
+    <t>22/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2025 15:55:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552742/fr/cellular-matrix-a-cp-ha-kit</t>
+  </si>
+  <si>
+    <t>p_3552742</t>
+  </si>
+  <si>
+    <t>Kit de préparation de plasma riche en plaquettes autologue associé à un acide hyaluronique non réticulé pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>REGEN LAB (France)</t>
+  </si>
+  <si>
+    <t>GYNECARE TVT EXACT</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578473/fr/gynecare-tvt-exact</t>
+  </si>
+  <si>
+    <t>p_3578473</t>
+  </si>
+  <si>
+    <t>Bandelette sous-urétrale, implantée par voie rétropubienne</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>CYRENE ET CYRENE PREMIUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578476/fr/cyrene-et-cyrene-premium</t>
+  </si>
+  <si>
+    <t>p_3578476</t>
+  </si>
+  <si>
+    <t>Bandelettes sous-urétrales, implantées par voie transobturatrice</t>
+  </si>
+  <si>
+    <t>ANALYTIC BIOSURGICAL SOLUTIONS</t>
+  </si>
+  <si>
+    <t>OBTURATEUR GYNECARE TVT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578479/fr/obturateur-gynecare-tvt</t>
+  </si>
+  <si>
+    <t>p_3578479</t>
+  </si>
+  <si>
+    <t>Bandelette sous-urétrale, implantée par voie transobturatrice</t>
+  </si>
+  <si>
+    <t>ARIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578482/fr/aris</t>
+  </si>
+  <si>
+    <t>p_3578482</t>
+  </si>
+  <si>
+    <t>LABORATOIRES COLOPLAST (France)</t>
+  </si>
+  <si>
+    <t>FREESTYLE LIBRE 2 PLUS</t>
+  </si>
+  <si>
+    <t>08/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2024 08:41:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560830/fr/freestyle-libre-2-plus</t>
+  </si>
+  <si>
+    <t>p_3560830</t>
+  </si>
+  <si>
+    <t>Système flash d’autosurveillance du glucose interstitiel</t>
+  </si>
+  <si>
+    <t>ABBOTT France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>HOME MONITORING SERVICE CENTER</t>
+  </si>
+  <si>
+    <t>15/11/2024 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552512/fr/home-monitoring-service-center</t>
+  </si>
+  <si>
+    <t>p_3552512</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de prothèse cardiaque implantable</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>AXOMOVE THERAPY</t>
+  </si>
+  <si>
+    <t>28/10/2024 10:53:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552523/fr/axomove-therapy</t>
+  </si>
+  <si>
+    <t>p_3552523</t>
+  </si>
+  <si>
+    <t>AXOMOVE</t>
+  </si>
+  <si>
+    <t>SHOCKWAVE REDUCER</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547237/fr/shockwave-reducer</t>
+  </si>
+  <si>
+    <t>p_3547237</t>
+  </si>
+  <si>
+    <t>Système de réduction du sinus coronaire</t>
+  </si>
+  <si>
+    <t>Shockwave Medical, Inc.</t>
+  </si>
+  <si>
+    <t>LAMBRE</t>
+  </si>
+  <si>
+    <t>16/10/2024 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546394/fr/lambre</t>
+  </si>
+  <si>
+    <t>p_3546394</t>
+  </si>
+  <si>
+    <t>Dispositif de fermeture transcutanée de l’appendice auriculaire gauche</t>
+  </si>
+  <si>
+    <t>DiMedCare SAS (France)</t>
+  </si>
+  <si>
+    <t>ONCO'NECT</t>
+  </si>
+  <si>
+    <t>10/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2024 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540422/fr/onco-nect</t>
+  </si>
+  <si>
+    <t>p_3540422</t>
+  </si>
+  <si>
+    <t>MN SANTE HOLDING</t>
+  </si>
+  <si>
+    <t>IMPLICITY (IM009)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545270/fr/implicity-im009</t>
+  </si>
+  <si>
+    <t>p_3545270</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de prothèse cardiaque implantable à visée thérapeutique</t>
+  </si>
+  <si>
+    <t>IMPLICITY</t>
+  </si>
+  <si>
+    <t>E-LIAC</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530989/fr/e-liac</t>
+  </si>
+  <si>
+    <t>p_3530989</t>
+  </si>
+  <si>
+    <t>Endoprothèse vasculaire de bifurcation iliaque</t>
+  </si>
+  <si>
+    <t>CRYOLIFE France SAS (ARTIVION) (France)</t>
+  </si>
+  <si>
+    <t>BHR</t>
+  </si>
+  <si>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531481/fr/bhr</t>
+  </si>
+  <si>
+    <t>p_3531481</t>
+  </si>
+  <si>
+    <t>Prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>COOL-TIP E SERIES</t>
+  </si>
+  <si>
+    <t>04/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2024 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523617/fr/cool-tip-e-series</t>
+  </si>
+  <si>
+    <t>p_3523617</t>
+  </si>
+  <si>
+    <t>Électrodes aiguilles de radiofréquence</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS (France)</t>
+  </si>
+  <si>
+    <t>SENSURA MIO</t>
+  </si>
+  <si>
+    <t>21/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2024 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519069/fr/sensura-mio</t>
+  </si>
+  <si>
+    <t>p_3519069</t>
+  </si>
+  <si>
+    <t>Support protecteur standard pour système d’appareillage de stomie en deux pièces</t>
+  </si>
+  <si>
+    <t>07/06/2024 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519072/fr/sensura-mio</t>
+  </si>
+  <si>
+    <t>p_3519072</t>
+  </si>
+  <si>
+    <t>Support protecteur convexe pour système d’appareillage de stomie en deux pièces</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519075/fr/sensura-mio</t>
+  </si>
+  <si>
+    <t>p_3519075</t>
+  </si>
+  <si>
+    <t>Poche pour système d’appareillage en deux pièces non vidable pour stomie digestive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519078/fr/sensura-mio</t>
+  </si>
+  <si>
+    <t>p_3519078</t>
+  </si>
+  <si>
+    <t>Système d’appareillage en une pièce non vidable pour stomie digestive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519081/fr/sensura-mio</t>
+  </si>
+  <si>
+    <t>p_3519081</t>
+  </si>
+  <si>
+    <t>Poche pour système d’appareillage en deux pièces vidable pour stomie digestive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519084/fr/sensura-mio</t>
+  </si>
+  <si>
+    <t>p_3519084</t>
+  </si>
+  <si>
+    <t>Système d’appareillage en une pièce vidable pour stomie digestive</t>
+  </si>
+  <si>
+    <t>LABORATOIRES COLOPLAST</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519087/fr/sensura-mio</t>
+  </si>
+  <si>
+    <t>p_3519087</t>
+  </si>
+  <si>
+    <t>Poche pour système d’appareillage en deux pièces pour stomie urinaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519090/fr/sensura-mio</t>
+  </si>
+  <si>
+    <t>p_3519090</t>
+  </si>
+  <si>
+    <t>Système d’appareillage en une pièce vidangeable pour stomie urinaire</t>
+  </si>
+  <si>
+    <t>PELVI-STOP</t>
+  </si>
+  <si>
+    <t>04/06/2024 12:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518841/fr/pelvi-stop</t>
+  </si>
+  <si>
+    <t>p_3518841</t>
+  </si>
+  <si>
+    <t>Implant de suspension destiné au traitement du prolapsus des organes pelviens chez la femme par voie chirurgicale haute</t>
+  </si>
+  <si>
+    <t>26/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2024 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503151/fr/i-stop</t>
+  </si>
+  <si>
+    <t>p_3503151</t>
+  </si>
+  <si>
+    <t>Bandelette sous-urétrale, implantée par voie rétropubienne ou transobturatrice</t>
+  </si>
+  <si>
+    <t>FREEDOMEDGE</t>
+  </si>
+  <si>
+    <t>27/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2024 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498452/fr/freedomedge</t>
+  </si>
+  <si>
+    <t>p_3498452</t>
+  </si>
+  <si>
+    <t>Système actif mécanique de perfusion à domicile</t>
+  </si>
+  <si>
+    <t>KORU Medical Systems (USA)</t>
+  </si>
+  <si>
+    <t>ACCESS SOCKET TRANS FEMORAL</t>
+  </si>
+  <si>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2024 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491845/fr/access-socket-trans-femoral</t>
+  </si>
+  <si>
+    <t>p_3491845</t>
+  </si>
+  <si>
+    <t>Emboiture souple anatomique pour prothèse fémorale</t>
+  </si>
+  <si>
+    <t>ORTHO ACCESS</t>
+  </si>
+  <si>
+    <t>FREEDOM60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498464/fr/freedom60</t>
+  </si>
+  <si>
+    <t>p_3498464</t>
+  </si>
+  <si>
+    <t>SOLITAIRE PLATINUM</t>
+  </si>
+  <si>
+    <t>27/02/2024 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497044/fr/solitaire-platinum</t>
+  </si>
+  <si>
+    <t>p_3497044</t>
+  </si>
+  <si>
+    <t>Stent retriever</t>
+  </si>
+  <si>
+    <t>EMBOTRAP III</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497050/fr/embotrap-iii</t>
+  </si>
+  <si>
+    <t>p_3497050</t>
+  </si>
+  <si>
+    <t>SOLITAIRE X</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497056/fr/solitaire-x</t>
+  </si>
+  <si>
+    <t>p_3497056</t>
+  </si>
+  <si>
+    <t>TREVO XP PROVUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497059/fr/trevo-xp-provue</t>
+  </si>
+  <si>
+    <t>p_3497059</t>
+  </si>
+  <si>
+    <t>STRYKER France SAS (France)</t>
+  </si>
+  <si>
+    <t>PENUMBRA 3MAXC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497167/fr/penumbra-3maxc</t>
+  </si>
+  <si>
+    <t>p_3497167</t>
+  </si>
+  <si>
+    <t>Cathéter de thrombo-aspiration</t>
+  </si>
+  <si>
+    <t>PENUMBRA France SAS (France)</t>
+  </si>
+  <si>
+    <t>AXS CATALYST</t>
+  </si>
+  <si>
+    <t>26/02/2024 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495480/fr/axs-catalyst</t>
+  </si>
+  <si>
+    <t>p_3495480</t>
+  </si>
+  <si>
+    <t>STRYKER France SAS</t>
+  </si>
+  <si>
+    <t>DEXCOM ONE</t>
+  </si>
+  <si>
+    <t>09/02/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492668/fr/dexcom-one</t>
+  </si>
+  <si>
+    <t>p_3492668</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose interstitiel</t>
+  </si>
+  <si>
+    <t>DEXCOM France (France)</t>
+  </si>
+  <si>
+    <t>ALTIS</t>
+  </si>
+  <si>
+    <t>09/02/2024 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492671/fr/altis</t>
+  </si>
+  <si>
+    <t>p_3492671</t>
+  </si>
+  <si>
+    <t>Mini-bandelette sous-urétrale à incision unique</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:11:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3423461</t>
+  </si>
+  <si>
+    <t>Véhicules pour personnes en situation de handicap - VPH (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 24 septembre 2021</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées pour la prise en charge des véhicules pour personnes en situation de handicap (VPH) au titre IV de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 24 septembre 2021. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2022 16:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332743/fr/vehicules-pour-personnes-en-situation-de-handicap-vph-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-24-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3332743</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>Pompes à insuline externes, portables et programmables (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet  au JO du 19 octobre 2021</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge des pompes à insulines externes, portables et programmables visées au chapitre 1er du titre Ier de la liste des produits et prestations (LPPR) prévue à l’article L. 165-1 du code de la sécurité sociale paru au Journal Officiel le 19 octobre 2021.</t>
+  </si>
+  <si>
+    <t>14/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 12:46:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306466/fr/pompes-a-insuline-externes-portables-et-programmables-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-19-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3306466</t>
+  </si>
+  <si>
+    <t>ONYX</t>
+  </si>
+  <si>
+    <t>10/09/2021 11:28:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280923/fr/onyx</t>
+  </si>
+  <si>
+    <t>p_3280923</t>
+  </si>
+  <si>
+    <t>ImpIant d’embolisation liquide</t>
+  </si>
+  <si>
+    <t>OPTUNE</t>
+  </si>
+  <si>
+    <t>12/07/2021 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275962/fr/optune</t>
+  </si>
+  <si>
+    <t>p_3275962</t>
+  </si>
+  <si>
+    <t>Générateur de champ électrique antimitotique</t>
+  </si>
+  <si>
+    <t>NOVOCURE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>EAKIN CONTOUR FLANGE EXTENDERS</t>
+  </si>
+  <si>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2021 17:08:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267511/fr/eakin-contour-flange-extenders</t>
+  </si>
+  <si>
+    <t>p_3267511</t>
+  </si>
+  <si>
+    <t>Renfort périphérique pour stomie</t>
+  </si>
+  <si>
+    <t>EAKIN  FRANCE SAS</t>
+  </si>
+  <si>
+    <t>VARIMATE</t>
+  </si>
+  <si>
+    <t>05/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2021 09:53:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259928/fr/varimate</t>
+  </si>
+  <si>
+    <t>p_3259928</t>
+  </si>
+  <si>
+    <t>LABORATOIRES CONVATEC</t>
+  </si>
+  <si>
+    <t>COREVALVE EVOLUT R</t>
+  </si>
+  <si>
+    <t>02/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238888/fr/corevalve-evolut-r</t>
+  </si>
+  <si>
+    <t>p_3238888</t>
+  </si>
+  <si>
+    <t>Bioprothèses valvulaires aortiques implantées par voie artérielle transcutanée</t>
+  </si>
+  <si>
+    <t>COREVALVE EVOLUT PRO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238891/fr/corevalve-evolut-pro</t>
+  </si>
+  <si>
+    <t>p_3238891</t>
+  </si>
+  <si>
+    <t>MOBIDISC</t>
+  </si>
+  <si>
+    <t>05/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2020 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187855/fr/mobidisc</t>
+  </si>
+  <si>
+    <t>p_3187855</t>
+  </si>
+  <si>
+    <t>Prothèse totale de disque lombaire</t>
+  </si>
+  <si>
+    <t>ZIMMER BIOMET France / LDR Médical</t>
+  </si>
+  <si>
+    <t>PRODISC L</t>
+  </si>
+  <si>
+    <t>04/06/2020 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186703/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>p_3186703</t>
+  </si>
+  <si>
+    <t>Prothèse totale du disque lombaire</t>
+  </si>
+  <si>
+    <t>CENTINEL SPINE SCHWEIZ GMBH</t>
+  </si>
+  <si>
+    <t>PRODISC-O</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187233/fr/prodisc-o</t>
+  </si>
+  <si>
+    <t>p_3187233</t>
+  </si>
+  <si>
+    <t>CENTINEL SPINE SCHWEIZ GMBH/SYNTHES</t>
+  </si>
+  <si>
+    <t>BHR (BIRMINGHAM HIP RESURFACING)</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2020 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145936/fr/bhr-birmingham-hip-resurfacing</t>
+  </si>
+  <si>
+    <t>p_3145936</t>
+  </si>
+  <si>
+    <t>prothèse totale de hanche de resurfaçage</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW S.A.S.</t>
+  </si>
+  <si>
+    <t>IMPLANTS DU RACHIS : Phase contradictoire suite à un avis de projet au JO du 01 août 2018</t>
+  </si>
+  <si>
+    <t>Avis de projet relatif à la modification des modalités de prise en charge des implants du rachis inscrits au titre III de la liste des produits et prestations prévue à l’article L.165-1 du Code de la Sécurité Sociale publié au Journal Officiel de la République Française le 1er août 2018.</t>
+  </si>
+  <si>
+    <t>13/01/2020 08:44:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3144039/fr/implants-du-rachis-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-01-aout-2018</t>
+  </si>
+  <si>
+    <t>p_3144039</t>
+  </si>
+  <si>
+    <t>Systèmes d’implants cochléaires : Mi1200 SYNCHRONY et Mi1200 SYNCHRONY PIN, implants cochléaires - OPUS 2, RONDO, RONDO 2, SONNET, SONNET EAS, processeurs de son</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2019 11:09:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969656/fr/systemes-d-implants-cochleaires-mi1200-synchrony-et-mi1200-synchrony-pin-implants-cochleaires-opus-2-rondo-rondo-2-sonnet-sonnet-eas-processeurs-de-son</t>
+  </si>
+  <si>
+    <t>c_2969656</t>
+  </si>
+  <si>
+    <t>Implants cochléaires et processeurs de son</t>
+  </si>
+  <si>
+    <t>MED-EL Elektromedizinische Geräte Gesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>Systèmes d’implants cochléaires : HIRES 90K ADVANTAGE (avec un porte-électrode HIFOCUS 1j), HIRES 90K ADVANTAGE HIFOCUS MS (avec un porte-électrode MIDSCALA), implants cochléaires - NEPTUNE, AURIA HARMONY, processeurs de son</t>
+  </si>
+  <si>
+    <t>07/06/2019 16:20:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969894/fr/systemes-d-implants-cochleaires-hires-90k-advantage-avec-un-porte-electrode-hifocus-1j-hires-90k-advantage-hifocus-ms-avec-un-porte-electrode-midscala-implants-cochleaires-neptune-auria-harmony-processeurs-de-son</t>
+  </si>
+  <si>
+    <t>c_2969894</t>
+  </si>
+  <si>
+    <t>ADVANCED BIONICS SARL</t>
+  </si>
+  <si>
+    <t>Systèmes d’implants cochléaires : DIGISONIC SP, DIGISONIC SP EVO, NEURO ZTI CLA, NEURO ZTI EVO, implants cochléaires - SAPHYR SP, SAPHYR CX, NEURO ONE, NEURO 2, processeurs de son</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969904/fr/systemes-d-implants-cochleaires-digisonic-sp-digisonic-sp-evo-neuro-zti-cla-neuro-zti-evo-implants-cochleaires-saphyr-sp-saphyr-cx-neuro-one-neuro-2-processeurs-de-son</t>
+  </si>
+  <si>
+    <t>c_2969904</t>
+  </si>
+  <si>
+    <t>NEURELEC</t>
+  </si>
+  <si>
+    <t>NUCLEUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969922/fr/nucleus</t>
+  </si>
+  <si>
+    <t>c_2969922</t>
+  </si>
+  <si>
+    <t>systèmes d’implants cochléaires composés des implants Nucleus Freedom électrode Contour Advance, Nucleus Freedom, Nucleus CI422, Nucleus CI512 et des processeurs de son CP 910 et 920, KANSO (CP950) et NUCLEUS 7 (CP1000)</t>
+  </si>
+  <si>
+    <t>COCHLEAR FRANCE SAS</t>
+  </si>
+  <si>
+    <t>URGOSTART</t>
+  </si>
+  <si>
+    <t>26/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2018 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867136/fr/urgostart</t>
+  </si>
+  <si>
+    <t>c_2867136</t>
+  </si>
+  <si>
+    <t>pansements</t>
+  </si>
+  <si>
+    <t>LABORATOIRES URGO</t>
+  </si>
+  <si>
+    <t>Implant cochléaire</t>
+  </si>
+  <si>
+    <t>03/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747533/fr/nucleus</t>
+  </si>
+  <si>
+    <t>c_1747533</t>
+  </si>
+  <si>
+    <t>Substituts osseux</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2013 18:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600261/fr/substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1600261</t>
+  </si>
+  <si>
+    <t>Ministère</t>
+  </si>
+  <si>
+    <t>SynCardia TAH-t 70cc avec valves Hall</t>
+  </si>
+  <si>
+    <t>Cœur artificiel total temporaire. SynCardia temporary Total Artificial Heart (TAH-t) (Auparavant dénommé CardioWest)</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2013 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1581874/fr/syncardia-tah-t-70cc-avec-valves-hall</t>
+  </si>
+  <si>
+    <t>c_1581874</t>
+  </si>
+  <si>
+    <t>IST Cardiology SAS/SynCArdia Systems, Inc.</t>
+  </si>
+  <si>
+    <t>Avis général Scooters - 21 février 2012 (4024) avis</t>
+  </si>
+  <si>
+    <t>21/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2012 09:41:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950396/fr/avis-general-scooters-21-fevrier-2012-4024-avis</t>
+  </si>
+  <si>
+    <t>c_950396</t>
+  </si>
+  <si>
+    <t>Commission Nationale d'Evaluation des Dispositifs Médicaux et des Technologies de Santé</t>
+  </si>
+  <si>
+    <t>Avis général Nutrition Parentérale à Domicile - 15 avril 2008 (1333)</t>
+  </si>
+  <si>
+    <t>15/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_659742/fr/avis-general-nutrition-parenterale-a-domicile-15-avril-2008-1333</t>
+  </si>
+  <si>
+    <t>c_659742</t>
+  </si>
+  <si>
+    <t>HAS TRANSPARENCE</t>
+  </si>
+  <si>
+    <t>Produits d'assistance à la posture pour Véhicules pour Personnes Handicapées - 15 novembre 2011 (4026) avis</t>
+  </si>
+  <si>
+    <t>15/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2011 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1122237/fr/produits-d-assistance-a-la-posture-pour-vehicules-pour-personnes-handicapees-15-novembre-2011-4026-avis</t>
+  </si>
+  <si>
+    <t>c_1122237</t>
+  </si>
+  <si>
+    <t>Véhicules pour Personnes Handicapées - 13 septembre 2011 (3242) avis</t>
+  </si>
+  <si>
+    <t>13/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2011 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1092579/fr/vehicules-pour-personnes-handicapees-13-septembre-2011-3242-avis</t>
+  </si>
+  <si>
+    <t>c_1092579</t>
+  </si>
+  <si>
+    <t>Commission Nationale d'Evaluation des Dispositifs Médicaux et des Technologies de Santé (anciennement Commission d'Evaluation des Produits et Prestations)</t>
+  </si>
+  <si>
+    <t>Compression médicale à usage individuel – Utilisation en pathologies vasculaires</t>
+  </si>
+  <si>
+    <t>23/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937621/fr/compression-medicale-a-usage-individuel-utilisation-en-pathologies-vasculaires</t>
+  </si>
+  <si>
+    <t>c_937621</t>
+  </si>
+  <si>
+    <t>CNEDiMTS</t>
+  </si>
+  <si>
+    <t>COUSSINS D'AIDE AU POSITIONNEMENT  - 08 mars 2011 (2713) avis</t>
+  </si>
+  <si>
+    <t>08/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031317/fr/coussins-d-aide-au-positionnement-08-mars-2011-2713-avis</t>
+  </si>
+  <si>
+    <t>c_1031317</t>
+  </si>
+  <si>
+    <t>Ministère du Travail, de l'Emploi et de la Santé</t>
+  </si>
+  <si>
+    <t>AMS 800 - CNEDiMTS du 04 mai 2010 (2483) avis</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2010 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953875/fr/ams-800-cnedimts-du-04-mai-2010-2483-avis</t>
+  </si>
+  <si>
+    <t>c_953875</t>
+  </si>
+  <si>
+    <t>American Medical Systems France</t>
+  </si>
+  <si>
+    <t>Avis général PIEDS A RESTITUTION D'ENERGIE - CEPP du 21 juillet 2009 (1606 &amp; 1931)</t>
+  </si>
+  <si>
+    <t>Pieds à restitution d’énergie</t>
+  </si>
+  <si>
+    <t>21/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2009 14:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831984/fr/avis-general-pieds-a-restitution-d-energie-cepp-du-21-juillet-2009-1606-1931</t>
+  </si>
+  <si>
+    <t>c_831984</t>
+  </si>
+  <si>
+    <t>Ministres &amp; CEPP</t>
+  </si>
+  <si>
+    <t>Avis général Prothèse externe de sein - Prothèse d'expansion tissulaire - Implant mammaire</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2009 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827693/fr/avis-general-prothese-externe-de-sein-prothese-d-expansion-tissulaire-implant-mammaire</t>
+  </si>
+  <si>
+    <t>c_827693</t>
+  </si>
+  <si>
+    <t>Révision de ligne générique</t>
+  </si>
+  <si>
+    <t>ATROSTIM</t>
+  </si>
+  <si>
+    <t>14/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2009 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_780882/fr/atrostim</t>
+  </si>
+  <si>
+    <t>c_780882</t>
+  </si>
+  <si>
+    <t>MEDWIN MEDICAL GROUP (France)</t>
+  </si>
+  <si>
+    <t>Stimulateur phrénique intradiaphragmatique</t>
+  </si>
+  <si>
+    <t>14/04/2009 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_780973/fr/neurx-dps-ra/4</t>
+  </si>
+  <si>
+    <t>c_780973</t>
+  </si>
+  <si>
+    <t>Synapse Biomedical Europe (France)</t>
+  </si>
+  <si>
+    <t>Avis général - Evaluation des IMPLANTS DE RÉFECTIONS DE PAROI, DE SUSPENSION ET D’ENVELOPPEMENT EN CHIRURGIE DIGESTIVE ET DANS LES INDICATIONS SPÉCIFIQUES À LA CHIRURGIE PÉDIATRIQUE</t>
+  </si>
+  <si>
+    <t>18/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2008 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763292/fr/avis-general-evaluation-des-implants-de-refections-de-paroi-de-suspension-et-d-enveloppement-en-chirurgie-digestive-et-dans-les-indications-specifiques-a-la-chirurgie-pediatrique</t>
+  </si>
+  <si>
+    <t>c_763292</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>Avis AUDIOPROTHESES</t>
+  </si>
+  <si>
+    <t>01/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 12:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_661995/fr/avis-audioprotheses</t>
+  </si>
+  <si>
+    <t>c_661995</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>Avis Général des Pieds à restitution d’énergie</t>
+  </si>
+  <si>
+    <t>28/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>28/11/2007 19:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_659738/fr/avis-general-des-pieds-a-restitution-d-energie</t>
+  </si>
+  <si>
+    <t>c_659738</t>
+  </si>
+  <si>
+    <t>HAS CEPP</t>
+  </si>
+  <si>
+    <t>Lits médicaux et accessoires</t>
+  </si>
+  <si>
+    <t>28/11/2007 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_609506/fr/lits-medicaux-et-accessoires</t>
+  </si>
+  <si>
+    <t>c_609506</t>
+  </si>
+  <si>
+    <t>Avis général des implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>Implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594620/fr/avis-general-des-implants-pour-traitement-de-l-incontinence-urinaire-et-des-implants-de-renfort-pour-traitement-du-prolapsus-des-organes-pelviens-de-la-femme</t>
+  </si>
+  <si>
+    <t>c_594620</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>CHARITE</t>
+  </si>
+  <si>
+    <t>18/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2007 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522753/fr/charite</t>
+  </si>
+  <si>
+    <t>c_522753</t>
+  </si>
+  <si>
+    <t>DE PUY France</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux pour Autosurveillance et Autotraitement</t>
+  </si>
+  <si>
+    <t>24/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/01/2007 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522777/fr/dispositifs-medicaux-pour-autosurveillance-et-autotraitement</t>
+  </si>
+  <si>
+    <t>c_522777</t>
+  </si>
+  <si>
+    <t>18/04/2007 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522826/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>c_522826</t>
+  </si>
+  <si>
+    <t>SYNTHES SA (France)</t>
+  </si>
+  <si>
+    <t>Forfait 7</t>
+  </si>
+  <si>
+    <t>01/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2004 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486914/fr/forfait-7</t>
+  </si>
+  <si>
+    <t>c_486914</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>Systèmes de nébulisation pour aérosolthérapie</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483505/fr/systemes-de-nebulisation-pour-aerosoltherapie</t>
+  </si>
+  <si>
+    <t>c_483505</t>
+  </si>
+  <si>
+    <t>Produits pour nutrition à domicile et prestations associées</t>
+  </si>
+  <si>
+    <t>27/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2006 14:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479172/fr/produits-pour-nutrition-a-domicile-et-prestations-associees</t>
+  </si>
+  <si>
+    <t>c_479172</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
+  </si>
+  <si>
+    <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3445524</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Parcours de soins de l’adulte avec des symptômes prolongés de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS a été saisie par le ministre de la Santé (par un courrier en date du 31 août 2023) pour « élaborer un guide parcours de soins pour le Covid long afin de préciser le rôle de chaque professionnel, l’articulation entre les différents acteurs et niveaux de prise en charge des patients présentant un état post-covid, selon la nature de leurs troubles et la complexité de leur situation. Il s’agit d’apporter une réponse adaptée aux besoins des personnes, réduire l’errance médicale, faciliter et harmoniser l’organisation de la prise en charge sur l’ensemble du territoire ». Ce guide concerne la population des adultes et adolescents de 15 ans ou plus.</t>
+  </si>
+  <si>
+    <t>11/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2024 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3507843/fr/parcours-de-soins-de-l-adulte-avec-des-symptomes-prolonges-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3507843</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Fibroses pulmonaires génétiques de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/06/2022 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3346174</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Maladie vasculaire porto-sinusoïdale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'une Maladie vasculaire porto-sinusoïdale.</t>
+  </si>
+  <si>
+    <t>16/02/2021 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224018/fr/maladie-vasculaire-porto-sinusoidale</t>
+  </si>
+  <si>
+    <t>p_3224018</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Thrombose porte récente non cirrhotique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de thrombose porte récente non cirrhotique.</t>
+  </si>
+  <si>
+    <t>28/11/2019 13:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121387/fr/thrombose-porte-recente-non-cirrhotique</t>
+  </si>
+  <si>
+    <t>p_3121387</t>
+  </si>
+  <si>
+    <t>Cavernome porte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de cavernome porte.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121405/fr/cavernome-porte</t>
+  </si>
+  <si>
+    <t>p_3121405</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Syndrome de Budd-Chiari</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie du syndrome de Budd-Chiari. Il a été élaboré par le centre de référence des maladies vasculaires du foie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/01/2019 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900204/fr/syndrome-de-budd-chiari</t>
+  </si>
+  <si>
+    <t>c_2900204</t>
+  </si>
+  <si>
+    <t>Thrombose de la veine porte au cours de la cirrhose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une thrombose de la veine porte au cours de la cirrhose. Il a été élaboré par le centre de référence des maladies vasculaires du foie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900207/fr/thrombose-de-la-veine-porte-au-cours-de-la-cirrhose</t>
+  </si>
+  <si>
+    <t>c_2900207</t>
+  </si>
+  <si>
+    <t>Atteintes hépatiques au cours de la maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant des atteintes hépatiques au cours de la maladie de Rendu-Osler. Il a été élaboré par le centre de référence des maladies vasculaires du foie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900212/fr/atteintes-hepatiques-au-cours-de-la-maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_2900212</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Maladie de Pompe</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de la Maladie de Pompe.</t>
+  </si>
+  <si>
+    <t>08/08/2016 13:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659919/fr/maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>c_2659919</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 7 octobre 2025</t>
+  </si>
+  <si>
+    <t>03/12/2025 10:50:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3775444/fr/cediag-du-7-octobre-2025</t>
+  </si>
+  <si>
+    <t>p_3775444</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEDiag du 15 juillet 2025</t>
+  </si>
+  <si>
+    <t>24/11/2025 17:19:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3745735/fr/cediag-du-15-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3745735</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 15 avril 2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 14:53:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601712/fr/ctv-reunion-du-15-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3601712</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Présentation et échanges autour des principes d'évaluation des DMN</t>
+  </si>
+  <si>
+    <t>Le replay du webinaire "Présentation et échanges autour des principes d'évaluation des DMN" est disponible.</t>
+  </si>
+  <si>
+    <t>28/08/2025 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3642943/fr/regardez-en-replay-presentation-et-echanges-autour-des-principes-d-evaluation-des-dmn</t>
+  </si>
+  <si>
+    <t>p_3642943</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 mai 2025</t>
+  </si>
+  <si>
+    <t>22/07/2025 18:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636696/fr/college-deliberatif-du-7-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3636696</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Commission pour la participation et l'engagement des personnes (CPEP) - Réunion du 13 mai 2025</t>
+  </si>
+  <si>
+    <t>Ordre du jour et compte-rendu de la réunion du mardi 13 mai 2025 de la Commission pour la participation et l'engagement des personnes de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>20/05/2025 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606811/fr/commission-pour-la-participation-et-l-engagement-des-personnes-cpep-reunion-du-13-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3606811</t>
+  </si>
+  <si>
+    <t>CEDiag du 8 avril 2025</t>
+  </si>
+  <si>
+    <t>15/05/2025 09:15:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605746/fr/cediag-du-8-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3605746</t>
+  </si>
+  <si>
+    <t>CEDiag du 11 mars 2025</t>
+  </si>
+  <si>
+    <t>11/04/2025 09:53:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601350/fr/cediag-du-11-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3601350</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 7 octobre 2024</t>
+  </si>
+  <si>
+    <t>11/02/2025 16:55:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590017/fr/comite-d-interface-medicament-du-7-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3590017</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 11 Février 2025</t>
+  </si>
+  <si>
+    <t>07/02/2025 08:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589140/fr/cnedimts-du-11-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3589140</t>
+  </si>
+  <si>
+    <t>CEDiag du 15 octobre 2024</t>
+  </si>
+  <si>
+    <t>20/06/2024 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525389/fr/cediag-du-15-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3525389</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 4 février 2025</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du mardi 4 février 2025 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé. Compte-rendu de la réunion du marci 4 février 2025 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé</t>
+  </si>
+  <si>
+    <t>20/01/2025 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578513/fr/conseil-pour-l-engagement-des-usagers-reunion-du-4-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3578513</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 26 novembre 2024</t>
+  </si>
+  <si>
+    <t>Ordre du jour et compte-rendu de la réunion du mardi 26 novembre 2024 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>15/11/2024 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555006/fr/conseil-pour-l-engagement-des-usagers-reunion-du-26-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3555006</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 22 octobre 2024</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550885/fr/cnedimts-du-22-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3550885</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 10 septembre 2024</t>
+  </si>
+  <si>
+    <t>09/09/2024 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539037/fr/cnedimts-du-10-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3539037</t>
+  </si>
+  <si>
+    <t>CEDiag du 19 mars 2024 - Séminaire méthodologique</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525375/fr/cediag-du-19-mars-2024-seminaire-methodologique</t>
+  </si>
+  <si>
+    <t>p_3525375</t>
+  </si>
+  <si>
+    <t>CEDiag du 16 avril 2024</t>
+  </si>
+  <si>
+    <t>20/06/2024 08:57:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525383/fr/cediag-du-16-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3525383</t>
+  </si>
+  <si>
+    <t>Comité d'interface et de suivi de la feuille de route "Renforcer l'engagement des usagers dans l'évaluation des technologies de santé à la HAS" - Réunion du 31 mai 2024</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Comité d’interface et de suivi de la feuille de route « Renforcer l'engagement des usagers dans l'évlauation des technologies de santé à la HAS » du vendredi 31 mai 2024.</t>
+  </si>
+  <si>
+    <t>21/05/2024 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517966/fr/comite-d-interface-et-de-suivi-de-la-feuille-de-route-renforcer-l-engagement-des-usagers-dans-l-evaluation-des-technologies-de-sante-a-la-has-reunion-du-31-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3517966</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 12 mars 2024</t>
+  </si>
+  <si>
+    <t>11/03/2024 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500131/fr/cnedimts-du-12-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3500131</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 février 2024</t>
+  </si>
+  <si>
+    <t>29/02/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498509/fr/college-deliberatif-du-29-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3498509</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 9 mai 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023 Compte-rendu de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023</t>
+  </si>
+  <si>
+    <t>25/04/2023 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426267/fr/conseil-pour-l-engagement-des-usagers-reunion-du-9-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3426267</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 3 février 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 11:51:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494583/fr/college-deliberatif-du-3-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3494583</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 3 mars 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494643/fr/college-deliberatif-du-3-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3494643</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 avril 2022</t>
+  </si>
+  <si>
+    <t>05/04/2022 12:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494672/fr/college-deliberatif-du-7-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3494672</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 mai 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494703/fr/college-deliberatif-du-25-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3494703</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 juin 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494722/fr/college-deliberatif-du-23-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3494722</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 juillet 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494735/fr/college-deliberatif-du-7-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3494735</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 8 septembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494770/fr/college-deliberatif-du-8-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494770</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22  septembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494778/fr/college-deliberatif-du-22-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494778</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 octobre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494804/fr/college-deliberatif-du-20-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3494804</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 17 novembre 2022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494821/fr/college-deliberatif-du-17-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494821</t>
+  </si>
+  <si>
+    <t>CEDiag du 12 septembre 2023</t>
+  </si>
+  <si>
+    <t>07/09/2023 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460197/fr/cediag-du-12-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3460197</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 10 octobre 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du mardi 10 octobre 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé. Compte-rendu de la réunion du mardi 10 octobre 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>21/09/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463978/fr/conseil-pour-l-engagement-des-usagers-reunion-du-10-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3463978</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 19/09/2023</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:45:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482748/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-19/09/2023</t>
+  </si>
+  <si>
+    <t>p_3482748</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 19 octobre 2023</t>
+  </si>
+  <si>
+    <t>14/12/2023 15:49:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479155/fr/pv-du-college-deliberatif-du-19-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3479155</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 30/01/2024</t>
+  </si>
+  <si>
+    <t>11/12/2023 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478213/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-30/01/2024</t>
+  </si>
+  <si>
+    <t>p_3478213</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 5 septembre 2023</t>
+  </si>
+  <si>
+    <t>01/12/2023 11:40:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468035/fr/ctv-reunion-du-5-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3468035</t>
+  </si>
+  <si>
+    <t>Renforcer l'information dévolue aux associations en vue d'améliorer la contribution des associations d'usagers aux évaluations des produits de santé</t>
+  </si>
+  <si>
+    <t>Ordre du jour et compte-rendu de la réunion « Renforcer l’information dévolue aux associations en vue d’améliorer la contribution des associations d’usagers aux évaluations des produits de santé » - Comité d'interface et de suivi de la feuille de route "Renforcer l’engagement des usagers dans l’évaluation des technologies de santé à la HAS"</t>
+  </si>
+  <si>
+    <t>14/11/2023 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472840/fr/renforcer-l-information-devolue-aux-associations-en-vue-d-ameliorer-la-contribution-des-associations-d-usagers-aux-evaluations-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>p_3472840</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t>Comité d'interface et de suivi de la feuille de route "Renforcer l'engagement des usagers dans l'évaluation des technologies de santé à la HAS" - Réunion du 11 mai 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Comité d’interface et de suivi de la feuille de route « Renforcer l'engagement des usagers dans l'évlauation des technologies de santé à la HAS » du jeudi 11 mai 2023 Compte-rendu de la réunion du Comité d'interface et de suivie de la feuille de route "Renforcer l'engagement des usagers dans l'évlauation des technologies de santé à la HAS » du jeudi 11 mai 2023</t>
+  </si>
+  <si>
+    <t>06/10/2023 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427110/fr/comite-d-interface-et-de-suivi-de-la-feuille-de-route-renforcer-l-engagement-des-usagers-dans-l-evaluation-des-technologies-de-sante-a-la-has-reunion-du-11-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3427110</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 15 juin 2023</t>
+  </si>
+  <si>
+    <t>05/10/2023 08:43:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465995/fr/pv-du-college-deliberatif-du-15-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3465995</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 22 juin 2023</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465999/fr/pv-du-college-deliberatif-du-22-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3465999</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 26 septembre 2023</t>
+  </si>
+  <si>
+    <t>22/09/2023 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3464502/fr/cnedimts-du-26-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3464502</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 10 janvier 2023</t>
+  </si>
+  <si>
+    <t>21/09/2023 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463409/fr/ctv-reunion-du-10-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3463409</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 5 septembre 2023</t>
+  </si>
+  <si>
+    <t>13/09/2023 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460737/fr/cnedimts-du-5-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3460737</t>
+  </si>
+  <si>
+    <t>Intégration des études en vie réelle dans l’évaluation économique</t>
+  </si>
+  <si>
+    <t>25/07/2023 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454373/fr/integration-des-etudes-en-vie-reelle-dans-l-evaluation-economique</t>
+  </si>
+  <si>
+    <t>p_3454373</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 11 juillet 2023</t>
+  </si>
+  <si>
+    <t>07/07/2023 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451590/fr/cnedimts-du-11-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3451590</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Dispositifs médicaux numériques : bien préparer son dossier en vue de l’évaluation HAS</t>
+  </si>
+  <si>
+    <t>En 2023, deux décrets ont ouvert des voies de remboursement dédiées aux dispositifs médicaux numériques (DMN) : la prise en charge de droit commun de la télésurveillance médicale et la prise en charge anticipée des DMN à visée thérapeutique présumés innovants ou de télésurveillance médicale. La commission nationale d’évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) de la HAS évalue les DMN en vue de leur remboursement. Afin d'accompagner les industriels dans leur demande d'évaluation, la HAS organise un webinaire mercredi 20 septembre 2023 dédié à l'évaluation HAS des DMN.</t>
+  </si>
+  <si>
+    <t>05/07/2023 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448610/fr/regardez-en-replay-dispositifs-medicaux-numeriques-bien-preparer-son-dossier-en-vue-de-l-evaluation-has</t>
+  </si>
+  <si>
+    <t>p_3448610</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 17 mai 2023</t>
+  </si>
+  <si>
+    <t>04/07/2023 17:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449142/fr/pv-du-college-deliberatif-du-17-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3449142</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 20 juin 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du mardi 20 juin 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé. Compte-rendu de la réunion du mardi 20 juin 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>19/06/2023 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442876/fr/conseil-pour-l-engagement-des-usagers-reunion-du-20-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3442876</t>
+  </si>
+  <si>
+    <t>CEDiag du 13 juin 2023</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427978/fr/cediag-du-13-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3427978</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 9 mars 2023</t>
+  </si>
+  <si>
+    <t>24/05/2023 10:55:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443228/fr/college-deliberatif-du-9-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443228</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 16 mars 2023</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443233/fr/college-deliberatif-du-16-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443233</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 6 décembre 2022</t>
+  </si>
+  <si>
+    <t>30/11/2022 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392491/fr/cnedimts-du-6-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3392491</t>
+  </si>
+  <si>
+    <t>Matinée d'information des fabricants de dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a organisé une matinée d’information destinée aux fabricants de dispositifs médicaux.</t>
+  </si>
+  <si>
+    <t>16/05/2023 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434767/fr/matinee-d-information-des-fabricants-de-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3434767</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 18 avril 2023</t>
+  </si>
+  <si>
+    <t>17/04/2023 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428113/fr/cnedimts-du-18-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3428113</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 4 avril 2023</t>
+  </si>
+  <si>
+    <t>30/03/2023 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424640/fr/cnedimts-du-4-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3424640</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 14 mars 2023</t>
+  </si>
+  <si>
+    <t>14/03/2023 12:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420669/fr/cnedimts-du-14-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3420669</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 7 mars 2023</t>
+  </si>
+  <si>
+    <t>01/03/2023 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418516/fr/cnedimts-du-7-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3418516</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 7 mars 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Conseil pour l'Engagement des Usagers du mardi 7 mars 2023 Compte-rendu de la réunion du Conseil pour l'Engagement des Usagers du mardi 7 mars 2023</t>
+  </si>
+  <si>
+    <t>28/02/2023 18:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415994/fr/conseil-pour-l-engagement-des-usagers-reunion-du-7-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3415994</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 7 février 2023</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409913/fr/cnedimts-du-7-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3409913</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 23 novembre 2022</t>
+  </si>
+  <si>
+    <t>23/11/2022 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390137/fr/commission-impact-des-recommandations-reunion-du-23-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3390137</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 22 novembre 2022</t>
+  </si>
+  <si>
+    <t>17/11/2022 18:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388522/fr/cnedimts-du-22-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3388522</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 25 octobre 2022</t>
+  </si>
+  <si>
+    <t>20/10/2022 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380695/fr/ceesp-reunion-du-25-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3380695</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 6 septembre 2022</t>
+  </si>
+  <si>
+    <t>02/09/2022 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362333/fr/cnedimts-du-6-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3362333</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 11 mai 2022</t>
+  </si>
+  <si>
+    <t>01/09/2022 18:36:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361732/fr/commission-impact-des-recommandations-reunion-du-11-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3361732</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 19 juillet 2022</t>
+  </si>
+  <si>
+    <t>13/07/2022 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352489/fr/cnedimts-du-19-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3352489</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 5 juillet 2022</t>
+  </si>
+  <si>
+    <t>01/07/2022 18:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350244/fr/cnedimts-du-5-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3350244</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 4 avril 2022</t>
+  </si>
+  <si>
+    <t>23/06/2022 15:33:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346449/fr/comite-d-interface-dm-du-4-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3346449</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 26 avril 2022</t>
+  </si>
+  <si>
+    <t>22/04/2022 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333108/fr/cnedimts-du-26-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3333108</t>
+  </si>
+  <si>
+    <t>Comité d'interface et de suivi de la feuille de route "Renforcer l'engagement des usagers dans l'évaluation des technologies de santé à la HAS" - Réunion du 1er avril 2022</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Comité d’interface et de suivi de la feuille de route « Renforcer l'engagement des usagers dans l'évlauation des technologies de santé à la HAS » du vendredi 1er avril 2022</t>
+  </si>
+  <si>
+    <t>04/04/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327176/fr/comite-d-interface-et-de-suivi-de-la-feuille-de-route-renforcer-l-engagement-des-usagers-dans-l-evaluation-des-technologies-de-sante-a-la-has-reunion-du-1er-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3327176</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 16 novembre 2021</t>
+  </si>
+  <si>
+    <t>09/11/2021 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297529/fr/cnedimts-du-16-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3297529</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 7 septembre 2021</t>
+  </si>
+  <si>
+    <t>18/03/2022 11:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284624/fr/cnedimts-du-7-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284624</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 21 septembre 2021</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286910/fr/cnedimts-du-21-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286910</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 15 mars 2022</t>
+  </si>
+  <si>
+    <t>11/03/2022 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323454/fr/cnedimts-du-15-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3323454</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 1er mars 2022</t>
+  </si>
+  <si>
+    <t>24/02/2022 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319054/fr/cnedimts-du-1er-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3319054</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 6 septembre  2021</t>
+  </si>
+  <si>
+    <t>07/01/2022 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286860/fr/csms-reunion-du-6-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286860</t>
+  </si>
+  <si>
+    <t>CTV -  Réunion du 20 octobre 2020</t>
+  </si>
+  <si>
+    <t>15/12/2021 09:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304179/fr/ctv-reunion-du-20-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3304179</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 14 décembre 2021</t>
+  </si>
+  <si>
+    <t>10/12/2021 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304230/fr/cnedimts-du-14-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3304230</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 23 novembre 2021</t>
+  </si>
+  <si>
+    <t>23/11/2021 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300941/fr/ceesp-reunion-du-23-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3300941</t>
+  </si>
+  <si>
+    <t>Regarder en replay le colloque HAS « L’expertise scientifique face aux crises : refonte ou ajustements ? »</t>
+  </si>
+  <si>
+    <t>Le colloque HAS et en ligne La HAS a organisé le colloque sur « L’expertise scientifique face aux crises : refonte ou ajustements ? » le lundi 15 novembre 2021 The HAS conference and online The HAS organized the conference "Scientific expertise in the face of crises: overhaul or adjustments? » on Monday, November 15th</t>
+  </si>
+  <si>
+    <t>22/07/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+  </si>
+  <si>
+    <t>p_3279217</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 29 juin 2021</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Conseil pour l'Engagement des Usagers du mardi 29 juin 2021 Compte-rendu de la réunion du Conseil pour l'engagement des Usagers du mardi 29 juin 2021</t>
+  </si>
+  <si>
+    <t>21/06/2021 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272878/fr/conseil-pour-l-engagement-des-usagers-reunion-du-29-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3272878</t>
+  </si>
+  <si>
+    <t>Regarder en replay – Accès précoce et compassionnel aux médicaments : quels changements pour les industriels ?</t>
+  </si>
+  <si>
+    <t>Accès précoce et compassionnel aux médicaments : quels changements pour les industriels ? Conférence en ligne en partenariat avec l'ANSM.</t>
+  </si>
+  <si>
+    <t>17/06/2021 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266450/fr/regarder-en-replay-acces-precoce-et-compassionnel-aux-medicaments-quels-changements-pour-les-industriels</t>
+  </si>
+  <si>
+    <t>p_3266450</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 22 avril 2021</t>
+  </si>
+  <si>
+    <t>11/06/2021 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271670/fr/comite-d-interface-medicament-du-22-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3271670</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 8 juin 2021</t>
+  </si>
+  <si>
+    <t>04/06/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270461/fr/cnedimts-du-8-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3270461</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 19 mai 2021</t>
+  </si>
+  <si>
+    <t>03/06/2021 12:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268981/fr/commission-impact-des-recommandations-reunion-du-19-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3268981</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 25 mai 2021</t>
+  </si>
+  <si>
+    <t>21/05/2021 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267673/fr/cnedimts-du-25-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3267673</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 6 avril 2021</t>
+  </si>
+  <si>
+    <t>21/05/2021 12:26:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267863/fr/comite-d-interface-dm-du-6-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3267863</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 mai 2021</t>
+  </si>
+  <si>
+    <t>12/05/2021 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266452/fr/ceesp-reunion-du-11-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3266452</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 30 mars 2021</t>
+  </si>
+  <si>
+    <t>29/03/2021 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245829/fr/cnedimts-du-30-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3245829</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 6 avril 2021</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Conseil pour l'Engagement des Usagers du mardi 6 avril 2021 Compte rendu de la séance du Conseil pour l'Engagement des Usagers du mardi 6 avril 2021</t>
+  </si>
+  <si>
+    <t>16/03/2021 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243115/fr/conseil-pour-l-engagement-des-usagers-reunion-du-6-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3243115</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 29 janvier 2021</t>
+  </si>
+  <si>
+    <t>12/03/2021 14:26:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242597/fr/comite-d-interface-medicament-du-29-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3242597</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 16 mars 2021</t>
+  </si>
+  <si>
+    <t>12/03/2021 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242632/fr/cnedimts-du-16-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3242632</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 10 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/12/2020 16:27:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224360/fr/comite-d-interface-dm-du-10-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3224360</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 décembre 2020</t>
+  </si>
+  <si>
+    <t>07/12/2020 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221557/fr/college-deliberatif-du-10-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3221557</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 14 octobre 2020</t>
+  </si>
+  <si>
+    <t>02/12/2020 15:14:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222023/fr/comite-d-interface-medicament-du-14-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3222023</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 1er décembre 2020</t>
+  </si>
+  <si>
+    <t>25/11/2020 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220263/fr/cnedimts-du-1er-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3220263</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 5 novembre 2020</t>
+  </si>
+  <si>
+    <t>04/11/2020 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215537/fr/college-deliberatif-du-5-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3215537</t>
+  </si>
+  <si>
+    <t>Réunion du 20 octobre 2020</t>
+  </si>
+  <si>
+    <t>19/10/2020 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213262/fr/reunion-du-20-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3213262</t>
+  </si>
+  <si>
+    <t>Réunion du 6 octobre 2020</t>
+  </si>
+  <si>
+    <t>02/10/2020 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211062/fr/reunion-du-6-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3211062</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 septembre 2020</t>
+  </si>
+  <si>
+    <t>01/10/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210161/fr/ceesp-reunion-du-15-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3210161</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 1er juillet 2020</t>
+  </si>
+  <si>
+    <t>11/09/2020 08:53:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3200972/fr/comite-d-interface-medicament-du-1er-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3200972</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 1er Septembre 2020</t>
+  </si>
+  <si>
+    <t>28/08/2020 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199654/fr/cnedimts-reunion-du-1er-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199654</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 7 janvier 2020</t>
+  </si>
+  <si>
+    <t>Ordre du jour du Conseil pour l'engagement des usagers du 7 janvier 2020 Compte-rendu du Conseil pour l'engagement des usagers du 7 janvier 2020</t>
+  </si>
+  <si>
+    <t>21/07/2020 09:44:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191449/fr/conseil-pour-l-engagement-des-usagers-reunion-du-7-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3191449</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 juillet 2020</t>
+  </si>
+  <si>
+    <t>21/07/2020 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195703/fr/college-deliberatif-du-23-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3195703</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 7 juillet 2020</t>
+  </si>
+  <si>
+    <t>03/07/2020 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192719/fr/cnedimts-reunion-du-7-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192719</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190403/fr/college-deliberatif-du-2-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3190403</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 28 avril 2020</t>
+  </si>
+  <si>
+    <t>01/07/2020 13:55:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192001/fr/comite-d-interface-dm-du-28-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3192001</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 juin 2020</t>
+  </si>
+  <si>
+    <t>12/06/2020 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189523/fr/ceesp-reunion-du-16-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3189523</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 21 avril 2020</t>
+  </si>
+  <si>
+    <t>03/06/2020 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187653/fr/ceesp-reunion-du-21-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3187653</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 8 avril 2020</t>
+  </si>
+  <si>
+    <t>25/05/2020 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185934/fr/comite-d-interface-medicament-du-8-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3185934</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 19 mai 2020</t>
+  </si>
+  <si>
+    <t>15/05/2020 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184535/fr/cnedimts-reunion-du-19-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3184535</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/05/2020 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182703/fr/ceesp-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3182703</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 29 janvier 2020</t>
+  </si>
+  <si>
+    <t>08/04/2020 16:01:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178421/fr/comite-d-interface-medicament-du-29-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3178421</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 1er avril 2020</t>
+  </si>
+  <si>
+    <t>07/04/2020 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3177750/fr/college-deliberatif-du-1er-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3177750</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 19 mars 2019</t>
+  </si>
+  <si>
+    <t>06/04/2020 16:59:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912554/fr/csms-reunion-du-19-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2912554</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 7 avril 2020</t>
+  </si>
+  <si>
+    <t>01/04/2020 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168519/fr/cnedimts-reunion-du-7-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3168519</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 mars 2020</t>
+  </si>
+  <si>
+    <t>13/03/2020 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164048/fr/college-deliberatif-du-18-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3164048</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 février 2020</t>
+  </si>
+  <si>
+    <t>09/03/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161572/fr/ceesp-reunion-du-11-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3161572</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 mars 2020</t>
+  </si>
+  <si>
+    <t>28/02/2020 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159776/fr/college-deliberatif-du-4-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3159776</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 1er octobre 2019</t>
+  </si>
+  <si>
+    <t>22/01/2020 10:09:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147392/fr/comite-d-interface-dm-du-1er-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3147392</t>
+  </si>
+  <si>
+    <t>Intercommission  CNEDIMTS / CT - Réunion du 3 septembre 2019</t>
+  </si>
+  <si>
+    <t>13/01/2020 08:44:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121315/fr/intercommission-cnedimts-/-ct-reunion-du-3-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3121315</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 15 octobre 2019</t>
+  </si>
+  <si>
+    <t>09/01/2020 09:46:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145735/fr/comite-d-interface-medicament-du-15-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3145735</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 10/09/2019</t>
+  </si>
+  <si>
+    <t>17/12/2019 16:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135431/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-10/09/2019</t>
+  </si>
+  <si>
+    <t>p_3135431</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 novembre 2019</t>
+  </si>
+  <si>
+    <t>14/11/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116187/fr/ceesp-reunion-du-12-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3116187</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 17 décembre 2019</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116193/fr/ceesp-reunion-du-17-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3116193</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 5 novembre 2019</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113148/fr/cnedimts-reunion-du-5-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3113148</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2019</t>
+  </si>
+  <si>
+    <t>11/10/2019 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112411/fr/ceesp-reunion-du-15-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3112411</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 mai 2019</t>
+  </si>
+  <si>
+    <t>24/09/2019 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967780/fr/ceesp-reunion-du-14-mai-2019</t>
+  </si>
+  <si>
+    <t>c_2967780</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 19 mars 2019</t>
+  </si>
+  <si>
+    <t>23/09/2019 11:01:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911425/fr/ceesp-reunion-du-19-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2911425</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 17 septembre 2019</t>
+  </si>
+  <si>
+    <t>12/09/2019 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104757/fr/ceesp-reunion-du-17-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3104757</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 11 juin 2019</t>
+  </si>
+  <si>
+    <t>30/08/2019 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3099295/fr/comite-d-interface-dm-du-11-juin-2019</t>
+  </si>
+  <si>
+    <t>p_3099295</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 3 septembre 2019</t>
+  </si>
+  <si>
+    <t>27/08/2019 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098326/fr/cnedimts-reunion-du-3-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3098326</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 17 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076461/fr/college-deliberatif-du-17-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3076461</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 juillet 2019</t>
+  </si>
+  <si>
+    <t>10/07/2019 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3068971/fr/ceesp-reunion-du-16-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3068971</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 18 juin 2019</t>
+  </si>
+  <si>
+    <t>12/06/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973875/fr/cnedimts-reunion-du-18-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973875</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 juin 2019</t>
+  </si>
+  <si>
+    <t>07/06/2019 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973403/fr/ceesp-reunion-du-11-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973403</t>
+  </si>
+  <si>
+    <t>Journée d'information des fabricants de dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Retrouvez toutes les présentations en ligne.</t>
+  </si>
+  <si>
+    <t>05/06/2019 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910148/fr/journee-d-information-des-fabricants-de-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>c_2910148</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 04 juin 2019</t>
+  </si>
+  <si>
+    <t>28/05/2019 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971564/fr/cnedimts-reunion-du-04-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2971564</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 mars 2019</t>
+  </si>
+  <si>
+    <t>20/03/2019 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910234/fr/cnedimts-reunion-du-26-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2910234</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 19 février 2019</t>
+  </si>
+  <si>
+    <t>22/02/2019 13:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906508/fr/comite-d-interface-dm-du-19-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2906508</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 15 janvier 2019</t>
+  </si>
+  <si>
+    <t>13/02/2019 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903032/fr/cnedimts-reunion-du-15-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2903032</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 janvier 2019</t>
+  </si>
+  <si>
+    <t>07/02/2019 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903195/fr/ceesp-reunion-du-15-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2903195</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 12 février 2019</t>
+  </si>
+  <si>
+    <t>06/02/2019 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902075/fr/cnedimts-reunion-du-12-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2902075</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 03 juillet 2018</t>
+  </si>
+  <si>
+    <t>31/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901732/fr/csms-reunion-du-03-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2901732</t>
+  </si>
+  <si>
+    <t>Le rôle de la HAS dans l’accès au remboursement des médicaments - Rencontre  28/03/2019</t>
+  </si>
+  <si>
+    <t>Le parcours du médicament en France est complexe, avec une multitude d’acteurs. Qui fait quoi ? Quand et dans quel but la HAS intervient-elle ? Quel peut être votre rôle ? Qui décide in fine du remboursement d’un médicament, selon quels critères ?</t>
+  </si>
+  <si>
+    <t>15/01/2019 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888328/fr/le-role-de-la-has-dans-l-acces-au-remboursement-des-medicaments-rencontre-28/03/2019</t>
+  </si>
+  <si>
+    <t>c_2888328</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 25 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/12/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891436/fr/comite-d-interface-medicament-du-25-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2891436</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 décembre 2018</t>
+  </si>
+  <si>
+    <t>07/12/2018 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889334/fr/ceesp-reunion-du-11-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2889334</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>06/12/2018 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889224/fr/college-deliberatif-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2889224</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 13 novembre 2018</t>
+  </si>
+  <si>
+    <t>27/11/2018 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886332/fr/ceesp-reunion-du-13-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2886332</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 13 novembre 2018</t>
+  </si>
+  <si>
+    <t>27/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886391/fr/comite-d-interface-dm-du-13-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2886391</t>
+  </si>
+  <si>
+    <t>Séminaire HAS "Qualité et sécurité des soins : Les indicateurs de résultats qui importent aux patients" - Saint-Denis - 12 avril 2018</t>
+  </si>
+  <si>
+    <t>Séminaire HAS "Qualité et sécurité des soins : Les indicateurs de résultats qui importent aux patients" organisé le 12 avril 2018.</t>
+  </si>
+  <si>
+    <t>16/11/2018 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2871180/fr/seminaire-has-qualite-et-securite-des-soins-les-indicateurs-de-resultats-qui-importent-aux-patients-saint-denis-12-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2871180</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>15/11/2018 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884547/fr/college-deliberatif-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884547</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 9 octobre 2018</t>
+  </si>
+  <si>
+    <t>04/10/2018 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875977/fr/ceesp-reunion-du-9-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2875977</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 29 janvier 2019</t>
+  </si>
+  <si>
+    <t>03/10/2018 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875331/fr/cnedimts-reunion-du-29-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2875331</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 4 septembre 2018</t>
+  </si>
+  <si>
+    <t>24/09/2018 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867792/fr/cnedimts-reunion-du-4-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2867792</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 3 juillet 2018</t>
+  </si>
+  <si>
+    <t>12/07/2018 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863071/fr/comite-d-interface-dm-du-3-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2863071</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 juin 2018</t>
+  </si>
+  <si>
+    <t>20/06/2018 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857586/fr/cnedimts-reunion-du-26-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2857586</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 12 juin 2018</t>
+  </si>
+  <si>
+    <t>07/06/2018 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854358/fr/cnedimts-reunion-du-12-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2854358</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 5 juin 2018</t>
+  </si>
+  <si>
+    <t>06/06/2018 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854284/fr/comite-d-interface-medicament-du-5-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2854284</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 29 mai 2018</t>
+  </si>
+  <si>
+    <t>25/05/2018 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851068/fr/cnedimts-reunion-du-29-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2851068</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 17 avril  2018</t>
+  </si>
+  <si>
+    <t>25/05/2018 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851152/fr/ctv-reunion-du-17-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2851152</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 15 mai 2018</t>
+  </si>
+  <si>
+    <t>07/05/2018 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842875/fr/cnedimts-reunion-du-15-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2842875</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 janvier 2018</t>
+  </si>
+  <si>
+    <t>18/01/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820752/fr/cnedimts-reunion-du-23-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820752</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 10 avril 2018</t>
+  </si>
+  <si>
+    <t>06/04/2018 12:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842336/fr/comite-d-interface-dm-du-10-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2842336</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>30/03/2018 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839614/fr/college-deliberatif-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839614</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 mars 2018</t>
+  </si>
+  <si>
+    <t>16/03/2018 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834836/fr/college-deliberatif-du-21-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2834836</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 6 mars 2018</t>
+  </si>
+  <si>
+    <t>02/03/2018 09:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830108/fr/cnedimts-reunion-du-6-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2830108</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 15 novembre 2017</t>
+  </si>
+  <si>
+    <t>20/02/2018 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829832/fr/comite-d-interface-medicament-du-15-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2829832</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 février 2018</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829139/fr/college-deliberatif-du-21-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2829139</t>
+  </si>
+  <si>
+    <t>Amélioration de la qualité de vie des patients et accès à l’innovation : deux priorités dans les évaluations des dispositifs médicaux - 15 mars 2018</t>
+  </si>
+  <si>
+    <t>2ème journée d’info pour les fabricants de dispositifs médicaux : le diaporama des intervenants est en ligne.</t>
+  </si>
+  <si>
+    <t>12/02/2018 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826867/fr/amelioration-de-la-qualite-de-vie-des-patients-et-acces-a-l-innovation-deux-priorites-dans-les-evaluations-des-dispositifs-medicaux-15-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2826867</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 17 octobre 2017</t>
+  </si>
+  <si>
+    <t>12/02/2018 12:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827032/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-17-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2827032</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 14 février 2018</t>
+  </si>
+  <si>
+    <t>09/02/2018 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826739/fr/college-deliberatif-du-14-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2826739</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 30 janvier  2018</t>
+  </si>
+  <si>
+    <t>26/01/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823501/fr/ctv-reunion-du-30-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2823501</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 19 décembre 2017</t>
+  </si>
+  <si>
+    <t>12/12/2017 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812213/fr/cnedimts-reunion-du-19-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2812213</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 21 novembre 2017</t>
+  </si>
+  <si>
+    <t>16/11/2017 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806030/fr/ctv-reunion-du-21-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2806030</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 6 septembre 2017</t>
+  </si>
+  <si>
+    <t>06/11/2017 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803160/fr/comite-d-interface-medicament-du-6-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2803160</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 17 octobre 2017</t>
+  </si>
+  <si>
+    <t>20/10/2017 14:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800477/fr/ceesp-reunion-du-17-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800477</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 24 octobre 2017</t>
+  </si>
+  <si>
+    <t>17/10/2017 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798927/fr/cnedimts-reunion-du-24-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2798927</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 20 juillet 2017</t>
+  </si>
+  <si>
+    <t>26/09/2017 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795873/fr/comite-d-interface-dm-du-20-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2795873</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 26 septembre 2017</t>
+  </si>
+  <si>
+    <t>26/09/2017 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795884/fr/ctv-reunion-du-26-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2795884</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 septembre 2017</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794040/fr/cnedimts-reunion-du-26-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2794040</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 25 avril 2017</t>
+  </si>
+  <si>
+    <t>01/08/2017 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2787800/fr/ctv-reunion-du-25-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2787800</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 27 juin 2017</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2787869/fr/ctv-reunion-du-27-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2787869</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 28 juin 2017</t>
+  </si>
+  <si>
+    <t>22/06/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776036/fr/comite-d-interface-medicament-du-28-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2776036</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 13 juin 2017</t>
+  </si>
+  <si>
+    <t>06/06/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772717/fr/cnedimts-reunion-du-13-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2772717</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 31 mai 2017</t>
+  </si>
+  <si>
+    <t>24/05/2017 18:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770156/fr/college-deliberatif-du-31-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2770156</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 mai 2017</t>
+  </si>
+  <si>
+    <t>19/05/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769060/fr/college-deliberatif-du-24-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2769060</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>08/03/2017 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749305/fr/comite-d-interface-dm-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2749305</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 novembre 2016</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746109/fr/ceesp-reunion-du-8-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2746109</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 17 janvier 2017</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746125/fr/ceesp-reunion-du-17-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2746125</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 février 2017</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746142/fr/college-deliberatif-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2746142</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 24 janvier 2017</t>
+  </si>
+  <si>
+    <t>20/01/2017 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738270/fr/cnedimts-reunion-du-24-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2738270</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 10 janvier 2017</t>
+  </si>
+  <si>
+    <t>05/01/2017 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735165/fr/cnedimts-reunion-du-10-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735165</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 20 décembre 2016</t>
+  </si>
+  <si>
+    <t>14/12/2016 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730221/fr/cnedimts-reunion-du-20-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2730221</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 8 décembre 2016</t>
+  </si>
+  <si>
+    <t>09/12/2016 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729390/fr/comite-d-interface-medicament-du-8-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2729390</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 22 septembre 2016</t>
+  </si>
+  <si>
+    <t>09/11/2016 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2721718/fr/comite-d-interface-dm-du-22-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2721718</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 8 novembre 2016</t>
+  </si>
+  <si>
+    <t>04/11/2016 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681897/fr/cnedimts-reunion-du-8-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681897</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 novembre 2016</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681935/fr/college-deliberatif-du-10-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681935</t>
+  </si>
+  <si>
+    <t>CPP - Réunion du 27 septembre 2016</t>
+  </si>
+  <si>
+    <t>27/10/2016 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678195/fr/cpp-reunion-du-27-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2678195</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 avril 2016</t>
+  </si>
+  <si>
+    <t>17/10/2016 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678015/fr/ceesp-reunion-du-12-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2678015</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 mai 2016</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678021/fr/ceesp-reunion-du-10-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2678021</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 juin 2016</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678025/fr/ceesp-reunion-du-14-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2678025</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 octobre 2016</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678047/fr/ceesp-reunion-du-11-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2678047</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 octobre 2016</t>
+  </si>
+  <si>
+    <t>06/10/2016 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2674227/fr/college-deliberatif-du-12-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2674227</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 13 octobre 2016</t>
+  </si>
+  <si>
+    <t>04/10/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2673812/fr/comite-d-interface-medicament-du-13-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2673812</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>16/09/2016 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2669200/fr/college-deliberatif-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2669200</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 18 mai 2016</t>
+  </si>
+  <si>
+    <t>29/07/2016 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658441/fr/comite-d-interface-medicament-du-18-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2658441</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 7 juillet 2016</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658363/fr/comite-d-interface-medicament-du-7-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2658363</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 30 mars 2016</t>
+  </si>
+  <si>
+    <t>19/05/2016 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632532/fr/comite-d-interface-dm-du-30-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2632532</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 08 mars 2016</t>
+  </si>
+  <si>
+    <t>11/05/2016 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625513/fr/cnedimts-reunion-du-08-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2625513</t>
+  </si>
+  <si>
+    <t>CPP - Réunion du 29 mars 2016</t>
+  </si>
+  <si>
+    <t>02/05/2016 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629252/fr/cpp-reunion-du-29-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2629252</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 19 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624056/fr/cnedimts-reunion-du-19-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624056</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 05 avril 2016</t>
+  </si>
+  <si>
+    <t>05/04/2016 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621746/fr/cnedimts-reunion-du-05-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2621746</t>
+  </si>
+  <si>
+    <t>Comité d'interface DM du 7 janvier 2016</t>
+  </si>
+  <si>
+    <t>22/03/2016 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619385/fr/comite-d-interface-dm-du-7-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2619385</t>
+  </si>
+  <si>
+    <t>Comité d'interface Médicament du 11 février 2016</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619397/fr/comite-d-interface-medicament-du-11-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2619397</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 mars 2016</t>
+  </si>
+  <si>
+    <t>17/03/2016 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617806/fr/college-deliberatif-du-23-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2617806</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 09 Février 2016</t>
+  </si>
+  <si>
+    <t>05/02/2016 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598847/fr/cnedimts-reunion-du-09-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2598847</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 12 Janvier 2016</t>
+  </si>
+  <si>
+    <t>08/01/2016 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586808/fr/cnedimts-reunion-du-12-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2586808</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 17 Novembre 2015</t>
+  </si>
+  <si>
+    <t>13/11/2015 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572203/fr/cnedimts-reunion-du-17-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2572203</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 06 Octobre 2015</t>
+  </si>
+  <si>
+    <t>01/10/2015 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559014/fr/cnedimts-reunion-du-06-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2559014</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 22 Septembre 2015</t>
+  </si>
+  <si>
+    <t>18/09/2015 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060264/fr/cnedimts-reunion-du-22-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2060264</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 3 mars 2015</t>
+  </si>
+  <si>
+    <t>27/07/2015 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049085/fr/ceesp-reunion-du-3-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2049085</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 9 juin 2015</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049313/fr/ceesp-reunion-du-9-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2049313</t>
+  </si>
+  <si>
+    <t>CPP  - Réunion du 16 juin 2015</t>
+  </si>
+  <si>
+    <t>23/07/2015 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048267/fr/cpp-reunion-du-16-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2048267</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 30 Juin 2015</t>
+  </si>
+  <si>
+    <t>25/06/2015 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040892/fr/cnedimts-reunion-du-30-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2040892</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 21 avril 2015</t>
+  </si>
+  <si>
+    <t>24/04/2015 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030542/fr/cnedimts-reunion-du-21-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2030542</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 6 janvier 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019285/fr/ceesp-reunion-du-6-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2019285</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 décembre 2014</t>
+  </si>
+  <si>
+    <t>25/02/2015 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2016609/fr/ceesp-reunion-du-16-decembre-2014</t>
+  </si>
+  <si>
+    <t>c_2016609</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 25 novembre 2014</t>
+  </si>
+  <si>
+    <t>10/02/2015 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011453/fr/ceesp-reunion-du-25-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_2011453</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 octobre 2014</t>
+  </si>
+  <si>
+    <t>12/01/2015 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2005574/fr/ceesp-reunion-du-14-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_2005574</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 4 novembre 2014</t>
+  </si>
+  <si>
+    <t>07/11/2014 13:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772783/fr/cnedimts-reunion-du-4-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1772783</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 7 octobre 2014</t>
+  </si>
+  <si>
+    <t>13/10/2014 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768098/fr/cnedimts-reunion-du-7-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1768098</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 24 juin 2014</t>
+  </si>
+  <si>
+    <t>29/07/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757155/fr/ceesp-reunion-du-24-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1757155</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 15 juillet 2014</t>
+  </si>
+  <si>
+    <t>15/07/2014 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753641/fr/cnedimts-reunion-du-15-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1753641</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 1er juillet 2014</t>
+  </si>
+  <si>
+    <t>01/07/2014 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751244/fr/cnedimts-reunion-du-1er-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1751244</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 11 février 2014</t>
+  </si>
+  <si>
+    <t>10/02/2014 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722884/fr/cnedimts-reunion-du-11-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1722884</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 28 janvier 2014</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720546/fr/cnedimts-reunion-du-28-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1720546</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2013</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717260/fr/ceesp-reunion-du-15-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1717260</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 19 novembre 2013</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717270/fr/ceesp-reunion-du-19-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1717270</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 mai 2013</t>
+  </si>
+  <si>
+    <t>08/10/2013 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651181/fr/ceesp-reunion-du-14-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1651181</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 2 juillet 2013</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651219/fr/ceesp-reunion-du-2-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1651219</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 15 Janvier 2013</t>
+  </si>
+  <si>
+    <t>20/08/2013 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353673/fr/cnedimts-reunion-du-15-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353673</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 29 Janvier 2013</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356425/fr/cnedimts-reunion-du-29-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1356425</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 26 mars 2013</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369361/fr/cnedimts-reunion-du-26-mars-2013</t>
+  </si>
+  <si>
+    <t>c_1369361</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 23 avril 2013</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543302/fr/cnedimts-reunion-du-23-avril-2013</t>
+  </si>
+  <si>
+    <t>c_1543302</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 avril 2013</t>
+  </si>
+  <si>
+    <t>10/07/2013 18:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616223/fr/ceesp-reunion-du-16-avril-2013</t>
+  </si>
+  <si>
+    <t>c_1616223</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 octobre 2012</t>
+  </si>
+  <si>
+    <t>24/05/2013 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554414/fr/ceesp-reunion-du-16-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1554414</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 13 novembre 2012</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554422/fr/ceesp-reunion-du-13-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1554422</t>
+  </si>
+  <si>
+    <t>Réunion d'information des consultants, 14 juin 2013</t>
+  </si>
+  <si>
+    <t>Réunion d'information destinée aux consultants organisée par le Service Évaluation des Dispositifs de la HAS.</t>
+  </si>
+  <si>
+    <t>29/04/2013 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517619/fr/reunion-d-information-des-consultants-14-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1517619</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 19 juin 2012</t>
+  </si>
+  <si>
+    <t>20/11/2012 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335126/fr/ceesp-reunion-du-19-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1335126</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 03 juillet 2012</t>
+  </si>
+  <si>
+    <t>20/11/2012 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335132/fr/ceesp-reunion-du-03-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1335132</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Commission du 21 février 2012</t>
+  </si>
+  <si>
+    <t>14/05/2012 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1246985/fr/cnedimts-commission-du-21-fevrier-2012</t>
+  </si>
+  <si>
+    <t>c_1246985</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 février 2012</t>
+  </si>
+  <si>
+    <t>Compte-rendu de la réunion du 14 février 2012</t>
+  </si>
+  <si>
+    <t>29/02/2012 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245625/fr/ceesp-reunion-du-14-fevrier-2012</t>
+  </si>
+  <si>
+    <t>c_1245625</t>
+  </si>
+  <si>
+    <t>Journée d'information des fabricants de dispositifs médicaux, 20 janvier 2012</t>
+  </si>
+  <si>
+    <t>Journée d’information destinée aux nouveaux opérateurs et aux petites entreprises, organisée par le Service Évaluation des Dispositifs de la HAS.</t>
+  </si>
+  <si>
+    <t>20/01/2012 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117966/fr/journee-d-information-des-fabricants-de-dispositifs-medicaux-20-janvier-2012</t>
+  </si>
+  <si>
+    <t>c_1117966</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 décembre 2010</t>
+  </si>
+  <si>
+    <t>15/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1008224/fr/commission-de-la-transparence-reunion-du-15-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1008224</t>
+  </si>
+  <si>
+    <t>Journée d'information des fabricants de dispositifs médicaux, 3 novembre 2009 : restitution</t>
+  </si>
+  <si>
+    <t>Journée d’information destinée aux nouveaux opérateurs et aux petites entreprises</t>
+  </si>
+  <si>
+    <t>09/12/2009 18:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831858/fr/journee-d-information-des-fabricants-de-dispositifs-medicaux-3-novembre-2009-restitution</t>
+  </si>
+  <si>
+    <t>c_831858</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - réunion du 28 février 2007</t>
+  </si>
+  <si>
+    <t>28/02/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594280/fr/commission-de-la-transparence-reunion-du-28-fevrier-2007</t>
+  </si>
+  <si>
+    <t>c_594280</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Guides d’utilisation des PROMs en pratique clinique courante</t>
+  </si>
+  <si>
+    <t>Les questionnaires PROMs sont des outils pour la prise en charge des patients atteints de pathologie chronique, et la bonne organisation de leur parcours de prise en charge. Ils facilitent la communication entre les patients et les professionnels de santé, ainsi que l’engagement des patients.</t>
+  </si>
+  <si>
+    <t>23/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2024 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501799/fr/guides-d-utilisation-des-proms-en-pratique-clinique-courante</t>
+  </si>
+  <si>
+    <t>p_3501799</t>
+  </si>
+  <si>
+    <t>Accès précoce des médicaments : un bilan positif après deux ans de mise en place du dispositif</t>
+  </si>
+  <si>
+    <t>Les chiffres clés des quatre premières années de mise en œuvre. Les données présentées dans ce rapport couvrent la période du 1er juillet 2021 au 30 juin 2023. L’extraction a été réalisée le 17 juillet 2023.</t>
+  </si>
+  <si>
+    <t>11/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2023 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470178/fr/acces-precoce-des-medicaments-un-bilan-positif-apres-deux-ans-de-mise-en-place-du-dispositif</t>
+  </si>
+  <si>
+    <t>p_3470178</t>
+  </si>
+  <si>
+    <t>Harmonisation du bilan médicamenteux - Référentiel</t>
+  </si>
+  <si>
+    <t>L’objectif est d’harmoniser les bilans médicamenteux afin de produire un bilan unique et partageable quels que soient les contextes d’utilisation. Ce document reprend notamment les éléments identifiés dans l’activité de bilan partagé de médication en officine, et dans la conciliation des traitements médi-camenteux à l’hôpital. L’élaboration du référentiel issu de ce travail favorise la numérisation de ce bilan et donc son partage entre la ville et l’hôpital.</t>
+  </si>
+  <si>
+    <t>24/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2025 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534690/fr/harmonisation-du-bilan-medicamenteux-referentiel</t>
+  </si>
+  <si>
+    <t>p_3534690</t>
+  </si>
+  <si>
+    <t>Dispositif d’évaluation de la qualité des établissements et services sociaux et médico-sociaux : bilan annuel 2024</t>
+  </si>
+  <si>
+    <t>Depuis 2002, les ESSMS sont tenus de faire procéder à une évaluation de la qualité des prestations qu’ils délivrent aux personnes accompagnées. La démarche, rénovée, s’ancre aujourd’hui dans l’objectif plus large d’amplifier la dynamique d’amélioration continue de la qualité dans les structures pour répondre au plus près aux besoins des publics concernés, tout en respectant leurs attentes.</t>
+  </si>
+  <si>
+    <t>03/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2025 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634116/fr/dispositif-d-evaluation-de-la-qualite-des-etablissements-et-services-sociaux-et-medico-sociaux-bilan-annuel-2024</t>
+  </si>
+  <si>
+    <t>p_3634116</t>
+  </si>
+  <si>
+    <t>Référentiel de certification de l’activité d’information par démarchage ou prospection visant à la promotion des médicaments</t>
+  </si>
+  <si>
+    <t>Responsable de la procédure de certification de l'activité d'information promotionnelle par démarchage ou prospection des entreprises du médicament aux professionnels de santé ("visite médicale"), la HAS publie un rapport de suivi de cette activité. Ce document analyse les éléments de suivi transmis à la HAS par les organismes certificateurs depuis l’entrée en vigueur de la procédure de certification (octobre 2016 à octobre 2020) en application de la charte signée le 15 octobre 2014 par le CEPS et le LEEM. 2.14.0.0 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>16/06/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2025 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655426/fr/referentiel-de-certification-de-l-activite-d-information-par-demarchage-ou-prospection-visant-a-la-promotion-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_2655426</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes de l'indicateur « Suivi de la vaccination antigrippale du personnel hospitalier ».</t>
+  </si>
+  <si>
+    <t>14/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/02/2024 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470616/fr/resultats-des-iqss-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier</t>
+  </si>
+  <si>
+    <t>p_3470616</t>
+  </si>
+  <si>
+    <t>Actualisation du référentiel d’évaluation des applications dans le champ de la santé mobile des solutions numériques - Référentiel</t>
+  </si>
+  <si>
+    <t>La HAS a été saisie dans le cadre d’une « Mise à jour et extension du référentiel d’évaluation des applications dans le champ de la santé mobile des solutions numériques en santé ». Elle publie à ce titre un référentiel visant à optimiser les critères de qualité du contenu médical en prenant en considération la norme ISO existante et également à optimiser le processus de référencement.</t>
+  </si>
+  <si>
+    <t>20/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481960/fr/actualisation-du-referentiel-d-evaluation-des-applications-dans-le-champ-de-la-sante-mobile-des-solutions-numeriques-referentiel</t>
+  </si>
+  <si>
+    <t>p_3481960</t>
+  </si>
+  <si>
+    <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
+  </si>
+  <si>
+    <t>La HAS débute un projet de développement d’un nouvel outil pour l'analyse des verbatim de patients issus des enquêtes nationales e-Satis. Il sera mis à disposition de tous les établissements de santé participant au dispositif national e-Satis afin qu’ils puissent analyser les commentaires libres de leurs patients. La note de cadrage de ce nouveau projet est diffusée sur le site de la HAS.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2023 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390248/fr/iqss-developpement-d-un-outil-d-analyse-des-verbatim-de-patients-issus-d-e-satis</t>
+  </si>
+  <si>
+    <t>p_3390248</t>
+  </si>
+  <si>
+    <t>Utilisation des patients-reported outcomes (PROs) dans les évaluations des technologies de santé, des actes professionnels et dans l’élaboration des recommandations vaccinales et de santé publique</t>
+  </si>
+  <si>
+    <t>Un appel à contribution écrite est ouvert au sujet des résultats rapportés par les patients (patient-reported outcomes), notamment les résultats de qualité de vie. L’objectif de cet appel est d’alimenter un travail d’élaboration par la HAS de recommandations méthodologiques pour les promoteurs d’études.</t>
+  </si>
+  <si>
+    <t>28/10/2024 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3553361/fr/utilisation-des-patients-reported-outcomes-pros-dans-les-evaluations-des-technologies-de-sante-des-actes-professionnels-et-dans-l-elaboration-des-recommandations-vaccinales-et-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3553361</t>
+  </si>
+  <si>
+    <t>Définition des conditions méthodologiques requises pour la prise d’un pari lors d’une demande d’accès précoce pré-AMM ou post-AMM conditionnelle, et sa levée - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Autosaisine HAS</t>
+  </si>
+  <si>
+    <t>21/06/2024 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530711/fr/definition-des-conditions-methodologiques-requises-pour-la-prise-d-un-pari-lors-d-une-demande-d-acces-precoce-pre-amm-ou-post-amm-conditionnelle-et-sa-levee-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3530711</t>
+  </si>
+  <si>
+    <t>Accès au dossier industriel pour les associations d’usagers dans les évaluations de produits de santé</t>
+  </si>
+  <si>
+    <t>Un travail de concertation multipartite sur l'accès des associations d’usagers aux dossiers déposés par les industriels dans le cadre de leur participation aux évaluations des technologies de santé a conduit à une consultation publique. Ce document comprend les positions de toutes les parties prenantes à l'issue de la consultation publique, explorant les perspectives et attentes sur l'accès aux données, nécessitant des évolutions réglementaires pour améliorer la participation des associations dans l'évaluation des technologies de santé.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2024 11:10:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535035/fr/acces-au-dossier-industriel-pour-les-associations-d-usagers-dans-les-evaluations-de-produits-de-sante</t>
+  </si>
+  <si>
+    <t>p_3535035</t>
+  </si>
+  <si>
+    <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Enquête nationale de pratique réalisée en 2022 auprès des professionnels de santé visant déterminer l’état des pratiques relatives au séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, notamment en matière d’altérations géniques recherchées et d’indications.</t>
+  </si>
+  <si>
+    <t>23/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536496/fr/activite-du-sequencage-haut-debit-cible-en-genetique-somatique-des-cancers-financee-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3536496</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge d’un accident vasculaire cérébral (AVC) récent en Soins Médicaux et de Réadaptation (SMR)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient : prise en charge d’un accident vasculaire cérébral (AVC) récent (moins de 3 mois) en Soins Médicaux et de Réadaptation (SMR) (recueil volontaire en 2021)</t>
+  </si>
+  <si>
+    <t>23/06/2022 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345036/fr/resultats-des-iqss-prise-en-charge-d-un-accident-vasculaire-cerebral-avc-recent-en-soins-medicaux-et-de-readaptation-smr</t>
+  </si>
+  <si>
+    <t>p_3345036</t>
+  </si>
+  <si>
+    <t>Dispositif d’évaluation de la qualité des établissements et services sociaux et médico-sociaux : bilan annuel 2023</t>
+  </si>
+  <si>
+    <t>14/05/2024 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517462/fr/dispositif-d-evaluation-de-la-qualite-des-etablissements-et-services-sociaux-et-medico-sociaux-bilan-annuel-2023</t>
+  </si>
+  <si>
+    <t>p_3517462</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Taux de patients ayant une prescription d’antibiothérapie de 7 jours ou moins pour infection respiratoire basse</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes de l'indicateur "Taux de patients ayant une prescription d’antibiothérapie de 7 jours ou moins pour infection respiratoire basse" (recueil volontaire en 2021)</t>
+  </si>
+  <si>
+    <t>17/12/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299881/fr/resultats-des-iqss-taux-de-patients-ayant-une-prescription-d-antibiotherapie-de-7-jours-ou-moins-pour-infection-respiratoire-basse</t>
+  </si>
+  <si>
+    <t>p_3299881</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Interactions des professionnels de santé avec les représentants de l’industrie</t>
+  </si>
+  <si>
+    <t>Promotion par démarchage (visite médicale) : la HAS fournit une revue systématique de la littérature publiée entre 01/2004 et 12/2018, dans le monde et en France sur l'exposition des professionnels et des étudiants à cette forme de publicité, son influence, sa qualité, et l'efficacité des moyens mis en oeuvre pour en limiter les effets non souhaités. 2.14.0.0</t>
+  </si>
+  <si>
+    <t>08/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395221/fr/interactions-des-professionnels-de-sante-avec-les-representants-de-l-industrie</t>
+  </si>
+  <si>
+    <t>p_3395221</t>
+  </si>
+  <si>
+    <t>Analyse nationale des commentaires des patients recueillis dans le cadre du dispositif e-Satis</t>
+  </si>
+  <si>
+    <t>Dans le cadre du dispositif national e-satis (+48h MCO et MCOCA), la HAS a mené une analyse de l’ensemble des commentaires de patients recueillis de 2016 à 2020. Un rapport national de résultats identifie les thématiques le plus souvent évoquées dans le verbatim de patients.</t>
+  </si>
+  <si>
+    <t>30/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3365011/fr/analyse-nationale-des-commentaires-des-patients-recueillis-dans-le-cadre-du-dispositif-e-satis</t>
+  </si>
+  <si>
+    <t>p_3365011</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés à des soins (EIGS) : bilan annuel 2021</t>
+  </si>
+  <si>
+    <t>La HAS publie le bilan annuel des déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>21/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2022 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388885/fr/evenements-indesirables-graves-associes-a-des-soins-eigs-bilan-annuel-2021</t>
+  </si>
+  <si>
+    <t>p_3388885</t>
+  </si>
+  <si>
+    <t>Entrepôts de données de santé hospitaliers en France</t>
+  </si>
+  <si>
+    <t>La HAS utilise depuis plusieurs années les données du système national de données de santé (SNDS) pour mener ses travaux d’évaluation et pour mesurer la qualité des soins. Elle s’intéresse également aux entrepôts de données de santé hospitaliers (EDSH) qui contiennent une grande quantité d’informations médicales complémentaires– des données de vie réelle - potentiellement utiles dans la réalisation de ses missions. Dans le cadre de sa stratégie data, elle a ainsi entrepris fin 2021 de dresser un panorama des EDSH en France. Un travail inédit qui révèle l’hétérogénéité d’un écosystème en pleine construction et qui va d’ores et déjà permettre à la HAS de lancer de nouvelles expérimentations.</t>
+  </si>
+  <si>
+    <t>20/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386123/fr/entrepots-de-donnees-de-sante-hospitaliers-en-france</t>
+  </si>
+  <si>
+    <t>p_3386123</t>
+  </si>
+  <si>
+    <t>Suivi de la certification de l'activité d'information promotionnelle des médicaments. Octobre 2016 - Octobre 2020</t>
+  </si>
+  <si>
+    <t>Responsable de la procédure de certification de l'activité d'information promotionnelle des entreprises du médicament aux professionnels de santé ("visite médicale"), la HAS publie un rapport de suivi de cette activité. Ce document analyse les éléments de suivi transmis à la HAS par les organismes certificateurs depuis l’entrée en vigueur de la nouvelle procédure de certification (octobre 2016 à octobre 2020).</t>
+  </si>
+  <si>
+    <t>13/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/07/2022 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352398/fr/suivi-de-la-certification-de-l-activite-d-information-promotionnelle-des-medicaments-octobre-2016-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3352398</t>
+  </si>
+  <si>
+    <t>Évaluation des applications dans le champ de la santé mobile (mHealth)</t>
+  </si>
+  <si>
+    <t>En 2020, plus de 350 000 applications concernant la santé étaient disponibles sur les différents magasins en ligne (App Store, Google Play Store, etc.). Cette expansion rapide du secteur de la santé mobile rend difficile le choix pour les utilisateurs ou les conseils pour choisir la bonne application de la part des professionnels concernés. Pour s'y retrouver, la HAS publie un référentiel sur les critères de qualité du contenu médical utilisés dans le secteur de la santé mobile (mHealth).</t>
+  </si>
+  <si>
+    <t>24/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274798/fr/evaluation-des-applications-dans-le-champ-de-la-sante-mobile-mhealth</t>
+  </si>
+  <si>
+    <t>p_3274798</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>De nouveaux choix pour soigner mieux - Rapport d'analyse prospective 2018</t>
+  </si>
+  <si>
+    <t>Ce rapport, remis au Parlement, est assorti de 21 propositions pour agir et garantir sur le long terme un système de santé de qualité, efficient et équitable, tout en s’assurant que l’offre de santé répond aux priorités de nos concitoyens.</t>
+  </si>
+  <si>
+    <t>02/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223626/fr/de-nouveaux-choix-pour-soigner-mieux-rapport-d-analyse-prospective-2018</t>
+  </si>
+  <si>
+    <t>p_3223626</t>
+  </si>
+  <si>
+    <t>Numérique : quelle (R)évolution ? Rapport d'analyse prospective 2019</t>
+  </si>
+  <si>
+    <t>La HAS a centré son approche sur quatre axes qui lui apparaissent, dans la vision prospective réclamée par le législateur, autant de conditions nécessaires à ce que le virage numérique déjà amorcé se fasse sous le signe de la confiance et de la qualité.</t>
+  </si>
+  <si>
+    <t>02/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2019 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223636/fr/numerique-quelle-r-evolution-rapport-d-analyse-prospective-2019</t>
+  </si>
+  <si>
+    <t>p_3223636</t>
+  </si>
+  <si>
+    <t>Contributions des associations de patients et d’usagers aux évaluations des produits de santé : analyse descriptive 2017-2018</t>
+  </si>
+  <si>
+    <t>La HAS a effectué une analyse descriptive rétrospective qualitative et quantitative des contributions reçues de la part des associations de patients et d’usagers pour la période s’étendant du démarrage du dispositif jusqu’au 31/12/2018. Les produits concernés, la nature des associations, les approches délibératives en commissions et la mise en place de mentions spécifiques dans les avis s’y trouvent décrites.</t>
+  </si>
+  <si>
+    <t>04/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2020 12:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178312/fr/contributions-des-associations-de-patients-et-d-usagers-aux-evaluations-des-produits-de-sante-analyse-descriptive-2017-2018</t>
+  </si>
+  <si>
+    <t>p_3178312</t>
+  </si>
+  <si>
+    <t>Évaluation des technologies de santé à la HAS : place de la qualité de vie</t>
+  </si>
+  <si>
+    <t>Décrire et expliciter les modalités de prise en compte de la qualité de vie liée à la santé dans l’évaluation des technologies de santé, en clarifiant les approches développées pour la clinique et pour l’économie.</t>
+  </si>
+  <si>
+    <t>04/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/11/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883073/fr/evaluation-des-technologies-de-sante-a-la-has-place-de-la-qualite-de-vie</t>
+  </si>
+  <si>
+    <t>c_2883073</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques sur les applications et les objets connectés en santé (mobile Health ou mHealth)</t>
+  </si>
+  <si>
+    <t>Ce référentiel de bonnes pratiques s’adresse aux industriels et aux évaluateurs (structures d’évaluation, associations de consommateurs ou sociétés savantes médicales). Il vise à guider, à promouvoir l’usage et à renforcer la confiance dans les applications et les objets connectés.</t>
+  </si>
+  <si>
+    <t>12/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+  </si>
+  <si>
+    <t>c_2681915</t>
+  </si>
+  <si>
+    <t>Critères de qualité des revues et journaux de la presse médicale française</t>
+  </si>
+  <si>
+    <t>Dans le cadre de son rôle d'information des professionnels de santé, la HAS a initié une démarche de réflexion sur la qualité de la presse médicale française, reposant sur l'identification de bonnes pratiques et de critères qualité. Trois axes de qualité ont été retenus porant sur la transparence, l'indépendance et l'éthique éditoriale. Les bonnes pratiques et critères de qualité qui en découlent sont utilisables : par les éditeurs et les rédacteurs : la démarche qualité peut se décliner dans le temps, en définissant des objectifs prioritaires pour chaque titre, en fonction de sa situation ; par exemple les revues de formation et de recherche peuvent prendre connaissance des recommandations ICMJE et COPE pour mettre en oeuvre leurs principes ; par les lecteurs qui peuvent élaborer une grille de lecture de qualité d'un titre.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/05/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018620/fr/criteres-de-qualite-des-revues-et-journaux-de-la-presse-medicale-francaise</t>
+  </si>
+  <si>
+    <t>c_1018620</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus – Note de cadrage</t>
+  </si>
+  <si>
+    <t>La HAS publie la note de cadrage concernant la recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2025 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777770/fr/recommandation-vaccinale-contre-la-varicelle-chez-les-nourrissons-de-12-mois-et-plus-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3777770</t>
+  </si>
+  <si>
+    <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2025 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3636256</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation d’utilisation préférentielle des vaccins Efluelda et Fluad chez les personnes de 65 ans et plus par rapport aux vaccins à dose standard disponibles dans cette population, dans le cadre de la stratégie vaccinale française vis-à-vis de la grippe saisonnière. La HAS positionne de manière équivalente les vaccins adjuvantés et hautement dosés.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604446/fr/vaccination-contre-la-grippe-saisonniere-des-personnes-de-65-ans-et-plus-place-des-vaccins-efluelda-et-fluad</t>
+  </si>
+  <si>
+    <t>p_3604446</t>
+  </si>
+  <si>
+    <t>Grippe zoonotique H5N1</t>
+  </si>
+  <si>
+    <t>Dans un contexte marqué par une circulation du virus influenza aviaire hautement pathogène (IAHP) H5N1 chez les oiseaux sauvages et captifs , puis chez de nombreuses espèces de mammifères carnivores mondiale depuis quelques années, et actuellement aux Etats-Unis, touchant en plus les bovins, et faisant craindre une possible adaptation du virus à l’homme, la Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus à l’être humain. En particulier, elle demande à la HAS de préciser la stratégie vaccinale à mettre en œuvre avec le vaccin disponible, en cas de détection d’un cas humain de grippe zoonotique sur le territoire, autochtone ou importé et de préciser les groupes de population pour lesquels la vaccination serait priorisée.</t>
+  </si>
+  <si>
+    <t>27/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2025 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599828/fr/grippe-zoonotique-h5n1</t>
+  </si>
+  <si>
+    <t>p_3599828</t>
+  </si>
+  <si>
+    <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586414/fr/elargissement-des-criteres-d-eligibilite-a-la-vaccination-antipneumococcique-chez-les-adultes-recommandation-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3586414</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Révision de la stratégie de vaccination contre la grippe saisonnière : évaluation de la pertinence de l’extension de la vaccination chez les enfants sans comorbidité</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS en janvier 2022 pour qu’elle évalue l’intérêt de l’extension de la vaccination contre la grippe saisonnière aux enfants sans comorbidité Au terme de son évaluation, la HAS recommande que la vaccination contre la grippe saisonnière puisse être proposée chaque année aux enfants sans comorbidités âgés de 2 à 17 ans révolus, sans qu’elle soit rendue obligatoire. Dans cette tranche d’âge, la HAS recommande d’utiliser préférentiellement le vaccin administré par voie intranasale Fluenz Tetra, compte tenu de la meilleure acceptabilité de ce vaccin chez l’enfant du fait de la non-utilisation d’aiguille.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2023 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350703/fr/revision-de-la-strategie-de-vaccination-contre-la-grippe-saisonniere-evaluation-de-la-pertinence-de-l-extension-de-la-vaccination-chez-les-enfants-sans-comorbidite</t>
+  </si>
+  <si>
+    <t>p_3350703</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de BEXSERO®</t>
+  </si>
+  <si>
+    <t>Les infections invasives à méningocoques sont des infections transmissibles graves, qui peuvent être rapidement fatales. En France, elles sont majoritairement liées aux méningocoques de sérogroupe B. BEXSERO® est le premier vaccin anti-méningococcique ciblant des souches pathogènes du sérogroupe B à avoir obtenu une AMM en Europe, en janvier 2013. Il est indiqué chez les personnes âgées de 2 mois et plus. Dans le contexte de la simplification du schéma de vaccination pour différentes tranches d’âge et de l’évolution épidémiologique de ces infections, la Haute Autorité de Santé a évalué l’opportunité de modifier la stratégie de prévention des infections invasives à méningocoques et a précisé la place de BEXSERO® dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066921/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-bexsero</t>
+  </si>
+  <si>
+    <t>p_3066921</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre le Sars-CoV-2 - Recommandations intermédiaires sur les modalités de mise en œuvre de la vaccination</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’anticipation de l’arrivée des vaccins contre la Covid-19 en France, et à la demande du directeur général de la santé, la HAS en s’appuyant sur la commission technique des vaccinations, a élaboré des recommandations intermédiaires sur les modalités de mise en œuvre de la campagne de vaccination, en anticipation de l’arrivée des premiers vaccins contre le Sars-CoV-2.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2020 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225990/fr/strategie-vaccinale-contre-le-sars-cov-2-recommandations-intermediaires-sur-les-modalites-de-mise-en-oeuvre-de-la-vaccination</t>
+  </si>
+  <si>
+    <t>p_3225990</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Recommandations préliminaires sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>La HAS affine ses recommandations sur la priorisation des populations à vacciner contre la Covid-19 élaborées en juillet dernier. Cette stratégie répond à un double objectif : réduire les hospitalisations et les décès et maintenir les activités essentielles du pays, particulièrement celles du système de santé pendant l’épidémie. Deux critères principaux ont été pris en compte par la HAS pour établir cette priorisation : l’existence d’un facteur de risque individuel de développer une forme grave de la maladie et l’exposition accrue au virus.</t>
+  </si>
+  <si>
+    <t>27/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221338/fr/strategie-de-vaccination-contre-le-sars-cov-2-recommandations-preliminaires-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3221338</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre la Covid-19 - Stratégie de déploiement des vaccins disponibles - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Le contexte de développement clinique accéléré des candidats vaccins contre le SARS-CoV-2 implique que la HAS travaille en avance de phase pour définir la stratégie la plus adaptée à la situation française qui encadrera l’utilisation des vaccins dès l’arrivée des premiers vaccins sur le marché en tenant compte de la disponibilité des doses. La note de cadrage précise les éléments qui seront considérés au cours des travaux de la HAS, ses modalités de travail ainsi que les forts enjeux associés à l’arrivée de ces futurs vaccins et à la mise en œuvre d’une campagne de vaccination en France</t>
+  </si>
+  <si>
+    <t>23/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2020 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197104/fr/strategie-vaccinale-contre-la-covid-19-strategie-de-deploiement-des-vaccins-disponibles-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3197104</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la COVID 19 - Anticipation des scénarios possibles de vaccination et recommandations préliminaires sur les populations cibles</t>
+  </si>
+  <si>
+    <t>Le contexte de développement clinique accéléré des candidats vaccins contre le SARS-CoV-2 implique que la HAS travaille en avance de phase pour définir la stratégie la plus adaptée à la situation française qui encadrera l’utilisation des vaccins dès l’arrivée des premiers vaccins sur le marché en tenant compte de la disponibilité des doses. Dans une perspective d’aide à la décision publique, la HAS anticipe les scénarios possibles de vaccination en France et formule des recommandations préliminaires sur les populations considérées comme prioritaires pour la vaccination dans un contexte de production de connaissances très évolutives et de fortes incertitudes tant sur l’évolution de l’épidémie que sur les caractéristiques des vaccins en cours de développement.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197106/fr/strategie-de-vaccination-contre-la-covid-19-anticipation-des-scenarios-possibles-de-vaccination-et-recommandations-preliminaires-sur-les-populations-cibles</t>
+  </si>
+  <si>
+    <t>p_3197106</t>
+  </si>
+  <si>
+    <t>Recommandation sur l’élargissement de la vaccination contre les papillomavirus aux garçons</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS est favorable à l’élargissement de la vaccination contre les papillomavirus chez les garçons dans le calendrier vaccinal français.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Place du vaccin SYNFLORIX dans la stratégie vaccinale contre les infections à pneumocoques chez l’enfant âgé de moins de 5 ans</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale portant sur sur la place du vaccin SYNFLORIX™, vaccin conjugué contre le pneumocoque 10-valent. À l’issue de l’évaluation menée, la HAS recommande de ne pas intégrer le vaccin SYNFLORIX™ à la stratégie vaccinale établie dans le contexte spécifique français.</t>
+  </si>
+  <si>
+    <t>07/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2018 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838905/fr/place-du-vaccin-synflorix-dans-la-strategie-vaccinale-contre-les-infections-a-pneumocoques-chez-l-enfant-age-de-moins-de-5-ans</t>
+  </si>
+  <si>
+    <t>c_2838905</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Technologies numériques et systèmes d’IA à usage professionnel</t>
+  </si>
+  <si>
+    <t>De très nombreuses technologies numériques sont aujourd’hui utilisées en contexte de soins. Les technologies numériques à usage professionnel incluent les dispositifs médicaux numériques (DMN) à usage professionnel et des technologies sans finalité médicale (au sens du Règlement européen 2017/245 relatif aux dispositif médicaux) et n’ayant pas le statut de dispositif médical. Ces différentes technologies peuvent correspondre à des systèmes d’intelligence artificielle.</t>
+  </si>
+  <si>
+    <t>29/06/2023 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363066/fr/technologies-numeriques-et-systemes-d-ia-a-usage-professionnel</t>
+  </si>
+  <si>
+    <t>p_3363066</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
+  </si>
+  <si>
+    <t>L’alcool est un sujet de santé pour tous. Le professionnel de premier recours est un acteur privilégié pour toucher l’ensemble de la population et accompagner chaque personne au plus près de sa réalité de vie et de ses usages d’alcool. La HAS a élaboré plusieurs documents pour aider les professionnels et tous les acteurs qui contribuent à la santé à agir dès le premier recours via une repérage systématique, précoce et régulier de tous les usages et un accompagnement de chaque personne quelle que soit sa situation en s’appuyant sur un réseau de partenaires.</t>
+  </si>
+  <si>
+    <t>26/10/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326877/fr/agir-en-premier-recours-pour-diminuer-le-risque-alcool-reperer-tous-les-usages-et-accompagner-chaque-personne</t>
+  </si>
+  <si>
+    <t>p_3326877</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus chez les personnes immunodéprimées (hors PVVIH)</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation de santé publique sur le dépistage du cancer du col de l’utérus (CCU) chez les personnes immunodéprimées (hors celles vivant avec le VIH) pour prendre en compte le risque plus élevé par rapport à la population générale. La recommandation cible les personnes immunodéprimées et plus spécifiquement atteintes de déficit immunitaire primitif ou congénital, greffées (par organe solide ou cellules souches hématopoïétiques), atteintes de lupus systémique et/ou sous traitements immunosuppresseurs. Il est recommandé un dépistage annuel de 25 à 29 ans par cytologie, suivi d’un dépistage tous les 3 ans par test HPV-HR à partir de 30 ans.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
-    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
-    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
+  </si>
+  <si>
+    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Examens basés sur l’ADN libre circulant réalisés dans le cadre du dépistage de la trisomie 21. Opportunité du repérage d’autres anomalies chromosomiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence du repérage d’autres anomalies chromosomiques par les examens basés sur l’ADN fœtal libre circulant (ADNflc) dans le sang maternel, réalisés dans le cadre du dépistage de la trisomie 21. La HAS recommande la recherche des trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 et 22 et les anomalies segmentaires non cryptiques par tests ADNflc. L’extension des indications des examens par ADNflc aux femmes présentant un risque augmenté d’aneuploïdies (autre que la T21) est également recommandée.</t>
+  </si>
+  <si>
+    <t>26/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>Stratégie de vaccination contre les infections invasives à méningocoques : Révision de la stratégie contre les sérogroupes ACWY et B</t>
+  </si>
+  <si>
+    <t>La HAS établit la stratégie de vaccination contre les infections invasives à méningocoque, sérogroupes ACWY et B.</t>
+  </si>
+  <si>
+    <t>07/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/03/2024 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460601/fr/strategie-de-vaccination-contre-les-infections-invasives-a-meningocoques-revision-de-la-strategie-contre-les-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>p_3460601</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère par la technique de quantification des TRECs en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit immunitaire combiné sévère (DICS) est un groupe de maladies génétiques rares mais graves : sans traitement, la plupart des enfants atteints décèdent d’infections dans la première année de vie. Le dépistage du DICS à la naissance permettrait de réduire l’errance diagnostique des enfants atteints, de poser un diagnostic précoce et de mettre en place au plus vite une prise en charge appropriée. A l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le dépistage du DICS dans le programme national de dépistage néonatal, sous la condition d’une évaluation obligatoire à cinq ans et d’évaluations intermédiaires régulières.</t>
+  </si>
+  <si>
+    <t>20/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2022 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312418/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-par-la-technique-de-quantification-des-trecs-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3312418</t>
+  </si>
+  <si>
+    <t>Évaluation économique de la télésurveillance pour éclairer la décision publique. Quels sont les choix efficients au regard de l’analyse de la littérature ?</t>
+  </si>
+  <si>
+    <t>Dans le cadre du déploiement de la télémédecine en France, la HAS a élaboré une revue de la littérature internationale portant sur les études ayant mis en œuvre une évaluation médico-économiques de la télésurveillance médicale, afin d’en apprécier l’efficience.</t>
+  </si>
+  <si>
+    <t>30/12/2020 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903236/fr/evaluation-economique-de-la-telesurveillance-pour-eclairer-la-decision-publique-quels-sont-les-choix-efficients-au-regard-de-l-analyse-de-la-litterature</t>
+  </si>
+  <si>
+    <t>c_2903236</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>Autotests de dépistage du VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une liste de questions et réponses pratiques pour accompagner les utilisateurs potentiels d’autotests de dépistage du VIH dans leur démarche de dépistage.</t>
+  </si>
+  <si>
+    <t>11/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768844/fr/autotests-de-depistage-du-vih</t>
+  </si>
+  <si>
+    <t>c_1768844</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Efficience de la télémédecine : état des lieux de la littérature internationale et cadre d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé un état des lieux de la littérature internationale relative à l’évaluation médico-économique de la télémédecine. Elle constate la quasi-absence d’études françaises et l’importante hétérogénéité des études tant au niveau de leur qualité méthodologique que concernant les projets de télémédecine évalués. Elle propose un cadre méthodologique pour l’évaluation de l’efficience des projets de télémédecine dans le contexte actuel de déploiement de cette nouvelle forme d’organisation des soins en France.</t>
+  </si>
+  <si>
+    <t>03/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2013 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622477/fr/efficience-de-la-telemedecine-etat-des-lieux-de-la-litterature-internationale-et-cadre-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1622477</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Pertinence de la mise en place d'un programme de dépistage des anévrismes de l'aorte abdominale en France</t>
+  </si>
+  <si>
+    <t>L’objectif du rapport était d’évaluer la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale (AAA) en France, que ce dernier soit systématique ou opportuniste. Cette évaluation a suivi la méthodologie définie dans le guide HAS « Évaluation a priori d’un programme de dépistage» identifiant 16 critères d’évaluation fondés sur les critères OMS d’évaluation de la pertinence d’un programme de dépistage</t>
+  </si>
+  <si>
+    <t>01/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1358519/fr/pertinence-de-la-mise-en-place-d-un-programme-de-depistage-des-anevrismes-de-l-aorte-abdominale-en-france</t>
+  </si>
+  <si>
+    <t>c_1358519</t>
+  </si>
+  <si>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759760</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Place de la mammographie numérique dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>Le présent rapport établit dans un premier temps si les systèmes de mammographie numérique peuvent être autorisés dans le cadre précis du dépistage organisé, sur des critères d’efficacité et de sécurité pour les femmes dépistées. Dans un deuxième temps, le rapport évalue la faisabilité de différents scenarii d’introduction de la mammographie numérique dans le dépistage organisé français, sur des critères techniques, organisationnels et économiques.</t>
+  </si>
+  <si>
+    <t>02/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2006 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_461657</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Évaluation du dépistage des infections uro-génitales basses à Chlamydia trachomatis en France - 2003</t>
+  </si>
+  <si>
+    <t>Les infections uro-génitales à Chlamydia trachomatis sont des infections sexuellement transmissibles qui, chez la femme, peut entraîner notamment une baisse de la fertilité L’augmentation d’incidence observée depuis 1996 pose la question de l’opportunité d’un dépistage systématique. Le rapport Évaluation du dépistage des infections uro-génitales basses à Chlamydia trachomatis en France évalue la faisabilité, l’impact clinique et économique du dépistage de cette infection sexuellement transmissible en France en 2003.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/fr/evaluation-du-depistage-des-infections-uro-genitales-basses-a-chlamydia-trachomatis-en-france-2003</t>
   </si>
   <si>
     <t>c_464119</t>
   </si>
   <si>
-    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 2 – Accompagner la personne dans l'élaboration de son projet d'habitat</t>
+  </si>
+  <si>
+    <t>Après la publication du volet 1 de la RBPP en janvier 2024 (volet socle), la HAS publie un deuxième volet consacré à l’accompagnement de la personne dans l’élaboration de son projet d’habitat.</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750698/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-2-accompagner-la-personne-dans-l-elaboration-de-son-projet-d-habitat</t>
+  </si>
+  <si>
+    <t>p_3750698</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Actualisation de la place des différents examens d’imagerie pour le diagnostic d’endométriose</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont d’aider les professionnels de santé à la prise en soins des femmes susceptibles de présenter une endométriose et de rendre homogène les procédures sur le territoire : Améliorer et homogénéiser les conditions et procédures des examens d’imagerie diagnostique ; Standardisation des compte rendus d’imagerie diagnostique ; Préciser la stratégie d’imagerie : place des différents examens d’imagerie pour le diagnostic d’endométriose.</t>
+  </si>
+  <si>
+    <t>15/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524940/fr/actualisation-de-la-place-des-differents-examens-d-imagerie-pour-le-diagnostic-d-endometriose</t>
+  </si>
+  <si>
+    <t>p_3524940</t>
+  </si>
+  <si>
+    <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
+  </si>
+  <si>
+    <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3261731</t>
+  </si>
+  <si>
+    <t>Entorse du ligament collatéral latéral (ligament latéral externe) de cheville : diagnostic, rééducation et reprise de l’activité physique et de la pratique sportive</t>
+  </si>
+  <si>
+    <t>Après un traumatisme en torsion de cheville entraînant des symptômes (douleur, œdème, limitation fonctionnelle, etc.), toute personne devrait consulter un médecin généraliste ou un masseur-kinésithérapeute exerçant dans le cadre de l’accès direct ou d’un protocole national de coopération – idéalement dans les 24 heures suivant le traumatisme.</t>
+  </si>
+  <si>
+    <t>04/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/05/2025 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460983/fr/entorse-du-ligament-collateral-lateral-ligament-lateral-externe-de-cheville-diagnostic-reeducation-et-reprise-de-l-activite-physique-et-de-la-pratique-sportive</t>
+  </si>
+  <si>
+    <t>p_3460983</t>
+  </si>
+  <si>
+    <t>Pronostic vital engagé à moyen terme/phase avancée</t>
+  </si>
+  <si>
+    <t>Ce travail vise à éclairer les professionnels de santé sur l’évaluation de la notion de pronostic à moyen terme et sur la définition de la notion de phase avancée dans le cadre d’une demande d’aide à mourir exprimée par le malade.</t>
+  </si>
+  <si>
+    <t>30/04/2025 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529685/fr/pronostic-vital-engage-a-moyen-terme/phase-avancee</t>
+  </si>
+  <si>
+    <t>p_3529685</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Accompagner la personne nécessitant une mesure de protection juridique</t>
+  </si>
+  <si>
+    <t>15/01/2025 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343657/fr/accompagner-la-personne-necessitant-une-mesure-de-protection-juridique</t>
+  </si>
+  <si>
+    <t>p_3343657</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de pthirose</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’une pthirose (pthirus pubis). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562447/fr/prise-en-charge-du-patient-atteint-de-pthirose</t>
+  </si>
+  <si>
+    <t>p_3562447</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint d’infection à trichomonas vaginalis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’infection à trichomonas vaginalis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562494/fr/prise-en-charge-du-patient-atteint-d-infection-a-trichomonas-vaginalis</t>
+  </si>
+  <si>
+    <t>p_3562494</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Bientraitance et gestion des signaux de maltraitance en établissement - Mise en œuvre en milieu sanitaire, médico-social et social - Personnes majeures</t>
+  </si>
+  <si>
+    <t>Prévenir les situations de maltraitance dans les établissements accueillant des personnes adultes en situation de vulnérabilité.</t>
+  </si>
+  <si>
+    <t>03/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2024 14:34:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549483/fr/bientraitance-et-gestion-des-signaux-de-maltraitance-en-etablissement-mise-en-oeuvre-en-milieu-sanitaire-medico-social-et-social-personnes-majeures</t>
+  </si>
+  <si>
+    <t>p_3549483</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation d’échec virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545707/fr/adaptation-du-traitement-antiretroviral-en-situation-d-echec-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545707</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 1 – Socle transversal</t>
+  </si>
+  <si>
+    <t>L’habitat est une composante essentielle à la dignité de la personne humaine et à sa santé globale, qui permet d’assurer des besoins primaires (se protéger de l’extérieur, dormir, se nourrir, se laver...) et des besoins sociaux (vivre en couple, fonder une famille, recevoir ses amis...). Chaque individu aspire à occuper un lieu défini, à aménager une « entité spatiale qui lui appartient et qui participe à la construction de son identité ». Néanmoins, on constate que bon nombre des personnes logées ou hébergées n’ont pas la possibilité de disposer d’un véritable « chez-soi »</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2024 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491702/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3491702</t>
+  </si>
+  <si>
+    <t>Symptômes prolongés à la suite de la Covid-19 : état des lieux des données épidémiologiques et des mécanismes physiopathologiques</t>
+  </si>
+  <si>
+    <t>Ce travail s’inscrit à la suite des travaux de la HAS dans le champ des symptômes prolongés à la suite d’une Covid-19 (Covid long), en particulier des fiches réponses rapides sur cette question, publiées et mise à jour depuis 2021. La HAS travaille à l’analyse de la littérature dans plusieurs axes : les données épidémiologiques, les mécanismes physiopathologiques, le parcours de soins et le traitement. Elle met à disposition ce premier volet qui est un état des lieux des données épidémiologiques.</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2023 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427623/fr/symptomes-prolonges-a-la-suite-de-la-covid-19-etat-des-lieux-des-donnees-epidemiologiques-et-des-mecanismes-physiopathologiques</t>
+  </si>
+  <si>
+    <t>p_3427623</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Prévention, diagnostic et prise en charge du syndrome du nez vide</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique s’intègre dans le parcours de soin des patients présentant une obstruction nasale chronique ou ayant développé un SNV après un geste turbinal. Elle s’inscrit dans le cadre d’une concertation pluridisciplinaire (associant l’ORL, le médecin généraliste et d’autres professionnels si nécessaire) et d’une décision partagée avec le patient dûment informé.</t>
+  </si>
+  <si>
+    <t>15/12/2022 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395700/fr/prevention-diagnostic-et-prise-en-charge-du-syndrome-du-nez-vide</t>
+  </si>
+  <si>
+    <t>p_3395700</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Santé et maintien en emploi : prévention de la désinsertion professionnelle des travailleurs</t>
+  </si>
+  <si>
+    <t>Le périmètre de ces recommandations est circonscrit à la stratégie à mettre en œuvre à une échelle individuelle, dès lors qu’un risque de désinsertion professionnelle est identifié ou pressenti du fait d’une altération de la santé du travailleur.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2019 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903507/fr/sante-et-maintien-en-emploi-prevention-de-la-desinsertion-professionnelle-des-travailleurs</t>
+  </si>
+  <si>
+    <t>c_2903507</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Adaptation de l’accompagnement aux attentes et besoins des travailleurs handicapés en Esat</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objet d’identifier les solutions mises en œuvres au sein des ESAT et celles travaillées avec leur environnement en vue de construire des réponses adaptées aux besoins et attentes des personnes accompagnées. Elle concerne les 1 400 ESAT existants quelque soit le public accueilli. Cependant, elle questionne particulièrement les adaptations de l’accompagnement des usagers d’ESAT en fonction des évolutions identifiées dans le secteur : évolution du public en termes d’âge et de handicap.</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836327/fr/adaptation-de-l-accompagnement-aux-attentes-et-besoins-des-travailleurs-handicapes-en-esat</t>
+  </si>
+  <si>
+    <t>c_2836327</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Protocole type d'examen autopsique foetal ou néonatal</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce protocole type sont : - d'harmoniser les pratiques professionnelles en matière d’examen autopsique fœtal ou néonatal - d'aider les professionnels de santé concernés à rechercher et définir aussi précisément que possible la cause de la mort du fœtus, de l’enfant déclaré sans vie, voire de l’enfant né vivant puis décédé, ou d’identifier et confirmer la pathologie ayant justifié la réalisation d’une interruption de grossesse pour motif médical (IMG).</t>
+  </si>
+  <si>
+    <t>04/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747470/fr/protocole-type-d-examen-autopsique-foetal-ou-neonatal</t>
+  </si>
+  <si>
+    <t>c_1747470</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Practical aspects of long-term noninvasive positive pressure ventilation at home in neuromuscular disease</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_334439/en/practical-aspects-of-long-term-noninvasive-positive-pressure-ventilation-at-home-in-neuromuscular-disease</t>
+    <t>Acquisition d'une aide technique : quels acteurs ? quel processus ?</t>
+  </si>
+  <si>
+    <t>Le droit à la compensation est au cœur de la loi n°2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées ». Cette loi institue une démarche d’évaluation des situation de handicap centrée sur le « projet de vie » des personnes, fondée sur le droit universel de chacun à disposer des moyens pour compenser les conséquences de la maladie ou de l’accident de vie.</t>
+  </si>
+  <si>
+    <t>25/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614534/fr/acquisition-d-une-aide-technique-quels-acteurs-quel-processus</t>
+  </si>
+  <si>
+    <t>c_614534</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>Modalités pratiques de la ventilation non invasive en pression positive, au long cours, à domicile, dans les maladies neuromusculaires</t>
+  </si>
+  <si>
+    <t>Les recommandations abordent les principaux problèmes suivants :# 1. La mise en œuvre de la ventilation non invasive (VNI) au long cours chez un patient atteint d’une maladie neuromusculaire# 2. La toux assistée et le désencombrement, techniques associées indispensables à la VNI au long cours# 3. La gestion au quotidien de la VNI au long cours à domicile# 4. La surveillance médicale périodique et l’aggravation de l’état respiratoire# 5. Les limites et les alternatives de la VNI au long cours# 6. Les particularités de la VNI au long cours chez l’enfant#</t>
+  </si>
+  <si>
+    <t>01/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2006 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_334439/fr/modalites-pratiques-de-la-ventilation-non-invasive-en-pression-positive-au-long-cours-a-domicile-dans-les-maladies-neuromusculaires</t>
   </si>
   <si>
     <t>c_334439</t>
   </si>
   <si>
-    <t>Vaccination against the hepatitis B virus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
+    <t>Vaccination contre le virus de l’hépatite B</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'apporter des réponses aux questions suivantes : # 1. Intérêt de santé publique de la vaccination contre le VHB# 2. Évaluation du rapport bénéfices/risques de la vaccination contre le VHB# 3. Populations cibles de la vaccination contre le VHB# 4. Modalités de mise en œuvre de la vaccination contre le VHB# Les recommandations du jury abordent les points suivants :# 1. Données d'incidence et de prévalence de l'infection par le VHB en France# 2. Efficacité de la vaccination contre le VHB# 3. Évaluation des effets secondaires potentiels de la vaccination contre le VHB# 4. Stratégies et actions (stratégies de vaccination et d'information)#</t>
+  </si>
+  <si>
+    <t>02/10/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/fr/vaccination-contre-le-virus-de-l-hepatite-b</t>
   </si>
   <si>
     <t>c_272257</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3148262/en/has-unveils-its-action-plan-for-innovative-medicines</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Permettre un accès sécurisé et accéléré aux innovations médicamenteuses : la HAS reste mobilisée pour les patients</t>
+  </si>
+  <si>
+    <t>Depuis plusieurs années, la HAS, avec sa commission de la transparence (CT), œuvre pour une accélération de la mise à disposition des thérapies innovantes pour les patients. Le dispositif d’autorisation d’accès précoce constitue un levier important pour accélérer l’accès aux traitements présumés innovants et, un an et demi après son démarrage, la HAS en dresse un bilan positif. Elle publie également l’actualisation de la doctrine d’évaluation des médicaments en vue de leur remboursement de droit commun qui décrit les adaptations admises lorsque des essais randomisés contrôlés ne sont pas disponibles ou envisageables.</t>
+  </si>
+  <si>
+    <t>17/02/2023 17:33:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415391/fr/permettre-un-acces-securise-et-accelere-aux-innovations-medicamenteuses-la-has-reste-mobilisee-pour-les-patients</t>
+  </si>
+  <si>
+    <t>p_3415391</t>
+  </si>
+  <si>
+    <t>Tous engagés pour un meilleur usage des antibiotiques</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
+  </si>
+  <si>
+    <t>18/11/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
+  </si>
+  <si>
+    <t>p_3298977</t>
+  </si>
+  <si>
+    <t>Accès à l’innovation :  la HAS encourage les industriels à utiliser le forfait innovation</t>
+  </si>
+  <si>
+    <t>Le forfait innovation est un dispositif qui permet à un industriel d’obtenir un financement de l’étude destinée à établir l’utilité d’un dispositif médical innovant. Il est également ouvert aux sociétés savantes pour de nouveaux actes. Il conjugue ainsi la mise à disposition précoce pour les patients d’une technologie de santé et le recueil des données cliniques nécessaires à démontrer son intérêt en vue de sa prise en charge financière pérenne. Soucieuse de favoriser l’accès à l’innovation, la HAS a rénové la procédure et les modalités pratiques de dépôt des dossiers. Elle ouvre aujourd’hui son portail électronique Sésame et appelle les industriels et les sociétés savantes à recourir davantage au forfait innovation.</t>
+  </si>
+  <si>
+    <t>30/06/2020 14:36:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191909/fr/acces-a-l-innovation-la-has-encourage-les-industriels-a-utiliser-le-forfait-innovation</t>
+  </si>
+  <si>
+    <t>p_3191909</t>
+  </si>
+  <si>
+    <t>La HAS présente son plan d’action pour les médicaments innovants</t>
+  </si>
+  <si>
+    <t>Les innovations médicamenteuses de ces dernières années et des prochaines portent un espoir inédit pour les malades : guérir d’un cancer ou d’une maladie jusque-là incurable.</t>
+  </si>
+  <si>
+    <t>27/01/2020 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148262/fr/la-has-presente-son-plan-d-action-pour-les-medicaments-innovants</t>
   </si>
   <si>
     <t>p_3148262</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+    <t>29 propositions pour que le numérique en santé remplisse ses promesses</t>
+  </si>
+  <si>
+    <t>La révolution numérique est largement engagée dans le champ de la santé, et s’esquisse dans le champ social et médico-social : accès facilité aux soins et aux accompagnements, mobilisation des données, amélioration des pratiques professionnelles et des parcours, recours à l’intelligence artificielle. Autant de promesses qui imposent d’agir dès à présent pour que le numérique apporte des solutions utiles et efficaces. Dans un rapport prospectif qu’elle publie ce jour, la HAS développe 29 propositions pour une mobilisation de tous : usagers, professionnels, industriels et Etat.</t>
+  </si>
+  <si>
+    <t>19/06/2019 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058311/fr/29-propositions-pour-que-le-numerique-en-sante-remplisse-ses-promesses</t>
+  </si>
+  <si>
+    <t>p_3058311</t>
+  </si>
+  <si>
+    <t>Pour un développement de la coopération européenne en matière d’évaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Depuis plus de 10 ans, une coopération volontaire entre des agences d’évaluation des technologies de santé de 28 pays européens s’est mise en place pour répondre au défi de l’évaluation de nouvelles thérapies médicamenteuses ou d’innovations technologiques dont certaines sont extrêmement coûteuses. Soutenue par des programmes communautaires de l’Union Européenne sous forme d’« actions conjointes », cette coopération a mené à la création du réseau EUnetHTA (European Network for Health Technology Assessment). La Haute Autorité de Santé (HAS) organise en partenariat avec la Commission européenne un symposium le vendredi 30 octobre 2015 consacré aux coopérations européennes dans le champs de l'évaluation des technologies de santé (HTA).</t>
+  </si>
+  <si>
+    <t>30/10/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568473/fr/pour-un-developpement-de-la-cooperation-europeenne-en-matiere-d-evaluation-des-technologies-de-sante</t>
+  </si>
+  <si>
+    <t>c_2568473</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé face aux enjeux de la qualité des soins et des coûts</t>
+  </si>
+  <si>
+    <t>A l’occasion de son 10e anniversaire, la Haute Autorité de Santé organise un nouveau colloque sur la régulation par la qualité et l’efficience, cap que s’est fixé l’institution depuis plusieurs années et auquel elle entend associer de plus en plus les patients. Elle entend ainsi animer le débat et montrer ses contributions sur des thématiques majeures à l’heure où le financement de notre système de santé solidaire est bousculé.</t>
+  </si>
+  <si>
+    <t>01/10/2015 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559009/fr/la-haute-autorite-de-sante-face-aux-enjeux-de-la-qualite-des-soins-et-des-couts</t>
+  </si>
+  <si>
+    <t>c_2559009</t>
+  </si>
+  <si>
+    <t>Actions et propositions de la HAS pour la qualité et la sécurité des soins et pour la pérennité du système de santé</t>
+  </si>
+  <si>
+    <t>Depuis un an, la HAS a engagé l’ensemble de ses services dans des chantiers afin d’affirmer sa place dans la régulation par la qualité et l’efficience : avis d’efficience sur les médicaments et dispositifs médicaux les plus innovants, renforcement des critères d’évaluation des établissements de santé et des pratiques médicales et déploiement de parcours de soins ou de programmes d’appui aux équipes sur la gestion des risques. Tous ces chantiers doivent contribuer à la soutenabilité du système de santé. Dans cette optique, la HAS apporte sa contribution aux évolutions de ce système en émettant un avis sur le projet de loi de santé. Elle propose aux pouvoirs publics des amendements et des propositions sur les enjeux et évolutions qu’elle juge primordiaux.</t>
+  </si>
+  <si>
+    <t>29/09/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765072/fr/actions-et-propositions-de-la-has-pour-la-qualite-et-la-securite-des-soins-et-pour-la-perennite-du-systeme-de-sante</t>
+  </si>
+  <si>
+    <t>c_1765072</t>
+  </si>
+  <si>
+    <t>Déclarations des aides versées aux associations de patients par les industriels de santé : la HAS publie les chiffres 2010</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) a la mission de collecter et publier les déclarations des aides versées par les industriels de santé aux associations de patients. Pour la seconde année, ces données sont rendues publiques et accessibles sur le site de la HAS. Pour l’année 2010, les industriels de santé ont déclaré avoir versé 5 millions d’euros à 360 associations de patients en France.</t>
+  </si>
+  <si>
+    <t>18/01/2012 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1191022/fr/declarations-des-aides-versees-aux-associations-de-patients-par-les-industriels-de-sante-la-has-publie-les-chiffres-2010</t>
+  </si>
+  <si>
+    <t>c_1191022</t>
+  </si>
+  <si>
+    <t>La HAS évalue les dispositifs d’automesure dans la surveillance de la coagulation du sang</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a évalué l’intérêt, dans le système de santé français, de rembourser ou non des dispositifs d’automesure de la coagulation du sang chez les patients recevant un traitement anticoagulant par antivitamines K. La HAS recommande ce remboursement chez les enfants. En revanche elle ne le recommande pas chez les adultes dans les conditions actuelles.</t>
+  </si>
+  <si>
+    <t>09/02/2009 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_744911/fr/la-has-evalue-les-dispositifs-d-automesure-dans-la-surveillance-de-la-coagulation-du-sang</t>
+  </si>
+  <si>
+    <t>c_744911</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé - Principes fondateurs, rôle, missions et organisation - Dossier de presse</t>
+  </si>
+  <si>
+    <t>26/01/2005 12:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240543/fr/la-haute-autorite-de-sante-principes-fondateurs-role-missions-et-organisation-dossier-de-presse</t>
+  </si>
+  <si>
+    <t>c_240543</t>
+  </si>
+  <si>
+    <t>Élaboration d’un document d’information à l’intention des patients et des usagers du système de santé</t>
+  </si>
+  <si>
+    <t>14/03/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240670/fr/elaboration-d-un-document-d-information-a-l-intention-des-patients-et-des-usagers-du-systeme-de-sante</t>
+  </si>
+  <si>
+    <t>c_240670</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate – Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque (efficacité, sécurité, qualité de vie du patient) de la curiethérapie à haut débit de dose (HDD) ou à bas débit de dose (BDD) utilisée en complément d’une radiothérapie externe (RTE) par rapport à l’utilisation de la RTE associée à une hormonothérapie, pour le traitement du cancer de la prostate localisé à risque intermédiaire défavorable et à risque élevé de récidive</t>
+  </si>
+  <si>
+    <t>20/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452771/fr/curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>p_3452771</t>
+  </si>
+  <si>
+    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
+  </si>
+  <si>
+    <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit (SHD) ciblé ; ADN tumoral circulant ; panel de gènes ; biopsie liquide ; génétique ; cancer du poumon ; CBNPC ; altérations moléculaires ; EGFR ; KRAS ; BRAF ; RET ; ALK ; ROS1</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (maladies rares et oncogénétique)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué, pour la première fois, la possibilité de remboursement d’une technologie innovante en biologie médicale : le séquençage haut débit ciblé. Cette primo-évaluation couvre un champ particulièrement large, car de très nombreuses situations cliniques seront considérées. Face aux technologies émergentes comme le séquençage haut débit et très haut débit, il devient essentiel de concilier exigence scientifique et réactivité.</t>
+  </si>
+  <si>
+    <t>12/11/2025 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704400/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-maladies-rares-et-oncogenetique</t>
+  </si>
+  <si>
+    <t>p_3704400</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel d’altérations moléculaires dans la prise en charge du myélome multiple</t>
+  </si>
+  <si>
+    <t>Séquençage Haut Débit ciblé (ou NGS ciblé ou SHD ciblé) ; panel d’altérations moléculaires, génétique somatique des cancers, hémopathie maligne</t>
+  </si>
+  <si>
+    <t>21/10/2025 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701474/fr/sequencage-haut-debit-cible-d-un-panel-d-alterations-moleculaires-dans-la-prise-en-charge-du-myelome-multiple</t>
+  </si>
+  <si>
+    <t>p_3701474</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
+  </si>
+  <si>
+    <t>17/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Évaluation de la chirurgie d’exérèse d’une hernie discale lombaire par endoscopie – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole de l’évaluation de la chirurgie d’exérèse d’une hernie discale lombaire par endoscopie L’objectif de cette note de cadrage est de définir le protocole de l’évaluation à venir portant sur la chirurgie d’exérèse d’une hernie discale lombaire par endoscopie. La demande d’évaluation émane du Conseil National Professionnel (CNP) de neurochirurgie. Ce dernier a sollicité la HAS afin qu’elle évalue la chirurgie d’exérèse d’une hernie discale lombaire par voie endoscopique interlamaire, en vue de son remboursement par l’Assurance maladie. Le CNP met en avant les avantages théoriques de cette technique, liés notamment à son caractère mini invasif par rapport aux chirurgies standards actuellement prises en charge par l’Assurance maladie qui sont la chirurgie ouverte et la microdiscectomie (à ciel ouvert ou tubulaire).</t>
+  </si>
+  <si>
+    <t>28/07/2025 14:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638392/fr/evaluation-de-la-chirurgie-d-exerese-d-une-hernie-discale-lombaire-par-endoscopie-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3638392</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de gestion des risques des actes à visée esthétique (hors actes chirurgicaux) – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Élaboration d’un guide méthodologique de gestion des risques appliqué aux actes à visée esthétique non chirurgicaux, en réponse aux évolutions du secteur et aux besoins de régulation</t>
+  </si>
+  <si>
+    <t>14/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2025 10:58:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607306/fr/guide-methodologique-de-gestion-des-risques-des-actes-a-visee-esthetique-hors-actes-chirurgicaux-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3607306</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (ou NGS ou SHD) ; panel de gènes ; génétique ; tumeur stromale gastro-intestinale ; GIST ; sarcome ; sarcome des tissus mous ; maladie rare ; cancer ; appareil digestif ; tissu conjonctif ; altérations moléculaires ; KIT ; PDGFRA ; NTRK</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
+    <t>Principes d’évaluation des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale de pathologies infectieuses</t>
+  </si>
+  <si>
+    <t>Principe d’évaluations des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale de pathologies infectieuses, détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation.</t>
+  </si>
+  <si>
+    <t>10/04/2025 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601292/fr/principes-d-evaluation-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-de-pathologies-infectieuses</t>
+  </si>
+  <si>
+    <t>p_3601292</t>
+  </si>
+  <si>
+    <t>Activité des techniques d’amplification des acides nucléiques simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Enquête de pratique sur les techniques d’amplification des acides nucléiques (TAAN) simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>24/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598864/fr/activite-des-techniques-d-amplification-des-acides-nucleiques-simplex-et-multiplex-en-infectiologie-financees-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3598864</t>
+  </si>
+  <si>
+    <t>Réévaluation des modalités de prise en charge des dispositifs de PPC et des prestations associées dans le traitement du SAHOS - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs principaux de ce travail sont d’actualiser les modalités de prise en charge des dispositifs à pression positive continue (PPC) et des prestations associées dans le traitement du syndrome d’apnées-hypopnées obstructives du sommeil (SAHOS) au regard des recommandations professionnelles existantes et des études cliniques disponibles en proposant, le cas échéant : une mise à jour des indications et/ou des conditions de prescription et d’utilisations des dispo-sitifs de PPC dans la prise en charge du SAHOS, ainsi que des prestations associées; une mise à jour des populations cibles ; la mise en place d’une nomenclature permettant de dissocier les dispositifs de PPC et les prestations qui leurs sont associées.</t>
+  </si>
+  <si>
+    <t>17/03/2025 17:02:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597587/fr/reevaluation-des-modalites-de-prise-en-charge-des-dispositifs-de-ppc-et-des-prestations-associees-dans-le-traitement-du-sahos-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3597587</t>
+  </si>
+  <si>
+    <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3491330</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Évaluation de l’acte de nécrosectomie par voie d’abord endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
+  </si>
+  <si>
+    <t>Acte mini-invasif de nécrosectomie par voie d’abord endoscopique transluminale transmurale (transgastrique ou transduodénale), dans le traitement de la pancréatite aiguë nécrosante, en cas d’absence d’amélioration clinique après drainage.</t>
+  </si>
+  <si>
+    <t>16/12/2024 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498436/fr/evaluation-de-l-acte-de-necrosectomie-par-voie-d-abord-endoscopique-transluminale-dans-le-traitement-de-la-pancreatite-aigue-necrosante</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
-    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+  </si>
+  <si>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplifications des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Techniques d’amplifications des acides nucléiques (TAAN) ; Polymerase chain reaction (PCR) ; multiplex ; infections gastro-intestinales ; IGI ; diarrhée aiguë ; diagnostic étiologique ; agents pathogènes ; agents infectieux ; bactéries ; parasites ; virus ; composition des panels ; algorithme décisionnel ; performances diagnostiques ; conditions de réalisation</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557049/fr/interet-des-techniques-d-amplifications-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3557049</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Next generation sequencing gene panel for medical lung cancer care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Réévaluation des modalités de prise en charge des dispositifs de perfusion à domicile et prestations associées inscrits sur la liste des produits et prestations - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs sont d’actualiser les conditions de prise en charge de ces dispositifs inscrits sur la LPPR, à savoir : Les conditions de prescription et d’utilisation ; Les prestations ; La population cible au regard des recommandations professionnelles existantes et des études cliniques disponibles sur ces catégories de dispositifs.</t>
+  </si>
+  <si>
+    <t>10/10/2024 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546888/fr/reevaluation-des-modalites-de-prise-en-charge-des-dispositifs-de-perfusion-a-domicile-et-prestations-associees-inscrits-sur-la-liste-des-produits-et-prestations-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3546888</t>
+  </si>
+  <si>
+    <t>Systèmes de mesure du glucose interstitiel, couplés ou non à une pompe à insuline et systèmes de boucle semi-fermée pour la gestion automatisée du diabète</t>
+  </si>
+  <si>
+    <t>La prise en charge des dispositifs médicaux dans le domaine de la diabétologie a fortement évolué au cours de ces dernières années, avec l’émergence de nouveaux systèmes connectés destinés aux patients diabétiques.</t>
+  </si>
+  <si>
+    <t>24/09/2024 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3464743/fr/systemes-de-mesure-du-glucose-interstitiel-couples-ou-non-a-une-pompe-a-insuline-et-systemes-de-boucle-semi-fermee-pour-la-gestion-automatisee-du-diabete</t>
+  </si>
+  <si>
+    <t>p_3464743</t>
+  </si>
+  <si>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon - Recherche des altérations moléculaires somatiques</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>23/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon-recherche-des-alterations-moleculaires-somatiques</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
   <si>
-    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique des cancers pour la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>Principe d’évaluations des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation</t>
+  </si>
+  <si>
+    <t>05/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536272/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-somatique-des-cancers</t>
+  </si>
+  <si>
+    <t>p_3536272</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>2023 update: clinical utility of genomic signatures in early-stage HR-positive/HER2-negative breast cancer - InaHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
+    <t>Critères d’éligibilité des centres implantant des TAVIs (évaluation de 2023)</t>
+  </si>
+  <si>
+    <t>Depuis 2011, la HAS a réalisé plusieurs évaluations des critères d’éligibilité des centres pratique la pose des bioprothèses valvulaires aortiques par voie transcathéter, aussi appelées TAVIs.</t>
+  </si>
+  <si>
+    <t>11/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2024 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403886/fr/criteres-d-eligibilite-des-centres-implantant-des-tavis-evaluation-de-2023</t>
+  </si>
+  <si>
+    <t>p_3403886</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Actualisation 2023 : utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce</t>
+  </si>
+  <si>
+    <t>Ce travail est une actualisation du précédent rapport d’évaluation de 2019 portant sur l’utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce. Ces tests sont revendiqués comme étant pronostiques et/ou prédictifs de l’efficacité de la chimiothérapie adjuvante (CTA). Dans les deux cas, ils permettraient de sursoir à une CTA inutile en cas de score génomique favorable</t>
+  </si>
+  <si>
+    <t>19/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
   </si>
   <si>
     <t>p_3453213</t>
   </si>
   <si>
-    <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
+    <t>Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de se prononcer sur l’intérêt médical de recourir à des tests rapides d’orientation diagnostique, dits TROD, pour rechercher en contexte de ville (typiquement au cours d’une consultation en cabinet médical) les principaux virus responsables d’infections respiratoires aiguës susceptibles de co-circuler de façon épidémique en période hivernale, en l’espèce le VRS, les virus influenza et le SARS-CoV-2, respectivement responsables de la majorité des bronchiolites, de la grippe et de la COVID-19</t>
+  </si>
+  <si>
+    <t>01/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444489/fr/interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
+  </si>
+  <si>
+    <t>p_3444489</t>
+  </si>
+  <si>
+    <t>Expérimentation concernant l’évaluation de l’impact budgétaire des dispositifs médicaux numériques</t>
+  </si>
+  <si>
+    <t>La HAS met en place une expérimentation donnant la possibilité aux industriels volontaires de valoriser l’effet de leurs dispositifs médicaux numériques (DMN) sur l’organisation du système de santé. Ils devront accompagner d’une analyse d’impact budgétaire leur demande d’inscription ou de renouvellement d’inscription sur la liste des produits et prestations remboursables. Cette expérimentation permettra aux industriels de fournir ensuite au comité économique des produits de santé (CEPS) une analyse d’impact budgétaire validée par la commission d’évaluation économique et de santé publique (CEESP) et valorisant les économies générées des données concrètes afin de définir la plus juste tarification possible de leur innovation.</t>
+  </si>
+  <si>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423250/fr/experimentation-concernant-l-evaluation-de-l-impact-budgetaire-des-dispositifs-medicaux-numeriques</t>
+  </si>
+  <si>
+    <t>p_3423250</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Pansements pour plaies suturées, à la suite d’une intervention chirurgicale - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré cette fiche de bon usage à la demande de la Caisse Nationale d’Assurance Maladie afin de compléter la fiche intitulée « Les pansements : Indications et utilisations recommandées », qui ne détaillait pas les stratégies et les pansements recommandés sur une plaie suturée après une chirurgie.</t>
+  </si>
+  <si>
+    <t>01/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394796/fr/pansements-pour-plaies-suturees-a-la-suite-d-une-intervention-chirurgicale-fiche-buts</t>
+  </si>
+  <si>
+    <t>p_3394796</t>
+  </si>
+  <si>
+    <t>Réévaluation des défibrillateurs cardiaques automatiques implantables avec sonde(s) endocavitaire(s)</t>
+  </si>
+  <si>
+    <t>Réévaluation de la nomenclature des défibrillateurs automatiques implantables avec sonde(s) endocavitaire(s) avec actualisation des spécifications techniques minimales et des modalités de prescription et d’utilisation de ces dispositifs par rapport à la dernière évaluation réalisée en 2015.</t>
+  </si>
+  <si>
+    <t>07/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279467/fr/reevaluation-des-defibrillateurs-cardiaques-automatiques-implantables-avec-sonde-s-endocavitaire-s</t>
+  </si>
+  <si>
+    <t>p_3279467</t>
+  </si>
+  <si>
+    <t>Télésurveillance médicale : référentiels des fonctions et organisations des soins</t>
+  </si>
+  <si>
+    <t>La HAS publie un référentiel pour les solutions de télésurveillance pour chacune des cinq pathologies suivantes : patients diabétiques, insuffisants cardiaques chroniques, insuffisants rénaux chroniques, insuffisants respiratoires chroniques et porteurs de prothèses cardiaques implamtables à visée thérapeutique. Ces référentiels permettront aux industriels et aux professionnels de santé de se préparer, en vue de l’entrée en vigueur du remboursement de droit commun des activités de télésurveillance, en ayant connaissance des exigences techniques et organisationnelles, retenues par la HAS.</t>
+  </si>
+  <si>
+    <t>18/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/01/2022 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311071/fr/telesurveillance-medicale-referentiels-des-fonctions-et-organisations-des-soins</t>
+  </si>
+  <si>
+    <t>p_3311071</t>
+  </si>
+  <si>
+    <t>Évaluation des tests antigéniques salivaires pour la détection du SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Evaluer les performances diagnostiques des tests antigéniques rapides (TROD/TRD) sur prélèvement salivaire dans la stratégie de détection précoce du virus SARS-CoV-2 réalisée par autotest ou sous la supervision d’un professionnel chez des individus cas-contacts ou en situation de dépistage, en particulier chez l’enfant de moins de 12 ans et en population générale.</t>
+  </si>
+  <si>
+    <t>17/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2022 13:59:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318231/fr/evaluation-des-tests-antigeniques-salivaires-pour-la-detection-du-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3318231</t>
+  </si>
+  <si>
+    <t>Évaluation de la compatibilité IRM des dispositifs médicaux implantables par la CNEDiMTS</t>
+  </si>
+  <si>
+    <t>L’imagerie par résonance magnétique (IRM), examen d’imagerie médicale de référence dans de nombreuses pathologies, est en constante augmentation ces dernières années et de nombreuses avancées technologiques permettent d’améliorer cette technique. Afin de s’adapter à ces innovations, les dispositifs médicaux implantables (DMI) doivent faire évoluer leurs caractéristiques de compatibilité à un examen par IRM. Dans un objectif de clarification de ses attentes sur l’évaluation de la compatibilité IRM des DMI dans les dossiers déposés, la HAS s’est saisie de cette problématique afin de mieux prendre en compte la compatibilité IRM dans son évaluation des DMI.</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/fr/evaluation-de-la-compatibilite-irm-des-dispositifs-medicaux-implantables-par-la-cnedimts</t>
   </si>
   <si>
     <t>p_3264825</t>
   </si>
   <si>
-    <t>Detection of high-risk human papilloma virus (HPV) RNA as part of primary prevention of cervical cancer - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305614/en/detection-of-high-risk-human-papilloma-virus-hpv-rna-as-part-of-primary-prevention-of-cervical-cancer-inahta-brief</t>
+    <t>Détection de l’ARN des papillomavirus humain (HPV) à haut risque dans le cadre du dépistage primaire du cancer du col utérin</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la place de la détection de l’ARN de HPV dans le dépistage primaire des lésions précancéreuses du col utérin, chez les femmes de 30 à 65 ans, par rapport à la détection de l’ADN de HPV. L’ensemble des données recueillies permet de considérer que les performances diagnostiques du test HPV à ARN réalisé sur prélèvement clinicien sont aujourd’hui considérées comme non différentes de celles du test HPV à ADN. Son utilisation pour le dépistage primaire du cancer du col utérin est donc justifiée, sous réserves de certaines conditions (la présence obligatoire d'un contrôle cellulaire interne et des milieux de transport et conservation du prélèvement compatibles avec la majorité des tests disponibles sur le marché et permettant la réalisation d'une cytologie réflexe).</t>
+  </si>
+  <si>
+    <t>16/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305614/fr/detection-de-l-arn-des-papillomavirus-humain-hpv-a-haut-risque-dans-le-cadre-du-depistage-primaire-du-cancer-du-col-uterin</t>
   </si>
   <si>
     <t>p_3305614</t>
   </si>
   <si>
-    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Évaluation clinique de l’hystérectomie robot-assistée pour pathologie bénigne – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’hystérectomie robot-assistée pour le traitement des pathologies bénignes comparativement à la coelioscopie conventionnelle. Cette évaluation a pour objectif d’apprécier l’inscription à la classification commune des actes médicaux de cette technologie de santé et la pertinence de sa prise en charge par l’Assurance maladie. Le rapport d’évaluation, qui s’adresse aux professionnels de santé et aux patientes concernés, ainsi qu’à l’Assurance maladie, a été réalisé selon une procédure rapide consistant en une analyse de la littérature scientifique et le recueil du point de vue des professionnels de santé et des associations de patientes.</t>
+  </si>
+  <si>
+    <t>09/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194819/fr/evaluation-clinique-de-l-hysterectomie-robot-assistee-pour-pathologie-benigne-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3194819</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Élaboration de cahiers des charges (fonctions et organisation des soins) pour certains dispositifs médicaux utilisés à des fins de télésurveillance - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La télésurveillance médicale fait l’objet depuis 2014 d’un financement au titre des Expérimentations de la Télémédecine pour l’Amélioration des Parcours en Santé (ETAPES) dans 5 aires thérapeutiques : Patients insuffisants respiratoires chroniques Patients insuffisants cardiaques chroniques Patients insuffisants rénaux chroniques Patients diabétiques Patients porteurs de prothèses cardiaques implantables à visée thérapeutique. La fin de ce programme est prévue au 31/12/2021. Le ministère a saisi la CNEDIMTS afin qu’elle construise des cahiers des charges des fonctions et organisation des soins nécessaires pour les solutions de télésurveillance concernées permettant d’envisager leur prise en charge d’emblée sans évaluation de chaque dispositif médical par la CNEDiMTS. L’enjeu de ce projet est de contribuer à la sortie des expérimentations ETAPES et de permettre aux patients de bénéficier de ces solutions de télésurveillance à l’issue de ces expérimentations.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/09/2021 12:20:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285500/fr/elaboration-de-cahiers-des-charges-fonctions-et-organisation-des-soins-pour-certains-dispositifs-medicaux-utilises-a-des-fins-de-telesurveillance-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3285500</t>
+  </si>
+  <si>
+    <t>Évolutions incrémentales des dispositifs médicaux : évaluation par la CNEDiMTS selon leur impact</t>
+  </si>
+  <si>
+    <t>Le secteur des dispositifs médicaux (DM) est marqué par un fort dynamisme. Dans les dossiers qui lui sont soumis pour évaluation, la CNEDiMTS doit donc très souvent se prononcer sur des demandes correspondant à des évolutions incrémentales de dispositifs médicaux qu’elle a précédemment évalués. Dans ces situations, la CNEDIMTS a défini, pour chaque type d’évolution incrémentale, un niveau d’impact et les informations ou les données attendues en fonction de chacun d’entre eux. L’objectif de ce travail est de donner aux industriels souhaitant déposer une demande de prise en charge de leur dispositif médical une meilleure visibilité sur les attentes de la CNEDiMTS.</t>
+  </si>
+  <si>
+    <t>07/04/2021 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259556/fr/evolutions-incrementales-des-dispositifs-medicaux-evaluation-par-la-cnedimts-selon-leur-impact</t>
+  </si>
+  <si>
+    <t>p_3259556</t>
+  </si>
+  <si>
+    <t>Intégration de la cartographie relative à l'impact organisationnel (IO) dans les critères d’évaluation de la CNEDiMTS - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Afin que l’impact organisationnel puisse être documenté lors d’un dépôt de dossier d’évaluation d’un produit de santé, la Haute autorité de santé (HAS) a publié une cartographie qui vise à la fois à définir ces impacts organisationnels et à proposer des critères permettant d’en mesurer les effets ou de les argumenter, au travers d’un guide méthodologique. La cartographie élaborée ne présage pas de la façon dont l’évaluation des impacts organisationnels d’une technologie de santé sera prise en compte au sein de chaque commission de la HAS (CNEDiMTS, CEESP, CT) et par le Collège. La CNEDiMTS s’est donc auto-saisie afin d’intégrer cette cartographie des impacts organisationnels dans ses évaluations.</t>
+  </si>
+  <si>
+    <t>30/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2021 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259114/fr/integration-de-la-cartographie-relative-a-l-impact-organisationnel-io-dans-les-criteres-d-evaluation-de-la-cnedimts-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3259114</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Organisational impact map for health technology assessment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2902770/en/organisational-impact-map-for-health-technology-assessment</t>
+    <t>Évaluation des endoprothèses aortiques abdominales utilisées pour le traitement des anévrismes de l’aorte abdominale sous-rénale non rompus</t>
+  </si>
+  <si>
+    <t>À la suite de la publication des résultats à long terme des essais contrôlés randomisés, des recommandations les plus récentes de l’European Society for Vascular Surgery et du NICE, la HAS a réévalué les conditions de remboursement des endoprothèses aortiques abdominales (EPA).</t>
+  </si>
+  <si>
+    <t>01/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/03/2021 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106805/fr/evaluation-des-endoprotheses-aortiques-abdominales-utilisees-pour-le-traitement-des-anevrismes-de-l-aorte-abdominale-sous-renale-non-rompus</t>
+  </si>
+  <si>
+    <t>p_3106805</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Cartographie des impacts organisationnels pour l’évaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pour mieux documenter l’impact organisationnel lors d’une demande d’évaluation d’un médicament, d'un dispositif médical ou d'un acte professionnel, la HAS a élaboré un guide méthodologique. Il établit une cartographie permettant de définir les impacts organisationnels induits par les technologies de santé et propose aussi des critères pour en mesurer les effets.</t>
+  </si>
+  <si>
+    <t>31/12/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902770/fr/cartographie-des-impacts-organisationnels-pour-l-evaluation-des-technologies-de-sante</t>
   </si>
   <si>
     <t>c_2902770</t>
   </si>
   <si>
-    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Réévaluation des critères d’éligibilité des centres implantant des bioprothèses valvulaires aortiques par voie artérielle transcutanée ou par voie transapicale (2020)</t>
+  </si>
+  <si>
+    <t>La commission a procédé à la réévaluation des critères d’éligibilité des centres implantant des bioprothèses valvulaires aortiques par voie artérielle transcutanée ou par voie transapicale (2020)</t>
+  </si>
+  <si>
+    <t>12/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2020 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217856/fr/reevaluation-des-criteres-d-eligibilite-des-centres-implantant-des-bioprotheses-valvulaires-aortiques-par-voie-arterielle-transcutanee-ou-par-voie-transapicale-2020</t>
+  </si>
+  <si>
+    <t>p_3217856</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests de détection antigénique du virus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>La stratégie de lutte contre la COVID-19 repose aujourd’hui sur la réalisation massive de tests virologiques RT-PCR sur prélèvement nasopharyngé, pour les personnes symptomatiques et leurs contacts, ainsi que, plus largement en population générale, afin de détecter et rompre les chaines de transmission. L'évolution des connaissances et des technologies permet d'envisager une adaptation de ce dispositif, notamment par l'utilisation de tests rapides de détection antigénique du SARS-CoV-2. En effet, ces tests permettraient d'obtenir un résultat en moins de 30 minutes tout en offrant une plus grande souplesse d'utilisation et un usage en dehors des murs du laboratoire de biologie médicale. Suite à la saisine par le ministre des Solidarités et de la Santé, la HAS a établi les critères d'acceptation des différents tests disponibles sur le marché et proposer les meilleurs scénarios d'utilisation des tests antigéniques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/fr/revue-rapide-sur-les-tests-de-detection-antigenique-du-virus-sars-cov-2</t>
   </si>
   <si>
     <t>p_3213483</t>
   </si>
   <si>
-    <t>Nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3169291/en/nasal-nitric-oxide-no-measurement-as-a-diagnostic-test-for-primary-ciliary-dyskinesia-pcd-inahta-brief</t>
+    <t>Mesure du monoxyde d’azote (NO) nasal pour le diagnostic de dyskinésie ciliaire primitive</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation des technologies de santé est d’évaluer les performances diagnostiques et l’utilité clinique de la mesure du NO nasal pour le diagnostic de la dyskinésie ciliaire primitive. Il s’agit aussi de décrire les conditions de réalisation de cette mesure, en vue de son inscription à la classification commune des actes médicaux (CCAM).</t>
+  </si>
+  <si>
+    <t>10/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169291/fr/mesure-du-monoxyde-d-azote-no-nasal-pour-le-diagnostic-de-dyskinesie-ciliaire-primitive</t>
   </si>
   <si>
     <t>p_3169291</t>
   </si>
   <si>
-    <t>05/14/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 18/05/2020] La HAS définit les critères de qualité et d’exigence des tests sérologiques, à partir des dernières données scientifiques et médicales disponibles à ce jour pour faciliter leur développement et l’évaluation de leur fiabilité.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
   </si>
   <si>
     <t>p_3179992</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Dispositifs médicaux de compression, de type bandes sèches</t>
+  </si>
+  <si>
+    <t>Actualisation de l’évaluation des bandes de compression/contention médicale publiée par la HAS en 2010. Le périmètre du sujet traité est limité aux bandes sèches à allongement long utilisées seules dans la prise en charge de l’ulcère veineux actif et du lymphœdème et aux bandages multi-type incluant des bandes sèches à allongement long dans la prise en charge de l’ulcère veineux actif.</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2020 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118302/fr/dispositifs-medicaux-de-compression-de-type-bandes-seches</t>
+  </si>
+  <si>
+    <t>p_3118302</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
+    <t>Test d’amplification des acides nucléiques pour le diagnostic biologique de l’infection par le virus du Nil occidental - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Test d’amplification des acides nucléiques pour le diagnostic biologique de l’infection par le virus du Nil occidental, ou West Nile Virus (WNV)</t>
+  </si>
+  <si>
+    <t>29/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913452/fr/test-d-amplification-des-acides-nucleiques-pour-le-diagnostic-biologique-de-l-infection-par-le-virus-du-nil-occidental-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>c_2913452</t>
+  </si>
+  <si>
+    <t>Spécificités méthodologiques d’évaluation clinique des dispositifs médicaux connectés</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS évalue des dispositifs médicaux connectés ayant des finalités d’usage multiples. Leurs caractéristiques techniques, notamment la rapidité d’évolution de ces solutions technologiques et les interactions multiples qu’elles permettent entre patients, aidants, soignants et autres dispositifs médicaux ou objets, l’intégration de systèmes experts (apprenants ou non) traitant les données imposent un questionnement sur les méthodes les plus appropriées pour leur évaluation clinique.</t>
+  </si>
+  <si>
+    <t>29/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2019 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845863/fr/specificites-methodologiques-d-evaluation-clinique-des-dispositifs-medicaux-connectes</t>
+  </si>
+  <si>
+    <t>c_2845863</t>
+  </si>
+  <si>
+    <t>Utilité clinique des signatures génomiques dans le cancer du sein de stade précoce - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’utilité clinique de chacune des quatre signatures génomiques prises en charge de façon dérogatoire dans le cadre du Référentiel des actes innovants hors nomenclatures (RIHN) pour guider la décision d’administrer une chimiothérapie adjuvante en cas de cancer du sein de stade précoce</t>
+  </si>
+  <si>
+    <t>09/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/fr/utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-de-stade-precoce-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_2748998</t>
   </si>
   <si>
-    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’œsophage</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’œsophage jugé à faible risque d’envahissement ganglionnaire, en comparaison à l’œsophagectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-oesophage</t>
   </si>
   <si>
     <t>c_2853386</t>
   </si>
   <si>
-    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer les complications de l’acte de cryolipolyse à visée esthétique, technique externe de lipolyse basée sur le froid, utilisée localement sur des zones de bourrelets de graisse sous-cutanée (abdomen, cuisses, flancs, bras, sous-menton, pectoraux). Cette évaluation est menée afin de répondre à la Direction générale de la santé sur l’éventuelle dangerosité que pourrait présenter cette technique</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2865012</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des orthèses plantaires et des coques talonnières</t>
+  </si>
+  <si>
+    <t>En s’appuyant essentiellement sur la position du groupe de travail, compte tenu du caractère parcellaire et des limites de la littérature disponible, la CNEDiMTS confirme l’intérêt des orthèses plantaires sur mesure, ainsi que celui des coques talonnières.</t>
+  </si>
+  <si>
+    <t>17/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849694/fr/evaluation-des-ortheses-plantaires-et-des-coques-talonnieres</t>
+  </si>
+  <si>
+    <t>c_2849694</t>
+  </si>
+  <si>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+    <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
   </si>
   <si>
     <t>c_2641074</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Systèmes de télésurveillance pour défibrillateurs cardiaques automatiques implantables</t>
+  </si>
+  <si>
+    <t>La Commission a réalisé une évaluation technologique incluant l’ensemble des systèmes de télésurveillance de DAI (CARELINK, HOME MONITORING, LATITUDE NXT, MERLIN.NET, SMARTVIEW).</t>
+  </si>
+  <si>
+    <t>03/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/08/2017 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790581/fr/systemes-de-telesurveillance-pour-defibrillateurs-cardiaques-automatiques-implantables</t>
+  </si>
+  <si>
+    <t>c_2790581</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs de drainage et de recueil des urines et des selles</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’analyse de la littérature, dont la CNEDiMTS souligne le manque de recommandations professionnelles et d’études cliniques comparatives bien conduites, ainsi que sur la position du groupe de travail, fondée essentiellement sur la pratique des participants, la Commission recommande la modification de la nomenclature actuelle relative aux dispositifs médicaux cités ci-dessus.</t>
+  </si>
+  <si>
+    <t>01/06/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2017 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775413/fr/evaluation-des-dispositifs-de-drainage-et-de-recueil-des-urines-et-des-selles</t>
+  </si>
+  <si>
+    <t>c_2775413</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>03/01/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Assessment of endocavitary ablation of tachycardia by cryotherapy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653644/en/assessment-of-endocavitary-ablation-of-tachycardia-by-cryotherapy-inahta-brief</t>
+    <t>Ciments avec ou sans antibiotiques pour la fixation des implants articulaires</t>
+  </si>
+  <si>
+    <t>Le ciment chirurgical est utilisé pour la fixation d’implants articulaires tels que la hanche, le genou, l’épaule, la cheville et le coude.</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2017 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607290/fr/ciments-avec-ou-sans-antibiotiques-pour-la-fixation-des-implants-articulaires</t>
+  </si>
+  <si>
+    <t>c_2607290</t>
+  </si>
+  <si>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Évaluation de l’ablation endocavitaire des tachycardies par cryothérapie</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la technique d’ablation endocavitaire par cryothérapie dans la prise en charge des tachycardies, notamment par rapport à la radiofréquence, afin de déterminer si elle représente une modalité valide de traitement et de préciser si elle peut être utilisée dans les mêmes indications que la radiofréquence</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653644/fr/evaluation-de-l-ablation-endocavitaire-des-tachycardies-par-cryotherapie</t>
   </si>
   <si>
     <t>c_2653644</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Reassessment of bone substitutes</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+    <t>Implants du rachis - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage a pour objectifs : de préciser le contexte et les objectifs de l’évaluation ; de présenter la méthode de travail retenue et le calendrier prévisionnel.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2012 18:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242588/fr/implants-du-rachis-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1242588</t>
+  </si>
+  <si>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Sièges pouvant être adaptés sur un châssis à roulettes</t>
+  </si>
+  <si>
+    <t>Des nouvelles conditions de prise en charge des « Sièges pouvant être adaptés sur un châssis à roulettes » ont été définies par la HAS dans le cadre de la révision des catégories homogènes de produits. Deux catégories de sièges étaient concernées par cette révision : - « Siège coquille de série »; - « Siège de série modulable et évolutif ».</t>
+  </si>
+  <si>
+    <t>08/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062309/fr/sieges-pouvant-etre-adaptes-sur-un-chassis-a-roulettes</t>
+  </si>
+  <si>
+    <t>c_2062309</t>
+  </si>
+  <si>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
+  </si>
+  <si>
+    <t>Ce rapport présente l'évaluation de la HAS concernant l'utilisation de la radiothérapie conformationnelle avec modulation d’intensité dans le traitement du cancer du canal anal.</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
   </si>
   <si>
     <t>c_1364144</t>
   </si>
   <si>
-    <t>Assessment of the safety and conditions for conducting autologous fat grafting in reconstructive, restorative and cosmetic breast surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1778570/en/assessment-of-the-safety-and-conditions-for-conducting-autologous-fat-grafting-in-reconstructive-restorative-and-cosmetic-breast-surgery-inahta-brief</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation de la sécurité et des conditions de réalisation de l’autogreffe de tissu adipeux dans la chirurgie reconstructrice, réparatrice et esthétique du sein</t>
+  </si>
+  <si>
+    <t>Evaluation de la sécurité et des conditions de réalisation de l’autogreffe de tissu adipeux dans la chirurgie reconstructrice, réparatrice et esthétique du sein</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778570/fr/evaluation-de-la-securite-et-des-conditions-de-realisation-de-l-autogreffe-de-tissu-adipeux-dans-la-chirurgie-reconstructrice-reparatrice-et-esthetique-du-sein</t>
   </si>
   <si>
     <t>c_1778570</t>
   </si>
   <si>
-    <t>Hip implants – November 2014</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2006405/en/hip-implants-november-2014</t>
+    <t>Évaluation des postiches pour homme et femme</t>
+  </si>
+  <si>
+    <t>Des nouvelles conditions de prise en charge des prothèses capillaires ont été définies par la HAS dans le cadre de la révision des catégories homogènes de produits. Ce travail fait également suite au 3ème plan Cancer couvrant la période 2014-2019, qui vise notamment à réduire les conséquences économiques du cancer en revalorisant le tarif de remboursement des prothèses capillaires. A l’issue de l’évaluation, la CNEDiMTS a émis des recommandations qui ont été transmises au CEPS en vue de l’élaboration de la nomenclature et de la tarification définitives.</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2015 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774778/fr/evaluation-des-postiches-pour-homme-et-femme</t>
+  </si>
+  <si>
+    <t>c_1774778</t>
+  </si>
+  <si>
+    <t>Évaluation des Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>Un projet de nouvelle nomenclature reprenant les recommandations de la Commission a été publié au Journal Officiel en 2013 à l’issue de la négociation économique menée par le Comité économique des produits de santé (CEPS). Cette publication a ouvert la phase contradictoire avec les industriels et les professionnels de santé concernés. A l'issue de cette phase, la CNEDiMTS s'est prononcée sur ces observations.</t>
+  </si>
+  <si>
+    <t>18/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/fr/evaluation-des-protheses-de-hanche</t>
   </si>
   <si>
     <t>c_2006405</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col de l’utérus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer les données de sécurité et d’efficacité cliniques du traitement du cancer de col de l’utérus par Radiothérapie conformationnelle avec modulation d’intensité (RCMI), en vue de sa prise en charge par l’Assurance Maladie, le comparateur étant la radiothérapie conformationnelle en trois dimensions (RTC-3D).</t>
+  </si>
+  <si>
+    <t>17/03/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
-    <t>ASSESSMENT OF THORACIC EXPANSION AND ASSISTED COUGHING DEVICES</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1778518/en/assessment-of-thoracic-expansion-and-assisted-coughing-devices</t>
+    <t>Forfait hebdomadaire 7 : forfait de mobilisation thoracique et d’aide à la toux - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les deux types de dispositifs médicaux (in-exsufflateurs et relaxateurs de pression) permettant la mobilisation thoracique et l’aide à la toux ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>04/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/12/2014 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778518/fr/forfait-hebdomadaire-7-forfait-de-mobilisation-thoracique-et-d-aide-a-la-toux-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1778518</t>
   </si>
   <si>
-    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
+    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>La Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) a effectué la révision des dispositifs médicaux et prestations associées pour le traitement de l’apnée du sommeil inscrits à la liste des produits et prestations remboursables (LPPR). En parallèle, à la demande du Comité économique des produits de santé, une évaluation économique des traitements de l’apnée du sommeil a été réalisée par la Commission évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761818/fr/evaluation-clinique-et-economique-des-dispositifs-medicaux-et-prestations-associees-pour-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos</t>
+  </si>
+  <si>
+    <t>c_1761818</t>
+  </si>
+  <si>
+    <t>Évaluation des sièges pouvant être adaptés sur un châssis à roulettes - Feuille de route</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774791/fr/evaluation-des-sieges-pouvant-etre-adaptes-sur-un-chassis-a-roulettes-feuille-de-route</t>
+  </si>
+  <si>
+    <t>c_1774791</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Assessment of spinal cord stimulation - March 2014</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1351767/en/assessment-of-spinal-cord-stimulation-march-2014</t>
+    <t>Évaluation des systèmes implantables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réaliser une évaluation de l’efficacité et de la sécurité des systèmes implantables de neurostimulation médullaire destinés au traitement des douleurs chroniques et actualiser leurs indications, leur place dans la stratégie thérapeutique et les conditions de réalisation de la technique. Cette évaluation clarifie également les données cliniques minimales attendues par la Commission Nationale d’Evaluation des Dispositifs Médicaux et des Technologies de Santé (CNEDiMTS) pour toute demande de remboursement de nouveau système qui lui serait soumise.</t>
+  </si>
+  <si>
+    <t>01/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/fr/evaluation-des-systemes-implantables-de-neurostimulation-medullaire</t>
   </si>
   <si>
     <t>c_1351767</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Occlusion de grande veine saphène  par radiofréquence par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure radiofréquence par comparaison à la technique de référence (crossectomie éveinage de la grande veine saphène)</t>
+  </si>
+  <si>
+    <t>20/12/2013 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713341/fr/occlusion-de-grande-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1713341</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Assessment of elbow joint implants</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1528391/en/assessment-of-elbow-joint-implants</t>
+    <t>Évaluation des vêtements compressifs sur mesure pour grands brûlés</t>
+  </si>
+  <si>
+    <t>Les vêtements compressifs sur mesure pour grands brûlés exercent localement une pression continue au cours de la cicatrisation. Ils sont destinés à éviter l’apparition de cicatrices hypertrophiques ou rétractiles, à en améliorer l’aspect ou à réduire l’intensité des signes fonctionnels liés à la phase inflammatoire, après une brûlure avec atteinte du derme (ou le cas échéant un traumatisme assimilable à cette situation).</t>
+  </si>
+  <si>
+    <t>24/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2013 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648783/fr/evaluation-des-vetements-compressifs-sur-mesure-pour-grands-brules</t>
+  </si>
+  <si>
+    <t>c_1648783</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses totales de hanche à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>L’objectif est de réévaluer l’intérêt des prothèses totales de hanche à couple de frottement métal-métal inscrites sous nom de marque sur la liste des produits et prestations remboursables (LPPR) afin de déterminer si leur prise en charge par la collectivité reste justifiée.</t>
+  </si>
+  <si>
+    <t>01/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2013 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251608/fr/evaluation-des-protheses-totales-de-hanche-a-couple-de-frottement-metal-metal</t>
+  </si>
+  <si>
+    <t>c_1251608</t>
+  </si>
+  <si>
+    <t>Évaluation des implants de pontage</t>
+  </si>
+  <si>
+    <t>Evaluation des implants de pontage en vue du renouvellement de la prise en charge par l’assurance maladie</t>
+  </si>
+  <si>
+    <t>23/04/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/fr/evaluation-des-implants-de-pontage</t>
   </si>
   <si>
     <t>c_1528391</t>
   </si>
   <si>
-    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
+    <t>Évaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré)</t>
+  </si>
+  <si>
+    <t>Evaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré) en vue du renouvellement de la prise en charge par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/fr/evaluation-des-implants-du-rachis-cage-intersomatique-cale-metallique-interepineuse-coussinet-implant-d-appui-sacre</t>
   </si>
   <si>
     <t>c_1517325</t>
   </si>
   <si>
-    <t>The objective of this study is to assess the value of elbow implants, taking into account the therapeutic effect/adverse effects ratio, the place in treatment strategy, and the public health benefit of these products. This assessment also aims to define each generic description medically by indications, and by methods of use and prescribing.</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique direct précoce du Chikungunya par détection génomique du virus avec RT-PCR (transcription inverse et amplification génique par réaction de polymérisation en chaîne)</t>
+  </si>
+  <si>
+    <t>Évaluer l’intérêt diagnostique et économique du test RT-PCR (reverse transcriptase - polymerase chain reaction), en vue d’une potentielle inscription à la Nomenclature des actes de biologie médicale (NABM) et d’améliorer ainsi le diagnostic direct précoce du chikungunya</t>
+  </si>
+  <si>
+    <t>30/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2013 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253648/fr/diagnostic-biologique-direct-precoce-du-chikungunya-par-detection-genomique-du-virus-avec-rt-pcr-transcription-inverse-et-amplification-genique-par-reaction-de-polymerisation-en-chaine</t>
+  </si>
+  <si>
+    <t>c_1253648</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour la ventilation mécanique à domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations de ventilation mécanique sur la LPPR. La ventilation mécanique est indiquée chez les patients atteints d’insuffisance respiratoire chronique avec hypoventilation alvéolaire (caractérisée par une hypercapnie).</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2012 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1348270/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-la-ventilation-mecanique-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1348270</t>
+  </si>
+  <si>
+    <t>Implants articulaires de genou</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de genou en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, des modalités d’utilisation et de prescription. A l'appui de cette réévaluation, en réponse à une saisine de la HAS concernant certains actes pris en charge par l’Assurance maladie parmi lesquels l'arthroplastie du genou, un document spécifique a été produit. Il reprend et développe, à partir du rapport d’évaluation et de l’avis de la CNEDiMTS sur les implants articulaires de genou : - critères pour la décision d’arthroplastie du genou - éléments intervenant dans le choix du type de prothèse - stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>21/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2012 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345397/fr/implants-articulaires-de-genou</t>
+  </si>
+  <si>
+    <t>c_1345397</t>
+  </si>
+  <si>
+    <t>Évaluation des implants articulaires de coude</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de coude en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, et des modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>11/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
   </si>
   <si>
     <t>c_1311405</t>
   </si>
   <si>
-    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Assessment of medical devices for home infusion</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
+    <t>Évaluation des dispositifs médicaux pour la Perfusion à Domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de dispositifs médicaux pour la perfusion à domicile ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette réévaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs médicaux pour la perfusion à domicile en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs médicaux pour la perfusion à domicile ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Assessment of breast implants, tissue expanders and external breast prostheses</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_865378/en/assessment-of-breast-implants-tissue-expanders-and-external-breast-prostheses</t>
+    <t>Évaluation des implants mammaires, prothèses d’expansion tissulaire et prothèses externes de sein</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de « prothèse externe de sein, implant mammaire, prothèse d’expansion tissulaire » ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de prothèses externes de sein, implants mammaires, prothèses d’expansion tissulaire ; réévaluer l’intérêt des prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/01/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/fr/evaluation-des-implants-mammaires-protheses-d-expansion-tissulaire-et-protheses-externes-de-sein</t>
   </si>
   <si>
     <t>c_865378</t>
   </si>
   <si>
-    <t>07/01/2009 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Évaluation des orthèses de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les orthèses de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types d’orthèses de membre supérieur ; réévaluer l’intérêt des orthèses de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les orthèses de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>27/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2010 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999528/fr/evaluation-des-ortheses-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999528</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...197 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
+    <t>Évaluation des Endoprothèses Aortiques Abdominales utilisées pour le traitement des anévrismes de l’aorte abdominale sous-rénale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est la réévaluation des Endoprothèses Aortiques Abdominales utilisées pour le traitement des anévrismes de l’aorte abdominale sous-rénale. L’évaluation effectuée en 2001 a conduit à la restriction des indications des endoprothèses aortiques aux patients à risque chirurgical élevé et à l’organisation d’un recueil des données de suivi des patients implantés. Ce travail a pour objectifs, notamment, de : déterminer si ces recommandations d’indications et de suivi des patients devaient être maintenues ou évoluer ; définir les objectifs des études post-inscription éventuellement nécessaires pour les renouvellements d’inscription.</t>
+  </si>
+  <si>
+    <t>17/11/2009 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874335/fr/evaluation-des-endoprotheses-aortiques-abdominales-utilisees-pour-le-traitement-des-anevrismes-de-l-aorte-abdominale-sous-renale</t>
+  </si>
+  <si>
+    <t>c_874335</t>
+  </si>
+  <si>
+    <t>Évaluation des appareils de neurostimulation électrique transcutanée (TENS)</t>
+  </si>
+  <si>
+    <t>Ce travail a pour objet de réévaluer les appareils TENS, afin de s’assurer du bien fondé de leur remboursement. Cette réévaluation vise notamment à : évaluer le service rendu des TENS en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de TENS ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2009 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_857722/fr/evaluation-des-appareils-de-neurostimulation-electrique-transcutanee-tens</t>
+  </si>
+  <si>
+    <t>c_857722</t>
+  </si>
+  <si>
+    <t>Évaluation des stimulateurs cardiaques conventionnels, place respective des stimulateurs simple et double chambre</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de stimulateurs conventionnels, afin de : s’assurer du bien fondé de leur remboursement ; définir les indications et les situations cliniques d’utilisation des différents types d’appareils ; réévaluer l’intérêt des stimulateurs simple et double chambre en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les stimulateurs inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2009 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749863/fr/evaluation-des-stimulateurs-cardiaques-conventionnels-place-respective-des-stimulateurs-simple-et-double-chambre</t>
+  </si>
+  <si>
+    <t>c_749863</t>
+  </si>
+  <si>
+    <t>Évaluation de la Stimulation Phrénique Implantée</t>
+  </si>
+  <si>
+    <t>Les dispositifs de stimulation phrénique sont des dispositifs d’assistance respiratoire implantée définitive, destinés aux patients dont la commande respiratoire est atteinte alors que le système neuromusculaire périphérique est intact. Selon les technologies, la stimulation porte sur la portion thoracique du nerf phrénique (stimulateurs phréniques intrathoraciques) ou au niveau des points moteurs du nerf phrénique situés sur le diaphragme (stimulateurs phréniques intradiaphragmatiques). L’objectif de ce travail est d’évaluer l’intérêt clinique des différents dispositifs de stimulation phrénique implantés et des actes qui leur sont associés et d’en définir, en vue du remboursement : - les indications ; - les conditions de prise en charge : modalités d’implantation et de suivi ; - les données cliniques complémentaires nécessaires.</t>
+  </si>
+  <si>
+    <t>01/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2009 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_797191/fr/evaluation-de-la-stimulation-phrenique-implantee</t>
+  </si>
+  <si>
+    <t>c_797191</t>
+  </si>
+  <si>
+    <t>Évaluation des implants de réfections de paroi, de suspension et d’enveloppement en chirurgie digestive et dans les indications spécifiques à la chirurgie pédiatrique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’implants de réfection de paroi, de suspension et d’enveloppement afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types d’implants de réfection de paroi, de suspension et d’enveloppement ; réévaluer l’intérêt de ces implants en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants de réfection de paroi inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2009 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758928/fr/evaluation-des-implants-de-refections-de-paroi-de-suspension-et-d-enveloppement-en-chirurgie-digestive-et-dans-les-indications-specifiques-a-la-chirurgie-pediatrique</t>
+  </si>
+  <si>
+    <t>c_758928</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux pour autosurveillance et autotraitement du diabète</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer la catégorie des différents dispositifs médicaux pour autosurveillance et autotraitement, afin notamment de : s’assurer du bien fondé de leur remboursement ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs ; réévaluer l’intérêt de ces dispositifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les produits inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/01/2007 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758938/fr/evaluation-des-dispositifs-medicaux-pour-autosurveillance-et-autotraitement-du-diabete</t>
+  </si>
+  <si>
+    <t>c_758938</t>
+  </si>
+  <si>
+    <t>Évaluation des IRM dédiées et à champ modéré &amp;lt; 1T</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les capacités techniques et l’apport diagnostic des IRM dédiées et à champ modéré de moins de 1T. Cette évaluation a notamment pour but, de préciser la place de ce type d’imagerie dans la pratique médicale compte tenu des caractéristiques techniques, de leur performance diagnostique, des coûts d’implantation et éventuellement des conséquences que pourrait avoir une diffusion élargie de ce type d'installation.</t>
+  </si>
+  <si>
+    <t>01/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2008 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758948/fr/evaluation-des-irm-dediees-et-a-champ-modere-1t</t>
+  </si>
+  <si>
+    <t>c_758948</t>
+  </si>
+  <si>
+    <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2008 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
+  </si>
+  <si>
+    <t>c_745452</t>
+  </si>
+  <si>
+    <t>Évaluation des implants de renfort pour le traitement de l’incontinence urinaire d’effort féminine et du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à l’évaluation du service rendu des différents implants de renfort utilisés dans le traitement de l’incontinence urinaire d’effort féminine et dans le prolapsus des organes pelviens. Cette révision propose une mise à jour des indications, des caractéristiques techniques et des conditions de prise en charge de ces implants.</t>
+  </si>
+  <si>
+    <t>04/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2007 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701682/fr/evaluation-des-implants-de-renfort-pour-le-traitement-de-l-incontinence-urinaire-d-effort-feminine-et-du-prolapsus-des-organes-pelviens-de-la-femme</t>
+  </si>
+  <si>
+    <t>c_701682</t>
+  </si>
+  <si>
+    <t>Évaluation des appareils électroniques correcteurs de surdité</t>
+  </si>
+  <si>
+    <t>Cette révision a pour objectif de s’assurer du bien fondé du renouvellement de leur remboursement. Elle vise à définir médicalement chaque description générique par des indications précises et des conditions de prescription et d’utilisation, afin de préciser la place dans la stratégie thérapeutique de chacune d’entre elles.</t>
+  </si>
+  <si>
+    <t>26/11/2008 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702730/fr/evaluation-des-appareils-electroniques-correcteurs-de-surdite</t>
+  </si>
+  <si>
+    <t>c_702730</t>
+  </si>
+  <si>
+    <t>Évaluation des lits médicaux et accessoires destinés aux patients en maintien à domicile ayant perdu leur autonomie motrice</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes catégories de lits médicaux ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette révision vise à définir médicalement chaque description générique par des indications, des fonctionnalités et des modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>03/12/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2008 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_721336/fr/evaluation-des-lits-medicaux-et-accessoires-destines-aux-patients-en-maintien-a-domicile-ayant-perdu-leur-autonomie-motrice</t>
+  </si>
+  <si>
+    <t>c_721336</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Évaluation de la nutrition parentérale à domicile : état des lieux et modalité de prise en charge</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de définir une organisation à domicile la plus adaptée, adéquate et sûre pour la réalisation de la nutrition parentérale et d’en déterminer les modalités de remboursement (indications, modalités de prescriptions et définition de la prestation). Un rappel de l’historique et du contexte actuel de prise en charge de la Nutrition Parentérale à domicile a été réalisé.</t>
+  </si>
+  <si>
+    <t>01/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2008 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676783/fr/evaluation-de-la-nutrition-parenterale-a-domicile-etat-des-lieux-et-modalite-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_676783</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0028/DC/SEM du 21 février 2018 du collège de la Haute Autorité de santé portant adoption d’une recommandation sur les allergènes préparés spécialement pour un seul individu (APSI)</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Allergènes préparés spécialement pour un seul individu », ci-jointe, est adoptée. ---++++ Recommandations Considérant : * le projet de recommandation de la commission de la Transparence fondé sur l’analyse de la littérature, les données fournies par les 2 laboratoires concernés, l’audition d’experts et de parties prenantes, * l’audition des 2 laboratoires concernés, * les observations transmises à la HAS dans le cadre d’une consultation publique, le Collège estime que : * les APSI concernent des allergies qui peuvent dégrader la qualité de vie en raison des perturbations qu'elles entraînent, voire, dans le cas de l’asthme, entrainer de rares complications à prendre en charge en urgence, * les données disponibles montrent une efficacité des APSI faible et mal démontrée, * les APSI ne présentent que des effets indésirables généralement bénins mais la voie sous cutanée peut entrainer des effets indésirables graves plus fréquemment que la voie sublinguale, * la place des APSI, eu égard aux alternatives thérapeutiques (ACARIZAX, GRAZAX ou ORALAIR), devrait être en deuxième intention, après les traitements symptomatiques médicamenteux, ou en troisième intention (lorsque ces alternatives peuvent être utilisées), * malgré l’importance de la population concernée et en l’état actuel des données, les APSI ne sont pas susceptibles d’avoir un intérêt pour la santé publique. En conséquence, le Collège recommande que les modalités de prise en charge des APSI soient harmonisées sur celles de leurs alternatives thérapeutiques, à l’exception des formes injectables qui ne devraient pas relever d’une prise en charge par la solidarité nationale. Dans le cas d’une décision de modification des conditions de remboursement, au vu des possibles difficultés financières auxquelles seraient confrontés les patients en cours de traitement, les traitements pouvant être pluriannuels, le Collège recommande des modalités particulières d’application de la décision permettant d’assurer la continuité des soins engagés. Par ailleurs, le Collège prend note que, lors des auditions, les industriels concernés ont proposé de nouvelles études avec pour objectif de démontrer l’impact clinique d’un traitement par APSI. En conséquence, le Collège souhaite réévaluer ces produits dans un délai maximal de 5 ans, espérant que ces études répondront aux qualités méthodologiques actuelles qui permettront de conclure.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:37:00</t>
+  </si>
+  <si>
+    <t>27/03/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832239/fr/decision-n-2018-0028/dc/sem-du-21-fevrier-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-une-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi</t>
+  </si>
+  <si>
+    <t>c_2832239</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0210/DC/SEESP du 7 décembre 2016 du collège de la Haute Autorité de santé portant adoption de la recommandation intitulée «Prise en charge de l’hépatite C par les médicaments anti-viraux à action directe (AAD) - Elargissement du périmètre de remboursement »</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Prise en charge de l’hépatite C par les médicaments anti-viraux à action directe (AAD) - Elargissement du périmètre de remboursement », ci-jointe, est adoptée. Elle remplace la recommandation adoptée par décision n° 2016.0208/DC/SEESP du 30 novembre 2016, laquelle décision est retirée.</t>
+  </si>
+  <si>
+    <t>07/12/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>12/12/2016 14:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729280/fr/decision-n2016-0210/dc/seesp-du-7-decembre-2016-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-intitulee-prise-en-charge-de-l-hepatite-c-par-les-medicaments-anti-viraux-a-action-directe-aad-elargissement-du-perimetre-de-remboursement</t>
+  </si>
+  <si>
+    <t>c_2729280</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0096/DC/SEM/SEESP du 18 mai 2016 du collège de la Haute Autorité de santé adoptant la recommandation intitulée « Prise en charge du mélanome par les nouvelles immunothérapies Anti-PD1 OPDIVO et KEYTRUDA »</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Prise en charge du mélanome par les nouvelles immunothérapies Anti-PD1 OPDIVO et KEYTRUDA », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>18/05/2016 16:10:00</t>
+  </si>
+  <si>
+    <t>07/07/2016 11:55:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641055/fr/decision-n2016-0096/dc/sem/seesp-du-18-mai-2016-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-intitulee-prise-en-charge-du-melanome-par-les-nouvelles-immunotherapies-anti-pd1-opdivo-et-keytruda</t>
+  </si>
+  <si>
+    <t>c_2641055</t>
+  </si>
+  <si>
+    <t>Décision n°2013.0133/MJ du 6 novembre 2013 du collège de la Haute Autorité de santé fixant la composition et les missions du Comité déontologie et indépendance de l’expertise et nommant ses membres</t>
+  </si>
+  <si>
+    <t>06/11/2013 15:05:00</t>
+  </si>
+  <si>
+    <t>29/11/2013 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1700900/fr/decision-n2013-0133/mj-du-6-novembre-2013-du-college-de-la-haute-autorite-de-sante-fixant-la-composition-et-les-missions-du-comite-deontologie-et-independance-de-l-expertise-et-nommant-ses-membres</t>
+  </si>
+  <si>
+    <t>c_1700900</t>
+  </si>
+  <si>
+    <t>Décision n°2013.0101/DC/MJ du 24 juillet 2013 du collège de la Haute Autorité de santé portant adoption du Guide des déclarations d’intérêts et de gestion des conflits d’intérêts</t>
+  </si>
+  <si>
+    <t>24/07/2013 15:05:00</t>
+  </si>
+  <si>
+    <t>15/11/2013 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695240/fr/decision-n2013-0101/dc/mj-du-24-juillet-2013-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-guide-des-declarations-d-interets-et-de-gestion-des-conflits-d-interets</t>
+  </si>
+  <si>
+    <t>c_1695240</t>
+  </si>
+  <si>
+    <t>Décision n°2013.0111/DC/SEESP du 18 septembre 2013 du collège de la HAS relatif à l’impact significatif sur les dépenses de l’assurance maladie déclenchant l’évaluation médico-économique des produits revendiquant une ASMR ou une ASA de niveaux I, II ou III</t>
+  </si>
+  <si>
+    <t>Décision de la Haute Autorité de Santé relatif à l’impact significatif sur les dépenses de l’assurance maladie déclenchant l’évaluation médico-économique des produits revendiquant une ASMR ou une ASA de niveaux I, II ou III.</t>
+  </si>
+  <si>
+    <t>18/09/2013 11:15:00</t>
+  </si>
+  <si>
+    <t>20/09/2013 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647592/fr/decision-n2013-0111/dc/seesp-du-18-septembre-2013-du-college-de-la-has-relatif-a-l-impact-significatif-sur-les-depenses-de-l-assurance-maladie-declenchant-l-evaluation-medico-economique-des-produits-revendiquant-une-asmr-ou-une-asa-de-niveaux-i-ii-ou-iii</t>
+  </si>
+  <si>
+    <t>c_1647592</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant à la maladie rare Mucoviscidose (ALD 18)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 5 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare Mucoviscidose (ALD 18) : * Vaccin de l'hépatite A * Dexchlorpheniramine injectable * Linezolide * Ondansetron * Sélénium</t>
+  </si>
+  <si>
+    <t>24/06/2009 10:59:00</t>
+  </si>
+  <si>
+    <t>10/07/2009 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_820067/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-maladie-rare-mucoviscidose-ald-18</t>
+  </si>
+  <si>
+    <t>c_820067</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
-    <t>2025-2030 Strategic Plan</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3474510/en/2025-2030-strategic-plan</t>
+    <t>Installation autonome de chirurgie esthétique</t>
+  </si>
+  <si>
+    <t>La certification des installations autonomes de chirurgie esthétique (IACE) s’inscrit dans le cadre général de la certification des établissements de santé (article L.6322-1 du Code de la santé publique). Il s’agit d’une évaluation du niveau de qualité et de sécurité des soins au regard d’un référentiel adapté aux spécificités importantes de la chirurgie esthétique.</t>
+  </si>
+  <si>
+    <t>02/09/2024 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531734/fr/installation-autonome-de-chirurgie-esthetique</t>
+  </si>
+  <si>
+    <t>p_3531734</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier : campagne nationale de recueil d'un indicateur de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure de l'indicateur de qualité et de sécurité des soins « Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier » (données hiver 2024/2025).</t>
+  </si>
+  <si>
+    <t>18/10/2022 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3379643/fr/iqss-2025-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier-campagne-nationale-de-recueil-d-un-indicateur-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3379643</t>
+  </si>
+  <si>
+    <t>Comprendre l’évaluation des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>La CNEDIMTS donne un avis sur les demandes d'inscription, de renouvellement d'inscription, ainsi que sur la modification des conditions d'inscription : Sur la LPPR des DM à usage individuel, produits de santé autres que les médicaments, et prestations associées Des activités de télésurveillance sur la LATM. Elle donne également les avis pour toute demande de prise en charge dérogatoire des DM, y compris numériques dans le cadre de la PECT et de la PECAN.</t>
+  </si>
+  <si>
+    <t>05/11/2012 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928541/fr/comprendre-l-evaluation-des-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>c_928541</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux : la prise en charge transitoire</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide sur le nouveau dispositif de prise en charge transitoire des produits de santé présumés innovants ayant une finalité thérapeutique ou de compensation du handicap. Ce dispositf permet le remboursement pour une durée d’un an avant que le dispositif entre dans le remboursement de droit commun.</t>
+  </si>
+  <si>
+    <t>02/06/2021 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269665/fr/dispositifs-medicaux-la-prise-en-charge-transitoire</t>
+  </si>
+  <si>
+    <t>p_3269665</t>
+  </si>
+  <si>
+    <t>Règlement Européen sur l’évaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Le règlement (UE) 2021/ 2282 sur l’évaluation des technologies de la santé (ETS), entré en vigueur en janvier 2022, s’appliquera de façon progressive à partir du 12 janvier 2025. La Haute Autorité de santé, membre fondateur du réseau EUnetHTA ayant préfiguré ce règlement, est aujourd’hui pleinement engagée dans la gouvernance instaurée par le règlement européen.</t>
+  </si>
+  <si>
+    <t>15/10/2024 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545447/fr/reglement-europeen-sur-l-evaluation-des-technologies-de-sante</t>
+  </si>
+  <si>
+    <t>p_3545447</t>
+  </si>
+  <si>
+    <t>Déontologie</t>
+  </si>
+  <si>
+    <t>La HAS exerce ses missions avec impartialité et indépendance. Le respect de règles déontologiques est indispensable pour garantir la qualité des expertises et maintenir une relation de confiance avec les publics.</t>
+  </si>
+  <si>
+    <t>28/06/2019 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019376/fr/deontologie</t>
+  </si>
+  <si>
+    <t>c_2019376</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - AVC MCO : Prise en charge initiale de l’accident vasculaire cérébral aigu en MCO - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales (volontaire en 2021) de mesure des indicateurs de qualité et de sécurité des soins sur la prise en charge initiale de l’accident vasculaire cérébral aigu en MCO.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461092/fr/iqss-archives-avc-mco-prise-en-charge-initiale-de-l-accident-vasculaire-cerebral-aigu-en-mco-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3461092</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - AVC SMR : Prise en charge d’un accident vasculaire cérébral récent en SMR (soins médicaux et de réadaptation) - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales (volontaire en 2021) de mesure des indicateurs de qualité et de sécurité des soins sur la prise en charge d’un accident vasculaire cérébral récent en soins médicaux et de réadaptation (SMR).</t>
+  </si>
+  <si>
+    <t>15/03/2024 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478901/fr/iqss-archives-avc-smr-prise-en-charge-d-un-accident-vasculaire-cerebral-recent-en-smr-soins-medicaux-et-de-readaptation-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3478901</t>
+  </si>
+  <si>
+    <t>Études en vie réelle - Recensement des sources de données mobilisables pour répondre aux demandes de la HAS</t>
+  </si>
+  <si>
+    <t>Cet appel à recensement vise à répertorier les études, registres et bases de données mobilisables par les industriels du médicament et du dispositif médical afin de répondre aux demandes de données complémentaires en vie réelle de la HAS. Il s’adresse à tous les promoteurs d’études en vie réelle ou base de données, quel que soit leur statut, intéressés pour contribuer aux demandes de données complémentaires de la HAS via des partenariats avec les industriels des produits de santé. Les résultats auront notamment pour objectif de promouvoir la réutilisation de données de qualité pour les études post-inscription et recueils de données dans le cadre des accès précoces.</t>
+  </si>
+  <si>
+    <t>13/05/2022 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333630/fr/etudes-en-vie-reelle-recensement-des-sources-de-donnees-mobilisables-pour-repondre-aux-demandes-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3333630</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuels d'activité de la HAS</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuel d’activité de la HAS depuis 2005, sous une forme synthétique plus accessible et en cohérence avec son exigence de respect des principes du développement durable. Les principaux travaux réalisés par la HAS, pour chaque année, y sont présentés.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070314/fr/historique-des-rapports-annuels-d-activite-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1070314</t>
+  </si>
+  <si>
+    <t>Rapports d'activité 2024 des commissions et conseil de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS publie son rapport d'activité 2024 ainsi que ceux de ses commissions et conseil (CT, la CNEDiMTS, la CEESP, la CTV, la CSMS, la CEDiag, la CCES, la CRPPI et du CEU). Une année 2024 qui marque un temps fort pour notre institution : ses 20 ans d’existence. Deux décennies d’engagement au service de la qualité des soins et des accompagnements, pendant lesquelles la HAS a su adapter ses missions et ses méthodes pour répondre aux transformations du système de santé, tout en préservant sa double exigence de rigueur scientifique et d’indépendance.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349687/fr/rapports-d-activite-2024-des-commissions-et-conseil-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3349687</t>
+  </si>
+  <si>
+    <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
+  </si>
+  <si>
+    <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
+  </si>
+  <si>
+    <t>08/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
+  </si>
+  <si>
+    <t>p_3599818</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d'évaluation d'acte professionnel</t>
+  </si>
+  <si>
+    <t>Prenez connaissance des différentes étapes du dépôt de votre dossier d'évaluation.</t>
+  </si>
+  <si>
+    <t>04/04/2025 16:31:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714581/fr/deposer-un-dossier-d-evaluation-d-acte-professionnel</t>
+  </si>
+  <si>
+    <t>c_1714581</t>
+  </si>
+  <si>
+    <t>Simulation en santé</t>
+  </si>
+  <si>
+    <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
+  </si>
+  <si>
+    <t>22/02/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
+  </si>
+  <si>
+    <t>c_930641</t>
+  </si>
+  <si>
+    <t>Certifications des activités de présentation, d’information et de promotion</t>
+  </si>
+  <si>
+    <t>Des interactions des representants de l'industrie visent à présenter les produits (médicaments, dispositifs médicaux, …) ou lesprestations et à en promouvoir l’usage auprès des professionnels qui les prescrivent, les dispensent , les utilisent ou les achètent. Elles s’apparentent à de la publicité. Ces activités doivent répondre à des exigences de qualité. Elles peuvent prendre la forme de rencontres en face à face (appelées « visite médicale » lorsquelles sont promotionnelles), mais aussi de contacts à distance (par téléphone ou visio-conférence), ou de réunions collectives se déroulant parfois dans des lieux autres que ceux d’exercice (congrès, formations …). Le représentant de l’industrie peut être visiteur-se médical-e, attaché-e scientifique, délégué-e hospitalier-ère, attaché-e médico-pharmaceutique, medical representative, technico-commercial-e, ou autre).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099663/fr/certifications-des-activites-de-presentation-d-information-et-de-promotion</t>
+  </si>
+  <si>
+    <t>c_1099663</t>
+  </si>
+  <si>
+    <t>Programme « santé mentale et psychiatrie » de la HAS</t>
+  </si>
+  <si>
+    <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1721760</t>
+  </si>
+  <si>
+    <t>Projet stratégique de la HAS</t>
+  </si>
+  <si>
+    <t>Cette stratégie quinquennale retranscrit les orientations que prend la HAS pour répondre de manière prioritaire à ces enjeux, afin de garantir son engagement au service de la santé de demain.</t>
+  </si>
+  <si>
+    <t>04/02/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474510/fr/projet-strategique-de-la-has</t>
   </si>
   <si>
     <t>p_3474510</t>
   </si>
   <si>
+    <t>Déposer une demande d'inscription au référentiel des actes innovants hors nomenclature (RIHN) 2.0</t>
+  </si>
+  <si>
+    <t>Le référentiel des actes innovants hors nomenclature (RIHN) est un dispositif de prise en charge conditionnelle, dérogatoire et transitoire pour faciliter l’accès précoce des patients aux actes innovants de biologie médicale et d’anatomocytopathologie en phase précoce de développement clinique ainsi qu’aux tests compagnons de médicaments sous accès précoce</t>
+  </si>
+  <si>
+    <t>06/12/2024 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3566839/fr/deposer-une-demande-d-inscription-au-referentiel-des-actes-innovants-hors-nomenclature-rihn-2-0</t>
+  </si>
+  <si>
+    <t>p_3566839</t>
+  </si>
+  <si>
+    <t>Commission de la transparence (CT)</t>
+  </si>
+  <si>
+    <t>La commission de la transparence est une instance scientifique composée de médecins, pharmaciens, spécialistes en méthodologie et épidémiologie. Elle évalue les médicaments ayant obtenu leur autorisation de mise sur le marché (AMM), lorsque le laboratoire qui les commercialise souhaite obtenir leur inscription sur la liste des médicaments remboursables.</t>
+  </si>
+  <si>
+    <t>10/11/2024 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_412210/fr/commission-de-la-transparence-ct</t>
+  </si>
+  <si>
+    <t>c_412210</t>
+  </si>
+  <si>
+    <t>Exploitation du SNDS pour le suivi des patients recevant un médicament en accès précoce</t>
+  </si>
+  <si>
+    <t>28/10/2024 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545664/fr/exploitation-du-snds-pour-le-suivi-des-patients-recevant-un-medicament-en-acces-precoce</t>
+  </si>
+  <si>
+    <t>p_3545664</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie</t>
+  </si>
+  <si>
+    <t>Afin de poursuivre et renforcer son engagement dans le domaine de la santé mentale et de la psychiatrie, la HAS a créé en juillet 2024 le comité santé mentale et psychiatrie. Il remplace le comité de suivi « psychiatrie et santé mentale » mis en place en 2013.</t>
+  </si>
+  <si>
+    <t>17/10/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549127/fr/comite-sante-mentale-et-psychiatrie</t>
+  </si>
+  <si>
+    <t>p_3549127</t>
+  </si>
+  <si>
+    <t>Contribuer à l'évaluation des médicaments en vue de leur remboursement ou d'une autorisation d'accès précoce</t>
+  </si>
+  <si>
+    <t>La HAS propose aux associations et groupes de patients et d'usagers de contribuer aux évaluations des médicaments, aussi bien dans le cadre des avis rendus en vue du remboursement que des décisions d'autorisation d'accès précoce. La HAS souhaite ainsi recueillir des faits, informations et résumés d’expériences donnant une vue concise et précise du point de vue des patients ou des aidants. Elle attend des contributions collectives qui reflètent les différentes situations et perceptions des personnes concernées. Retrouvez la liste des médicaments ouverts à contribution (accès précoce ou accès au remboursement) ou en cours d'instruction.</t>
+  </si>
+  <si>
+    <t>07/05/2024 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114053/fr/contribuer-a-l-evaluation-des-medicaments-en-vue-de-leur-remboursement-ou-d-une-autorisation-d-acces-precoce</t>
+  </si>
+  <si>
+    <t>p_3114053</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un protocole d'étude post inscription (CNEDiMTS)</t>
+  </si>
+  <si>
+    <t>La présente notice vise à décrire les modalités de dépôt des protocoles réalisés par les entreprises afin de répondre à ces demandes.</t>
+  </si>
+  <si>
+    <t>22/11/2013 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695339/fr/modalites-de-depot-d-un-protocole-d-etude-post-inscription-cnedimts</t>
+  </si>
+  <si>
+    <t>c_1695339</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux numériques : la prise en charge anticipée</t>
+  </si>
+  <si>
+    <t>La prise en charge anticipée concerne les DMN présumés innovants. Elle permet leur remboursement dérogatoire pendant un an, non renouvelable, en attendant la prise en charge de droit commun via la LPPR ou la LATM, selon le type de DMN concerné.</t>
+  </si>
+  <si>
+    <t>01/05/2024 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376633/fr/dispositifs-medicaux-numeriques-la-prise-en-charge-anticipee</t>
+  </si>
+  <si>
+    <t>p_3376633</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux numériques : liste des activités de télésurveillance</t>
+  </si>
+  <si>
+    <t>Tous les DMN de télésurveillance peuvent faire l'objet d'une demande d'inscription sur la liste des activités de télésurveillance médicale. C'est à l'exploitant de prendre l'initiative de la demande.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376664/fr/dispositifs-medicaux-numeriques-liste-des-activites-de-telesurveillance</t>
+  </si>
+  <si>
+    <t>p_3376664</t>
+  </si>
+  <si>
     <t>Economic and Public Health Evaluation Committee</t>
   </si>
   <si>
     <t>The Economic and Public Health Committee (Commission d’évaluation économique et de santé publique, CEESP) issues public health recommendations and technology appraisals based on clinical and economic evidence as well as on other domains (e.g. ethics, organisation). Technology is inclusive of medicinal products and devices, diagnostic and therapeutic techniques, systems of care, screening tools, etc. The committee also reviews single technology assessments from manufacturers and issues opinions on their efficiency, referred to as “efficiency opinion” in HAS publications. The CESSP can be commissioned by an external institution or by the College of HAS. It works in collaboration with other HAS committees.</t>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2036304/en/economic-and-public-health-evaluation-committee</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036304/fr/economic-and-public-health-evaluation-committee</t>
   </si>
   <si>
     <t>c_2036304</t>
+  </si>
+  <si>
+    <t>Contribuer aux travaux de la HAS</t>
+  </si>
+  <si>
+    <t>Pour la réalisation de ses travaux, la HAS fait en continu appel à des contributions externes : experts professionnels ou usagers, parties prenantes, équipes académiques ou de terrain …. Les profils des contributeurs et les types de contribution sont adaptés aux travaux et à leur finalité.</t>
+  </si>
+  <si>
+    <t>08/02/2011 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1482317/fr/contribuer-aux-travaux-de-la-has</t>
+  </si>
+  <si>
+    <t>r_1482317</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d’évaluation d’un dispositif médical</t>
+  </si>
+  <si>
+    <t>05/09/2019 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464498/fr/deposer-un-dossier-d-evaluation-d-un-dispositif-medical</t>
+  </si>
+  <si>
+    <t>c_464498</t>
+  </si>
+  <si>
+    <t>Comité d'interface et de suivi</t>
+  </si>
+  <si>
+    <t>Un comité d’interface et de suivi a été mis en place afin de suivre les différentes actions définies dans le cadre de la feuille de route « Renforcer l’engagement des usagers dans l’évaluation des technologies de santé à la HAS ».</t>
+  </si>
+  <si>
+    <t>26/04/2022 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333541/fr/comite-d-interface-et-de-suivi</t>
+  </si>
+  <si>
+    <t>p_3333541</t>
+  </si>
+  <si>
+    <t>Commission d'évaluation économique et de santé publique (CEESP)</t>
+  </si>
+  <si>
+    <t>La CEESP a pour mission d'établir et diffuser des recommandations et avis économiques sur les stratégies de soins, de prescription ou de prise en charge les plus efficientes et d'évaluer l'impact sur les dépenses de l'Assurance maladie ; de valider les études économiques mettant en balance les effets bénéfiques des technologies de santé avec les ressources mobilisées et de rendre un avis économique sur les actes, produits et prestations de santé</t>
+  </si>
+  <si>
+    <t>05/10/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419565/fr/commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
+  </si>
+  <si>
+    <t>c_419565</t>
+  </si>
+  <si>
+    <t>Défi iDoc Santé : favoriser la diffusion et l’usage des connaissances en santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a lancé le Défi iDoc Santé pour exploiter plus efficacement les données textuelles produites. Conçu dans un processus d’innovation ouverte, ce concours a pour objectif d’augmenter l’impact des publications de l’institution et de ses partenaires en travaillant avec leurs réutilisateurs. Découvrez les projets développés par les 6 équipes en lice, les lauréats et visionnez le replay de la cérémonie de clôture qui s'est déroulé à ParisSanté Campus.</t>
+  </si>
+  <si>
+    <t>28/10/2022 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381855/fr/defi-idoc-sante-favoriser-la-diffusion-et-l-usage-des-connaissances-en-sante</t>
+  </si>
+  <si>
+    <t>p_3381855</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Comprendre l'évaluation économique des produits de santé</t>
+  </si>
+  <si>
+    <t>Pour garantir la pérennité du système de santé, fondé en majeure partie sur une prise en charge financière collective des soins de santé, des choix en matière d’allocation des ressources doivent être faits. L’objectif de l’évaluation économique est de hiérarchiser les différentes options envisageables en fonction de leur capacité à produire les meilleurs résultats possibles à partir des ressources à mobiliser, en vue d’une allocation optimale des ressources. C’est ce que l’on nomme l’efficience.</t>
+  </si>
+  <si>
+    <t>25/02/2019 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1502595/fr/comprendre-l-evaluation-economique-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>r_1502595</t>
+  </si>
+  <si>
+    <t>Contribuer à l'évaluation des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Procédure à suivre et tableaux des évaluations en cours pour les dispositifs médicaux.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114057/fr/contribuer-a-l-evaluation-des-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3114057</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d'évaluation d'un médicament</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un dossier pour la Commission de la Transparence.</t>
+  </si>
+  <si>
+    <t>18/06/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046750/fr/deposer-un-dossier-d-evaluation-d-un-medicament</t>
+  </si>
+  <si>
+    <t>c_1046750</t>
+  </si>
+  <si>
+    <t>Intégration de l'impact organisationnel dans les critères d’évaluation de la CNEDiMTS – Mise à jour du guide de dépôt des dossiers</t>
+  </si>
+  <si>
+    <t>Pour favoriser la documentation de l’impact organisationnel lors du dépôt de dossier d’évaluation d'un dispositif médical dans le cadre des demandes d’inscription sur la LPPR, la HAS publie une mise à jour du guide de dépôt des dossiers auprès de la CNEDiMTS. Ce guide vise à expliciter les éléments attendus pour étayer et structurer toute revendication d’un impact organisationnel.</t>
+  </si>
+  <si>
+    <t>03/05/2022 18:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337475/fr/integration-de-l-impact-organisationnel-dans-les-criteres-d-evaluation-de-la-cnedimts-mise-a-jour-du-guide-de-depot-des-dossiers</t>
+  </si>
+  <si>
+    <t>p_3337475</t>
+  </si>
+  <si>
+    <t>Dépôt d’un dossier en vue d’un avis économique de la commission d’évaluation économique et de santé publique (CEESP)</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la mise en œuvre du décret du 2 octobre 2012, la HAS met à la disposition des industriels divers documents supports afin de faciliter le dépôt d’un dossier en vue d’un avis économique auprès de la Commission d’évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>10/05/2019 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627022/fr/depot-d-un-dossier-en-vue-d-un-avis-economique-de-la-commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
+  </si>
+  <si>
+    <t>c_1627022</t>
+  </si>
+  <si>
+    <t>Les études post-inscription pour les médicaments</t>
+  </si>
+  <si>
+    <t>La commission de la transparence (CT) peut demander au laboratoire la réalisation d’études complémentaires appelées études post-inscription lorsqu'elle est confrontée à des incertitudes sur l'utilisation d'un médicament en pratique courante, son bénéfice clinique et ses effets indésirables chez les patients.</t>
+  </si>
+  <si>
+    <t>22/11/2019 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113800/fr/les-etudes-post-inscription-pour-les-medicaments</t>
+  </si>
+  <si>
+    <t>p_3113800</t>
+  </si>
+  <si>
+    <t>Données en santé et social : savoir les exploiter pour mieux suivre les pratiques</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé lance une stratégie sur l’usage des données, avec une feuille de route ambitieuse pour les trois ans à venir. Un objectif central : savoir mieux les exploiter pour comprendre les pratiques.</t>
+  </si>
+  <si>
+    <t>17/06/2021 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272150/fr/donnees-en-sante-et-social-savoir-les-exploiter-pour-mieux-suivre-les-pratiques</t>
+  </si>
+  <si>
+    <t>p_3272150</t>
+  </si>
+  <si>
+    <t>Déposer une demande de forfait innovation</t>
+  </si>
+  <si>
+    <t>Le forfait innovation est une prise en charge dérogatoire et transitoire de technologies de santé innovantes lorsqu'elles sont en phase précoce de développement clinique. Objectif ? Faciliter l'accès au marché de technologies innovantes.</t>
+  </si>
+  <si>
+    <t>05/02/2020 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035788/fr/deposer-une-demande-de-forfait-innovation</t>
+  </si>
+  <si>
+    <t>c_2035788</t>
+  </si>
+  <si>
+    <t>Avis économiques rendus par la Commission d’évaluation économique et de santé publique (CEESP)</t>
+  </si>
+  <si>
+    <t>03/02/2020 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149875/fr/avis-economiques-rendus-par-la-commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
+  </si>
+  <si>
+    <t>p_3149875</t>
+  </si>
+  <si>
+    <t>Papillomavirus : la vaccination recommandée pour tous les garçons</t>
+  </si>
+  <si>
+    <t>En 2020, la vaccination contre le HPV devrait concernée tous les garçons de 11 à 14 ans. Un rattrapage sera possible jusqu’à 19 ans.</t>
+  </si>
+  <si>
+    <t>24/01/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147966/fr/papillomavirus-la-vaccination-recommandee-pour-tous-les-garcons</t>
+  </si>
+  <si>
+    <t>p_3147966</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
+  </si>
+  <si>
+    <t>Séminaire IFAQ du 13 décembre 2013 : point d’étape et d’échange pour les établissements expérimentateurs</t>
+  </si>
+  <si>
+    <t>La direction générale de l’offre de soins (DGOS) et la Haute Autorité de santé (HAS) ont lancé en juillet dernier le projet de recherche « Incitation financière à l’amélioration de la qualité » (IFAQ), par le biais d’un appel à candidatures auprès des établissements de santé, publics et privés exerçant une activité MCO.</t>
+  </si>
+  <si>
+    <t>24/12/2013 14:29:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715049/fr/seminaire-ifaq-du-13-decembre-2013-point-d-etape-et-d-echange-pour-les-etablissements-experimentateurs</t>
+  </si>
+  <si>
+    <t>c_1715049</t>
+  </si>
+  <si>
+    <t>État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée</t>
+  </si>
+  <si>
+    <t>Le document de synthèse intitulé « État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée », à destination principale du décideur public, a pour objectif d’identifier des leviers d’action afin de faciliter l’accès et le choix d’une contraception adaptée. Il s’adresse également aux professionnels de santé et au grand public.</t>
+  </si>
+  <si>
+    <t>15/05/2013 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545927/fr/etat-des-lieux-des-pratiques-contraceptives-et-des-freins-a-l-acces-et-au-choix-d-une-contraception-adaptee</t>
+  </si>
+  <si>
+    <t>c_1545927</t>
+  </si>
+  <si>
+    <t>Études, rencontres et publications internationales</t>
+  </si>
+  <si>
+    <t>02/04/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500833/fr/etudes-rencontres-et-publications-internationales</t>
+  </si>
+  <si>
+    <t>r_1500833</t>
+  </si>
+  <si>
+    <t>Méthode d'élaboration des protocoles nationaux de diagnostic et de soins (PNDS)</t>
+  </si>
+  <si>
+    <t>L’axe A-3 du plan 2011-2014 prévoit l’élaboration de PNDS par les centres de référence et de compétence, à l’aide d’une méthode proposée par la Haute Autorité de santé (HAS) : reposant « sur la recherche des preuves scientifiques et sur la concertation de tous les acteurs concernés » ; prenant en compte les recommandations ou protocoles français ou internationaux existants (adaptés au contexte français le cas échéant).</t>
+  </si>
+  <si>
+    <t>19/12/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340205/fr/methode-d-elaboration-des-protocoles-nationaux-de-diagnostic-et-de-soins-pnds</t>
+  </si>
+  <si>
+    <t>c_1340205</t>
+  </si>
+  <si>
+    <t>Archives historiques</t>
+  </si>
+  <si>
+    <t>La Section archives de la HAS met à la disposition des chercheurs deux instruments de recherche. Il s’agit de répertoires numériques proposant une description détaillée.</t>
+  </si>
+  <si>
+    <t>05/05/2011 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_462982/fr/archives-historiques</t>
+  </si>
+  <si>
+    <t>c_462982</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
+  </si>
+  <si>
+    <t>Que fait la CNEDiMTS ?</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS formule des recommandations sur des bases scientifiques et rend des avis en vue du remboursement par l’assurance maladie des dispositifs médicaux à usage individuel ou d’autres produits à visée diagnostique, thérapeutique ou de compensation du handicap (à l’exclusion des médicaments) et des prestations associées, soit à la demande des fabricants, soit en réponse à des saisines.</t>
+  </si>
+  <si>
+    <t>15/09/2009 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929613/fr/que-fait-la-cnedimts</t>
+  </si>
+  <si>
+    <t>c_929613</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1787,2570 +11714,21525 @@
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>42</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>48</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>54</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>55</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
         <v>58</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>60</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>61</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
         <v>62</v>
       </c>
-      <c r="H10" t="s">
+      <c r="C11" t="s">
         <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E14" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>84</v>
+      </c>
+      <c r="H14" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" t="s">
+        <v>46</v>
+      </c>
+      <c r="E15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>89</v>
+      </c>
+      <c r="H15" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" t="s">
+        <v>92</v>
+      </c>
+      <c r="D16" t="s">
+        <v>93</v>
+      </c>
+      <c r="E16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>95</v>
+      </c>
+      <c r="H16" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>101</v>
+      </c>
+      <c r="H17" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" t="s">
+        <v>105</v>
+      </c>
+      <c r="E18" t="s">
+        <v>106</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H18" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" t="s">
+        <v>110</v>
+      </c>
+      <c r="D19" t="s">
+        <v>111</v>
+      </c>
+      <c r="E19" t="s">
+        <v>112</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>113</v>
+      </c>
+      <c r="H19" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" t="s">
+        <v>117</v>
+      </c>
+      <c r="E20" t="s">
+        <v>118</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>119</v>
+      </c>
+      <c r="H20" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
+        <v>122</v>
+      </c>
+      <c r="D21" t="s">
+        <v>123</v>
+      </c>
+      <c r="E21" t="s">
+        <v>124</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>125</v>
+      </c>
+      <c r="H21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>127</v>
+      </c>
+      <c r="C22" t="s">
+        <v>128</v>
+      </c>
+      <c r="D22" t="s">
+        <v>129</v>
+      </c>
+      <c r="E22" t="s">
+        <v>130</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>131</v>
+      </c>
+      <c r="H22" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" t="s">
+        <v>134</v>
+      </c>
+      <c r="D23" t="s">
+        <v>135</v>
+      </c>
+      <c r="E23" t="s">
+        <v>136</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>137</v>
+      </c>
+      <c r="H23" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" t="s">
+        <v>140</v>
+      </c>
+      <c r="D24" t="s">
+        <v>141</v>
+      </c>
+      <c r="E24" t="s">
+        <v>142</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>143</v>
+      </c>
+      <c r="H24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>146</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>148</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>149</v>
+      </c>
+      <c r="H25" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
+        <v>152</v>
+      </c>
+      <c r="D26" t="s">
+        <v>153</v>
+      </c>
+      <c r="E26" t="s">
+        <v>154</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>155</v>
+      </c>
+      <c r="H26" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>8</v>
+      </c>
+      <c r="B27" t="s">
+        <v>157</v>
+      </c>
+      <c r="C27" t="s">
+        <v>158</v>
+      </c>
+      <c r="D27" t="s">
+        <v>159</v>
+      </c>
+      <c r="E27" t="s">
+        <v>160</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>161</v>
+      </c>
+      <c r="H27" t="s">
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2736</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2737</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2738</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2739</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2742</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2743</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2747</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2748</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2749</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2752</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2753</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2754</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2755</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2757</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2758</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2762</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2763</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2764</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2765</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2768</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2770</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2772</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2773</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2774</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2775</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2778</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2779</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2780</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2781</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2782</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2783</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2784</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2787</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2788</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2789</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2791</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2792</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2793</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H131"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2796</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2797</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2799</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2801</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2802</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2803</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2804</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2805</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2806</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2807</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2808</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2809</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2810</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2811</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2809</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2814</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2815</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2817</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2818</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2819</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2820</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2821</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D7" t="s">
+        <v>167</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2829</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2819</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2830</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2831</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2832</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2833</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2835</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2836</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2837</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2838</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2840</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2841</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2842</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2843</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2844</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2845</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2847</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2848</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2851</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2852</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2853</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2856</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2857</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2858</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2859</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2860</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2861</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2862</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2863</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2866</v>
+      </c>
+      <c r="D15" t="s">
+        <v>200</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2868</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2870</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2872</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2873</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2874</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2875</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2877</v>
+      </c>
+      <c r="D17" t="s">
+        <v>240</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2878</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2879</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2797</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2883</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2884</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2886</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2887</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2888</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2889</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2890</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2892</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2299</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2893</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2895</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2896</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2897</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2299</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2898</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2899</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2900</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2902</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2903</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2904</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2905</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2907</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2908</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2910</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2913</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2914</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2915</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2916</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2917</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2919</v>
+      </c>
+      <c r="D25" t="s">
+        <v>312</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2921</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2924</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2034</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2925</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2926</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2927</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2928</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2929</v>
+      </c>
+      <c r="D27" t="s">
+        <v>354</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2930</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2931</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2933</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2935</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2936</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2939</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2935</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2940</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2943</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2944</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2945</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2948</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2574</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2951</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2952</v>
+      </c>
+      <c r="C32" t="s">
+        <v>2953</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2954</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2955</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2956</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2957</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2958</v>
+      </c>
+      <c r="C33" t="s">
+        <v>2959</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2586</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2960</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C34" t="s">
+        <v>2964</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2965</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2966</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2967</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2969</v>
+      </c>
+      <c r="C35" t="s">
+        <v>2970</v>
+      </c>
+      <c r="D35" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2973</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2975</v>
+      </c>
+      <c r="C36" t="s">
+        <v>2976</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2977</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2978</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2979</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2980</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2981</v>
+      </c>
+      <c r="C37" t="s">
+        <v>2982</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2983</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2984</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C38" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D38" t="s">
+        <v>767</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2989</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2990</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2991</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2992</v>
+      </c>
+      <c r="C39" t="s">
+        <v>2993</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2994</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2995</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2996</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2997</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C40" t="s">
+        <v>2999</v>
+      </c>
+      <c r="D40" t="s">
+        <v>3000</v>
+      </c>
+      <c r="E40" t="s">
+        <v>3001</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>3002</v>
+      </c>
+      <c r="H40" t="s">
+        <v>3003</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B41" t="s">
+        <v>3004</v>
+      </c>
+      <c r="C41" t="s">
+        <v>3005</v>
+      </c>
+      <c r="D41" t="s">
+        <v>3006</v>
+      </c>
+      <c r="E41" t="s">
+        <v>3007</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>3008</v>
+      </c>
+      <c r="H41" t="s">
+        <v>3009</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B42" t="s">
+        <v>3010</v>
+      </c>
+      <c r="C42" t="s">
+        <v>3011</v>
+      </c>
+      <c r="D42" t="s">
+        <v>3012</v>
+      </c>
+      <c r="E42" t="s">
+        <v>3013</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>3014</v>
+      </c>
+      <c r="H42" t="s">
+        <v>3015</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B43" t="s">
+        <v>3016</v>
+      </c>
+      <c r="C43" t="s">
+        <v>3017</v>
+      </c>
+      <c r="D43" t="s">
+        <v>3018</v>
+      </c>
+      <c r="E43" t="s">
+        <v>3019</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>3020</v>
+      </c>
+      <c r="H43" t="s">
+        <v>3021</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B44" t="s">
+        <v>3022</v>
+      </c>
+      <c r="C44" t="s">
+        <v>3023</v>
+      </c>
+      <c r="D44" t="s">
+        <v>3024</v>
+      </c>
+      <c r="E44" t="s">
+        <v>3025</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>3026</v>
+      </c>
+      <c r="H44" t="s">
+        <v>3027</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B45" t="s">
+        <v>3028</v>
+      </c>
+      <c r="C45" t="s">
+        <v>3029</v>
+      </c>
+      <c r="D45" t="s">
+        <v>3030</v>
+      </c>
+      <c r="E45" t="s">
+        <v>3031</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>3032</v>
+      </c>
+      <c r="H45" t="s">
+        <v>3033</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B46" t="s">
+        <v>3034</v>
+      </c>
+      <c r="C46" t="s">
+        <v>3035</v>
+      </c>
+      <c r="D46" t="s">
+        <v>3036</v>
+      </c>
+      <c r="E46" t="s">
+        <v>3037</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>3038</v>
+      </c>
+      <c r="H46" t="s">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B47" t="s">
+        <v>3040</v>
+      </c>
+      <c r="C47" t="s">
+        <v>3041</v>
+      </c>
+      <c r="D47" t="s">
+        <v>3042</v>
+      </c>
+      <c r="E47" t="s">
+        <v>3043</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>3044</v>
+      </c>
+      <c r="H47" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B48" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C48" t="s">
+        <v>3047</v>
+      </c>
+      <c r="D48" t="s">
+        <v>3018</v>
+      </c>
+      <c r="E48" t="s">
+        <v>3048</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>3049</v>
+      </c>
+      <c r="H48" t="s">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B49" t="s">
+        <v>3051</v>
+      </c>
+      <c r="C49" t="s">
+        <v>3052</v>
+      </c>
+      <c r="D49" t="s">
+        <v>3053</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3054</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3055</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3056</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3057</v>
+      </c>
+      <c r="C50" t="s">
+        <v>3058</v>
+      </c>
+      <c r="D50" t="s">
+        <v>3059</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3060</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3061</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C51" t="s">
+        <v>3064</v>
+      </c>
+      <c r="D51" t="s">
+        <v>3065</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3066</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3067</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3068</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3069</v>
+      </c>
+      <c r="C52" t="s">
+        <v>3070</v>
+      </c>
+      <c r="D52" t="s">
+        <v>3071</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3072</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3073</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B53" t="s">
+        <v>3075</v>
+      </c>
+      <c r="C53" t="s">
+        <v>3076</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2214</v>
+      </c>
+      <c r="E53" t="s">
+        <v>3077</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>3078</v>
+      </c>
+      <c r="H53" t="s">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B54" t="s">
+        <v>3080</v>
+      </c>
+      <c r="C54" t="s">
+        <v>3081</v>
+      </c>
+      <c r="D54" t="s">
+        <v>3082</v>
+      </c>
+      <c r="E54" t="s">
+        <v>3083</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>3084</v>
+      </c>
+      <c r="H54" t="s">
+        <v>3085</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B55" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C55" t="s">
+        <v>3087</v>
+      </c>
+      <c r="D55" t="s">
+        <v>3088</v>
+      </c>
+      <c r="E55" t="s">
+        <v>3089</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>3090</v>
+      </c>
+      <c r="H55" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B56" t="s">
+        <v>3092</v>
+      </c>
+      <c r="C56" t="s">
+        <v>3093</v>
+      </c>
+      <c r="D56" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3095</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>3096</v>
+      </c>
+      <c r="H56" t="s">
+        <v>3097</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3098</v>
+      </c>
+      <c r="C57" t="s">
+        <v>3099</v>
+      </c>
+      <c r="D57" t="s">
+        <v>3100</v>
+      </c>
+      <c r="E57" t="s">
+        <v>3101</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3102</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3103</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B58" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C58" t="s">
+        <v>3105</v>
+      </c>
+      <c r="D58" t="s">
+        <v>3100</v>
+      </c>
+      <c r="E58" t="s">
+        <v>3101</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>3106</v>
+      </c>
+      <c r="H58" t="s">
+        <v>3107</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B59" t="s">
+        <v>3108</v>
+      </c>
+      <c r="C59" t="s">
+        <v>3109</v>
+      </c>
+      <c r="D59" t="s">
+        <v>3110</v>
+      </c>
+      <c r="E59" t="s">
+        <v>3111</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>3112</v>
+      </c>
+      <c r="H59" t="s">
+        <v>3113</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B60" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C60" t="s">
+        <v>3115</v>
+      </c>
+      <c r="D60" t="s">
+        <v>3116</v>
+      </c>
+      <c r="E60" t="s">
+        <v>3117</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>3118</v>
+      </c>
+      <c r="H60" t="s">
+        <v>3119</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B61" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C61" t="s">
+        <v>3121</v>
+      </c>
+      <c r="D61" t="s">
+        <v>3122</v>
+      </c>
+      <c r="E61" t="s">
+        <v>3123</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>3124</v>
+      </c>
+      <c r="H61" t="s">
+        <v>3125</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B62" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C62" t="s">
+        <v>3127</v>
+      </c>
+      <c r="D62" t="s">
+        <v>3128</v>
+      </c>
+      <c r="E62" t="s">
+        <v>3129</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>3130</v>
+      </c>
+      <c r="H62" t="s">
+        <v>3131</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B63" t="s">
+        <v>3132</v>
+      </c>
+      <c r="C63" t="s">
+        <v>3133</v>
+      </c>
+      <c r="D63" t="s">
+        <v>3134</v>
+      </c>
+      <c r="E63" t="s">
+        <v>3135</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>3136</v>
+      </c>
+      <c r="H63" t="s">
+        <v>3137</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B64" t="s">
+        <v>3138</v>
+      </c>
+      <c r="C64" t="s">
+        <v>3139</v>
+      </c>
+      <c r="D64" t="s">
+        <v>3140</v>
+      </c>
+      <c r="E64" t="s">
+        <v>3141</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>3142</v>
+      </c>
+      <c r="H64" t="s">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B65" t="s">
+        <v>3144</v>
+      </c>
+      <c r="C65" t="s">
+        <v>3145</v>
+      </c>
+      <c r="D65" t="s">
+        <v>3146</v>
+      </c>
+      <c r="E65" t="s">
+        <v>3147</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>3148</v>
+      </c>
+      <c r="H65" t="s">
+        <v>3149</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B66" t="s">
+        <v>3150</v>
+      </c>
+      <c r="C66" t="s">
+        <v>3151</v>
+      </c>
+      <c r="D66" t="s">
+        <v>3152</v>
+      </c>
+      <c r="E66" t="s">
+        <v>3153</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>3154</v>
+      </c>
+      <c r="H66" t="s">
+        <v>3155</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B67" t="s">
+        <v>3156</v>
+      </c>
+      <c r="C67" t="s">
+        <v>3157</v>
+      </c>
+      <c r="D67" t="s">
+        <v>3158</v>
+      </c>
+      <c r="E67" t="s">
+        <v>3159</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>3160</v>
+      </c>
+      <c r="H67" t="s">
+        <v>3161</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B68" t="s">
+        <v>3162</v>
+      </c>
+      <c r="C68" t="s">
+        <v>3163</v>
+      </c>
+      <c r="D68" t="s">
+        <v>3164</v>
+      </c>
+      <c r="E68" t="s">
+        <v>3165</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>3166</v>
+      </c>
+      <c r="H68" t="s">
+        <v>3167</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B69" t="s">
+        <v>3168</v>
+      </c>
+      <c r="C69" t="s">
+        <v>3169</v>
+      </c>
+      <c r="D69" t="s">
+        <v>3170</v>
+      </c>
+      <c r="E69" t="s">
+        <v>3171</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>3172</v>
+      </c>
+      <c r="H69" t="s">
+        <v>3173</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B70" t="s">
+        <v>3174</v>
+      </c>
+      <c r="C70" t="s">
+        <v>3175</v>
+      </c>
+      <c r="D70" t="s">
+        <v>3176</v>
+      </c>
+      <c r="E70" t="s">
+        <v>3177</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>3178</v>
+      </c>
+      <c r="H70" t="s">
+        <v>3179</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B71" t="s">
+        <v>3180</v>
+      </c>
+      <c r="C71" t="s">
+        <v>3181</v>
+      </c>
+      <c r="D71" t="s">
+        <v>3182</v>
+      </c>
+      <c r="E71" t="s">
+        <v>3183</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>3184</v>
+      </c>
+      <c r="H71" t="s">
+        <v>3185</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B72" t="s">
+        <v>3186</v>
+      </c>
+      <c r="C72" t="s">
+        <v>3187</v>
+      </c>
+      <c r="D72" t="s">
+        <v>3188</v>
+      </c>
+      <c r="E72" t="s">
+        <v>3189</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>3190</v>
+      </c>
+      <c r="H72" t="s">
+        <v>3191</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B73" t="s">
+        <v>3192</v>
+      </c>
+      <c r="C73" t="s">
+        <v>3193</v>
+      </c>
+      <c r="D73" t="s">
+        <v>3194</v>
+      </c>
+      <c r="E73" t="s">
+        <v>3195</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>3196</v>
+      </c>
+      <c r="H73" t="s">
+        <v>3197</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B74" t="s">
+        <v>3198</v>
+      </c>
+      <c r="C74" t="s">
+        <v>3199</v>
+      </c>
+      <c r="D74" t="s">
+        <v>3200</v>
+      </c>
+      <c r="E74" t="s">
+        <v>3201</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>3202</v>
+      </c>
+      <c r="H74" t="s">
+        <v>3203</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B75" t="s">
+        <v>3204</v>
+      </c>
+      <c r="C75" t="s">
+        <v>3205</v>
+      </c>
+      <c r="D75" t="s">
+        <v>3206</v>
+      </c>
+      <c r="E75" t="s">
+        <v>3207</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>3208</v>
+      </c>
+      <c r="H75" t="s">
+        <v>3209</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B76" t="s">
+        <v>3210</v>
+      </c>
+      <c r="C76" t="s">
+        <v>3211</v>
+      </c>
+      <c r="D76" t="s">
+        <v>3212</v>
+      </c>
+      <c r="E76" t="s">
+        <v>3213</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>3214</v>
+      </c>
+      <c r="H76" t="s">
+        <v>3215</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B77" t="s">
+        <v>3216</v>
+      </c>
+      <c r="C77" t="s">
+        <v>3217</v>
+      </c>
+      <c r="D77" t="s">
+        <v>3212</v>
+      </c>
+      <c r="E77" t="s">
+        <v>3213</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>3218</v>
+      </c>
+      <c r="H77" t="s">
+        <v>3219</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B78" t="s">
+        <v>3220</v>
+      </c>
+      <c r="C78" t="s">
+        <v>3221</v>
+      </c>
+      <c r="D78" t="s">
+        <v>3222</v>
+      </c>
+      <c r="E78" t="s">
+        <v>3223</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>3224</v>
+      </c>
+      <c r="H78" t="s">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B79" t="s">
+        <v>3226</v>
+      </c>
+      <c r="C79" t="s">
+        <v>3227</v>
+      </c>
+      <c r="D79" t="s">
+        <v>3228</v>
+      </c>
+      <c r="E79" t="s">
+        <v>3229</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>3230</v>
+      </c>
+      <c r="H79" t="s">
+        <v>3231</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B80" t="s">
+        <v>3232</v>
+      </c>
+      <c r="C80" t="s">
+        <v>3233</v>
+      </c>
+      <c r="D80" t="s">
+        <v>581</v>
+      </c>
+      <c r="E80" t="s">
+        <v>3234</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>3235</v>
+      </c>
+      <c r="H80" t="s">
+        <v>3236</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B81" t="s">
+        <v>3237</v>
+      </c>
+      <c r="C81" t="s">
+        <v>3238</v>
+      </c>
+      <c r="D81" t="s">
+        <v>3239</v>
+      </c>
+      <c r="E81" t="s">
+        <v>3240</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>3241</v>
+      </c>
+      <c r="H81" t="s">
+        <v>3242</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B82" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C82" t="s">
+        <v>3244</v>
+      </c>
+      <c r="D82" t="s">
+        <v>3245</v>
+      </c>
+      <c r="E82" t="s">
+        <v>3246</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>3247</v>
+      </c>
+      <c r="H82" t="s">
+        <v>3248</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B83" t="s">
+        <v>3249</v>
+      </c>
+      <c r="C83" t="s">
+        <v>3250</v>
+      </c>
+      <c r="D83" t="s">
+        <v>3251</v>
+      </c>
+      <c r="E83" t="s">
+        <v>3252</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>3253</v>
+      </c>
+      <c r="H83" t="s">
+        <v>3254</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B84" t="s">
+        <v>3255</v>
+      </c>
+      <c r="C84" t="s">
+        <v>3256</v>
+      </c>
+      <c r="D84" t="s">
+        <v>3257</v>
+      </c>
+      <c r="E84" t="s">
+        <v>3258</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>3259</v>
+      </c>
+      <c r="H84" t="s">
+        <v>3260</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B85" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C85" t="s">
+        <v>3262</v>
+      </c>
+      <c r="D85" t="s">
+        <v>3263</v>
+      </c>
+      <c r="E85" t="s">
+        <v>3264</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>3265</v>
+      </c>
+      <c r="H85" t="s">
+        <v>3266</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B86" t="s">
+        <v>3267</v>
+      </c>
+      <c r="C86" t="s">
+        <v>3268</v>
+      </c>
+      <c r="D86" t="s">
+        <v>3269</v>
+      </c>
+      <c r="E86" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>3271</v>
+      </c>
+      <c r="H86" t="s">
+        <v>3272</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B87" t="s">
+        <v>3273</v>
+      </c>
+      <c r="C87" t="s">
+        <v>3274</v>
+      </c>
+      <c r="D87" t="s">
+        <v>3275</v>
+      </c>
+      <c r="E87" t="s">
+        <v>3276</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>3277</v>
+      </c>
+      <c r="H87" t="s">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B88" t="s">
+        <v>3279</v>
+      </c>
+      <c r="C88" t="s">
+        <v>3280</v>
+      </c>
+      <c r="D88" t="s">
+        <v>3281</v>
+      </c>
+      <c r="E88" t="s">
+        <v>3282</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>3283</v>
+      </c>
+      <c r="H88" t="s">
+        <v>3284</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B89" t="s">
+        <v>3285</v>
+      </c>
+      <c r="C89" t="s">
+        <v>3286</v>
+      </c>
+      <c r="D89" t="s">
+        <v>3269</v>
+      </c>
+      <c r="E89" t="s">
+        <v>3287</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>3288</v>
+      </c>
+      <c r="H89" t="s">
+        <v>3289</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B90" t="s">
+        <v>3290</v>
+      </c>
+      <c r="C90" t="s">
+        <v>3291</v>
+      </c>
+      <c r="D90" t="s">
+        <v>3292</v>
+      </c>
+      <c r="E90" t="s">
+        <v>3293</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>3294</v>
+      </c>
+      <c r="H90" t="s">
+        <v>3295</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B91" t="s">
+        <v>3296</v>
+      </c>
+      <c r="C91" t="s">
+        <v>3297</v>
+      </c>
+      <c r="D91" t="s">
+        <v>3298</v>
+      </c>
+      <c r="E91" t="s">
+        <v>3299</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>3300</v>
+      </c>
+      <c r="H91" t="s">
+        <v>3301</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B92" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>3303</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>3304</v>
+      </c>
+      <c r="H92" t="s">
+        <v>3305</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B93" t="s">
+        <v>3306</v>
+      </c>
+      <c r="C93" t="s">
+        <v>3307</v>
+      </c>
+      <c r="D93" t="s">
+        <v>3308</v>
+      </c>
+      <c r="E93" t="s">
+        <v>3309</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>3310</v>
+      </c>
+      <c r="H93" t="s">
+        <v>3311</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B94" t="s">
+        <v>3312</v>
+      </c>
+      <c r="C94" t="s">
+        <v>3313</v>
+      </c>
+      <c r="D94" t="s">
+        <v>3314</v>
+      </c>
+      <c r="E94" t="s">
+        <v>3315</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>3316</v>
+      </c>
+      <c r="H94" t="s">
+        <v>3317</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B95" t="s">
+        <v>3318</v>
+      </c>
+      <c r="C95" t="s">
+        <v>3319</v>
+      </c>
+      <c r="D95" t="s">
+        <v>3320</v>
+      </c>
+      <c r="E95" t="s">
+        <v>3321</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>3322</v>
+      </c>
+      <c r="H95" t="s">
+        <v>3323</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B96" t="s">
+        <v>3324</v>
+      </c>
+      <c r="C96" t="s">
+        <v>3325</v>
+      </c>
+      <c r="D96" t="s">
+        <v>3326</v>
+      </c>
+      <c r="E96" t="s">
+        <v>3327</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>3328</v>
+      </c>
+      <c r="H96" t="s">
+        <v>3329</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B97" t="s">
+        <v>3330</v>
+      </c>
+      <c r="C97" t="s">
+        <v>3331</v>
+      </c>
+      <c r="D97" t="s">
+        <v>3332</v>
+      </c>
+      <c r="E97" t="s">
+        <v>3333</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>3334</v>
+      </c>
+      <c r="H97" t="s">
+        <v>3335</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B98" t="s">
+        <v>3336</v>
+      </c>
+      <c r="C98" t="s">
+        <v>3337</v>
+      </c>
+      <c r="D98" t="s">
+        <v>117</v>
+      </c>
+      <c r="E98" t="s">
+        <v>3338</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>3339</v>
+      </c>
+      <c r="H98" t="s">
+        <v>3340</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B99" t="s">
+        <v>3341</v>
+      </c>
+      <c r="C99" t="s">
+        <v>3342</v>
+      </c>
+      <c r="D99" t="s">
+        <v>3343</v>
+      </c>
+      <c r="E99" t="s">
+        <v>3344</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>3345</v>
+      </c>
+      <c r="H99" t="s">
+        <v>3346</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B100" t="s">
+        <v>3347</v>
+      </c>
+      <c r="C100" t="s">
+        <v>3348</v>
+      </c>
+      <c r="D100" t="s">
+        <v>3349</v>
+      </c>
+      <c r="E100" t="s">
+        <v>3350</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>3351</v>
+      </c>
+      <c r="H100" t="s">
+        <v>3352</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B101" t="s">
+        <v>3353</v>
+      </c>
+      <c r="C101" t="s">
+        <v>3354</v>
+      </c>
+      <c r="D101" t="s">
+        <v>3355</v>
+      </c>
+      <c r="E101" t="s">
+        <v>3356</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>3357</v>
+      </c>
+      <c r="H101" t="s">
+        <v>3358</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B102" t="s">
+        <v>3359</v>
+      </c>
+      <c r="C102" t="s">
+        <v>3360</v>
+      </c>
+      <c r="D102" t="s">
+        <v>3361</v>
+      </c>
+      <c r="E102" t="s">
+        <v>3362</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>3363</v>
+      </c>
+      <c r="H102" t="s">
+        <v>3364</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B103" t="s">
+        <v>3365</v>
+      </c>
+      <c r="C103" t="s">
+        <v>3366</v>
+      </c>
+      <c r="D103" t="s">
+        <v>588</v>
+      </c>
+      <c r="E103" t="s">
+        <v>3367</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>3368</v>
+      </c>
+      <c r="H103" t="s">
+        <v>3369</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B104" t="s">
+        <v>3370</v>
+      </c>
+      <c r="C104" t="s">
+        <v>3371</v>
+      </c>
+      <c r="D104" t="s">
+        <v>3372</v>
+      </c>
+      <c r="E104" t="s">
+        <v>3373</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>3374</v>
+      </c>
+      <c r="H104" t="s">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B105" t="s">
+        <v>3376</v>
+      </c>
+      <c r="C105" t="s">
+        <v>3377</v>
+      </c>
+      <c r="D105" t="s">
+        <v>141</v>
+      </c>
+      <c r="E105" t="s">
+        <v>3378</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>3379</v>
+      </c>
+      <c r="H105" t="s">
+        <v>3380</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B106" t="s">
+        <v>3381</v>
+      </c>
+      <c r="C106" t="s">
+        <v>3382</v>
+      </c>
+      <c r="D106" t="s">
+        <v>3383</v>
+      </c>
+      <c r="E106" t="s">
+        <v>3384</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>3385</v>
+      </c>
+      <c r="H106" t="s">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B107" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C107" t="s">
+        <v>3388</v>
+      </c>
+      <c r="D107" t="s">
+        <v>3389</v>
+      </c>
+      <c r="E107" t="s">
+        <v>3390</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>3391</v>
+      </c>
+      <c r="H107" t="s">
+        <v>3392</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B108" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C108" t="s">
+        <v>3394</v>
+      </c>
+      <c r="D108" t="s">
+        <v>3395</v>
+      </c>
+      <c r="E108" t="s">
+        <v>3396</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>3397</v>
+      </c>
+      <c r="H108" t="s">
+        <v>3398</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B109" t="s">
+        <v>3399</v>
+      </c>
+      <c r="C109" t="s">
+        <v>3400</v>
+      </c>
+      <c r="D109" t="s">
+        <v>3401</v>
+      </c>
+      <c r="E109" t="s">
+        <v>3402</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>3403</v>
+      </c>
+      <c r="H109" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B110" t="s">
+        <v>3405</v>
+      </c>
+      <c r="C110" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D110" t="s">
+        <v>3407</v>
+      </c>
+      <c r="E110" t="s">
+        <v>3408</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>3409</v>
+      </c>
+      <c r="H110" t="s">
+        <v>3410</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B111" t="s">
+        <v>3411</v>
+      </c>
+      <c r="C111" t="s">
+        <v>3412</v>
+      </c>
+      <c r="D111" t="s">
+        <v>3413</v>
+      </c>
+      <c r="E111" t="s">
+        <v>3414</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>3415</v>
+      </c>
+      <c r="H111" t="s">
+        <v>3416</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B112" t="s">
+        <v>3417</v>
+      </c>
+      <c r="C112" t="s">
+        <v>3418</v>
+      </c>
+      <c r="D112" t="s">
+        <v>3419</v>
+      </c>
+      <c r="E112" t="s">
+        <v>3420</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>3421</v>
+      </c>
+      <c r="H112" t="s">
+        <v>3422</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B113" t="s">
+        <v>3423</v>
+      </c>
+      <c r="C113" t="s">
+        <v>3424</v>
+      </c>
+      <c r="D113" t="s">
+        <v>3425</v>
+      </c>
+      <c r="E113" t="s">
+        <v>3426</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>3427</v>
+      </c>
+      <c r="H113" t="s">
+        <v>3428</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B114" t="s">
+        <v>3429</v>
+      </c>
+      <c r="C114" t="s">
+        <v>3430</v>
+      </c>
+      <c r="D114" t="s">
+        <v>3431</v>
+      </c>
+      <c r="E114" t="s">
+        <v>3432</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>3433</v>
+      </c>
+      <c r="H114" t="s">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B115" t="s">
+        <v>3435</v>
+      </c>
+      <c r="C115" t="s">
+        <v>3436</v>
+      </c>
+      <c r="D115" t="s">
+        <v>642</v>
+      </c>
+      <c r="E115" t="s">
+        <v>3437</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>3438</v>
+      </c>
+      <c r="H115" t="s">
+        <v>3439</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B116" t="s">
+        <v>3440</v>
+      </c>
+      <c r="C116" t="s">
+        <v>3441</v>
+      </c>
+      <c r="D116" t="s">
+        <v>3442</v>
+      </c>
+      <c r="E116" t="s">
+        <v>3443</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>3444</v>
+      </c>
+      <c r="H116" t="s">
+        <v>3445</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B117" t="s">
+        <v>3446</v>
+      </c>
+      <c r="C117" t="s">
+        <v>3447</v>
+      </c>
+      <c r="D117" t="s">
+        <v>3448</v>
+      </c>
+      <c r="E117" t="s">
+        <v>3449</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>3450</v>
+      </c>
+      <c r="H117" t="s">
+        <v>3451</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B118" t="s">
+        <v>3452</v>
+      </c>
+      <c r="C118" t="s">
+        <v>3453</v>
+      </c>
+      <c r="D118" t="s">
+        <v>3454</v>
+      </c>
+      <c r="E118" t="s">
+        <v>3455</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>3456</v>
+      </c>
+      <c r="H118" t="s">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B119" t="s">
+        <v>3458</v>
+      </c>
+      <c r="C119" t="s">
+        <v>3459</v>
+      </c>
+      <c r="D119" t="s">
+        <v>3454</v>
+      </c>
+      <c r="E119" t="s">
+        <v>3460</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>3461</v>
+      </c>
+      <c r="H119" t="s">
+        <v>3462</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B120" t="s">
+        <v>3463</v>
+      </c>
+      <c r="C120" t="s">
+        <v>3464</v>
+      </c>
+      <c r="D120" t="s">
+        <v>3465</v>
+      </c>
+      <c r="E120" t="s">
+        <v>3466</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>3467</v>
+      </c>
+      <c r="H120" t="s">
+        <v>3468</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B121" t="s">
+        <v>3469</v>
+      </c>
+      <c r="C121" t="s">
+        <v>3470</v>
+      </c>
+      <c r="D121" t="s">
+        <v>3471</v>
+      </c>
+      <c r="E121" t="s">
+        <v>3472</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>3473</v>
+      </c>
+      <c r="H121" t="s">
+        <v>3474</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B122" t="s">
+        <v>3475</v>
+      </c>
+      <c r="C122" t="s">
+        <v>3476</v>
+      </c>
+      <c r="D122" t="s">
+        <v>3477</v>
+      </c>
+      <c r="E122" t="s">
+        <v>3478</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>3479</v>
+      </c>
+      <c r="H122" t="s">
+        <v>3480</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B123" t="s">
+        <v>3481</v>
+      </c>
+      <c r="C123" t="s">
+        <v>3482</v>
+      </c>
+      <c r="D123" t="s">
+        <v>3483</v>
+      </c>
+      <c r="E123" t="s">
+        <v>3484</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>3485</v>
+      </c>
+      <c r="H123" t="s">
+        <v>3486</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B124" t="s">
+        <v>3487</v>
+      </c>
+      <c r="C124" t="s">
+        <v>3488</v>
+      </c>
+      <c r="D124" t="s">
+        <v>3489</v>
+      </c>
+      <c r="E124" t="s">
+        <v>3490</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>3491</v>
+      </c>
+      <c r="H124" t="s">
+        <v>3492</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B125" t="s">
+        <v>3493</v>
+      </c>
+      <c r="C125" t="s">
+        <v>3494</v>
+      </c>
+      <c r="D125" t="s">
+        <v>3495</v>
+      </c>
+      <c r="E125" t="s">
+        <v>3496</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>3497</v>
+      </c>
+      <c r="H125" t="s">
+        <v>3498</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B126" t="s">
+        <v>3499</v>
+      </c>
+      <c r="C126" t="s">
+        <v>3500</v>
+      </c>
+      <c r="D126" t="s">
+        <v>3501</v>
+      </c>
+      <c r="E126" t="s">
+        <v>3502</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>3503</v>
+      </c>
+      <c r="H126" t="s">
+        <v>3504</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B127" t="s">
+        <v>3505</v>
+      </c>
+      <c r="C127" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D127" t="s">
+        <v>3507</v>
+      </c>
+      <c r="E127" t="s">
+        <v>3508</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>3509</v>
+      </c>
+      <c r="H127" t="s">
+        <v>3510</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B128" t="s">
+        <v>3511</v>
+      </c>
+      <c r="C128" t="s">
+        <v>3512</v>
+      </c>
+      <c r="D128" t="s">
+        <v>665</v>
+      </c>
+      <c r="E128" t="s">
+        <v>3513</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>3514</v>
+      </c>
+      <c r="H128" t="s">
+        <v>3515</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B129" t="s">
+        <v>3516</v>
+      </c>
+      <c r="C129" t="s">
+        <v>3517</v>
+      </c>
+      <c r="D129" t="s">
+        <v>3518</v>
+      </c>
+      <c r="E129" t="s">
+        <v>3519</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>3520</v>
+      </c>
+      <c r="H129" t="s">
+        <v>3521</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B130" t="s">
+        <v>3522</v>
+      </c>
+      <c r="C130" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D130" t="s">
+        <v>3524</v>
+      </c>
+      <c r="E130" t="s">
+        <v>3525</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>3526</v>
+      </c>
+      <c r="H130" t="s">
+        <v>3527</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B131" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C131" t="s">
+        <v>3529</v>
+      </c>
+      <c r="D131" t="s">
+        <v>3530</v>
+      </c>
+      <c r="E131" t="s">
+        <v>3531</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>3532</v>
+      </c>
+      <c r="H131" t="s">
+        <v>3533</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3535</v>
+      </c>
+      <c r="C2" t="s">
+        <v>3536</v>
+      </c>
+      <c r="D2" t="s">
+        <v>3537</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3538</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3539</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3540</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3541</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3542</v>
+      </c>
+      <c r="D3" t="s">
+        <v>3543</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3544</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3545</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3546</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3547</v>
+      </c>
+      <c r="C4" t="s">
+        <v>3548</v>
+      </c>
+      <c r="D4" t="s">
+        <v>3549</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3550</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3551</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3552</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3553</v>
+      </c>
+      <c r="C5" t="s">
+        <v>3553</v>
+      </c>
+      <c r="D5" t="s">
+        <v>3554</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3555</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3556</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3558</v>
+      </c>
+      <c r="C6" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D6" t="s">
+        <v>3559</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3560</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3561</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3562</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3563</v>
+      </c>
+      <c r="C7" t="s">
+        <v>3564</v>
+      </c>
+      <c r="D7" t="s">
+        <v>3565</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3566</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3567</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3568</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3569</v>
+      </c>
+      <c r="C8" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D8" t="s">
+        <v>3571</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3572</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3573</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3574</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H52"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3576</v>
+      </c>
+      <c r="C2" t="s">
+        <v>3577</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3578</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3579</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3580</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3583</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3584</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B4" t="s">
+        <v>3586</v>
+      </c>
+      <c r="C4" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>3588</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>3589</v>
+      </c>
+      <c r="H4" t="s">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3591</v>
+      </c>
+      <c r="C5" t="s">
+        <v>3592</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>3593</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>3594</v>
+      </c>
+      <c r="H5" t="s">
+        <v>3595</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3596</v>
+      </c>
+      <c r="C6" t="s">
+        <v>3597</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>3598</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3599</v>
+      </c>
+      <c r="H6" t="s">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B7" t="s">
+        <v>3601</v>
+      </c>
+      <c r="C7" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>3603</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>3604</v>
+      </c>
+      <c r="H7" t="s">
+        <v>3605</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B8" t="s">
+        <v>3606</v>
+      </c>
+      <c r="C8" t="s">
+        <v>3607</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>3608</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>3609</v>
+      </c>
+      <c r="H8" t="s">
+        <v>3610</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B9" t="s">
+        <v>3611</v>
+      </c>
+      <c r="C9" t="s">
+        <v>3612</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>3613</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>3614</v>
+      </c>
+      <c r="H9" t="s">
+        <v>3615</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B10" t="s">
+        <v>3616</v>
+      </c>
+      <c r="C10" t="s">
+        <v>3617</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>3618</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>3619</v>
+      </c>
+      <c r="H10" t="s">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B11" t="s">
+        <v>3621</v>
+      </c>
+      <c r="C11" t="s">
+        <v>3622</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>3623</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>3624</v>
+      </c>
+      <c r="H11" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B12" t="s">
+        <v>3626</v>
+      </c>
+      <c r="C12" t="s">
+        <v>3627</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>3628</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>3629</v>
+      </c>
+      <c r="H12" t="s">
+        <v>3630</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B13" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C13" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>3633</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>3634</v>
+      </c>
+      <c r="H13" t="s">
+        <v>3635</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B14" t="s">
+        <v>3636</v>
+      </c>
+      <c r="C14" t="s">
+        <v>3637</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>3638</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>3639</v>
+      </c>
+      <c r="H14" t="s">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B15" t="s">
+        <v>3641</v>
+      </c>
+      <c r="C15" t="s">
+        <v>3642</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>3644</v>
+      </c>
+      <c r="H15" t="s">
+        <v>3645</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B16" t="s">
+        <v>3646</v>
+      </c>
+      <c r="C16" t="s">
+        <v>3647</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>3648</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>3649</v>
+      </c>
+      <c r="H16" t="s">
+        <v>3650</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B17" t="s">
+        <v>3651</v>
+      </c>
+      <c r="C17" t="s">
+        <v>3652</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>3653</v>
+      </c>
+      <c r="H17" t="s">
+        <v>3654</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B18" t="s">
+        <v>3655</v>
+      </c>
+      <c r="C18" t="s">
+        <v>3656</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>3657</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>3658</v>
+      </c>
+      <c r="H18" t="s">
+        <v>3659</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B19" t="s">
+        <v>3660</v>
+      </c>
+      <c r="C19" t="s">
+        <v>3661</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>3662</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>3663</v>
+      </c>
+      <c r="H19" t="s">
+        <v>3664</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B20" t="s">
+        <v>3665</v>
+      </c>
+      <c r="C20" t="s">
+        <v>3666</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>3667</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>3668</v>
+      </c>
+      <c r="H20" t="s">
+        <v>3669</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B21" t="s">
+        <v>3670</v>
+      </c>
+      <c r="C21" t="s">
+        <v>3671</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>3672</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>3673</v>
+      </c>
+      <c r="H21" t="s">
+        <v>3674</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B22" t="s">
+        <v>3675</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>3676</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>3677</v>
+      </c>
+      <c r="H22" t="s">
+        <v>3678</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B23" t="s">
+        <v>3679</v>
+      </c>
+      <c r="C23" t="s">
+        <v>3680</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>3681</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>3682</v>
+      </c>
+      <c r="H23" t="s">
+        <v>3683</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B24" t="s">
+        <v>3684</v>
+      </c>
+      <c r="C24" t="s">
+        <v>3685</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>3686</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>3687</v>
+      </c>
+      <c r="H24" t="s">
+        <v>3688</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B25" t="s">
+        <v>3689</v>
+      </c>
+      <c r="C25" t="s">
+        <v>3690</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>3691</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>3692</v>
+      </c>
+      <c r="H25" t="s">
+        <v>3693</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B26" t="s">
+        <v>3694</v>
+      </c>
+      <c r="C26" t="s">
+        <v>3695</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>3696</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>3697</v>
+      </c>
+      <c r="H26" t="s">
+        <v>3698</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B27" t="s">
+        <v>3699</v>
+      </c>
+      <c r="C27" t="s">
+        <v>3700</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>3696</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>3701</v>
+      </c>
+      <c r="H27" t="s">
+        <v>3702</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B28" t="s">
+        <v>3703</v>
+      </c>
+      <c r="C28" t="s">
+        <v>3704</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>3705</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>3706</v>
+      </c>
+      <c r="H28" t="s">
+        <v>3707</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B29" t="s">
+        <v>3708</v>
+      </c>
+      <c r="C29" t="s">
+        <v>3709</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>3710</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>3711</v>
+      </c>
+      <c r="H29" t="s">
+        <v>3712</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B30" t="s">
+        <v>3713</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>3714</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>3715</v>
+      </c>
+      <c r="H30" t="s">
+        <v>3716</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B31" t="s">
+        <v>3717</v>
+      </c>
+      <c r="C31" t="s">
+        <v>3718</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>3719</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>3720</v>
+      </c>
+      <c r="H31" t="s">
+        <v>3721</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B32" t="s">
+        <v>3722</v>
+      </c>
+      <c r="C32" t="s">
+        <v>3723</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>3724</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>3725</v>
+      </c>
+      <c r="H32" t="s">
+        <v>3726</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B33" t="s">
+        <v>3727</v>
+      </c>
+      <c r="C33" t="s">
+        <v>3728</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>3729</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>3730</v>
+      </c>
+      <c r="H33" t="s">
+        <v>3731</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B34" t="s">
+        <v>3732</v>
+      </c>
+      <c r="C34" t="s">
+        <v>3733</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>3734</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>3735</v>
+      </c>
+      <c r="H34" t="s">
+        <v>3736</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B35" t="s">
+        <v>3737</v>
+      </c>
+      <c r="C35" t="s">
+        <v>3738</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>3739</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>3740</v>
+      </c>
+      <c r="H35" t="s">
+        <v>3741</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B36" t="s">
+        <v>3742</v>
+      </c>
+      <c r="C36" t="s">
+        <v>3743</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>31</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>3744</v>
+      </c>
+      <c r="H36" t="s">
+        <v>3745</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B37" t="s">
+        <v>3746</v>
+      </c>
+      <c r="C37" t="s">
+        <v>3747</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>3748</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>3749</v>
+      </c>
+      <c r="H37" t="s">
+        <v>3750</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B38" t="s">
+        <v>3751</v>
+      </c>
+      <c r="C38" t="s">
+        <v>3752</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>3753</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>3754</v>
+      </c>
+      <c r="H38" t="s">
+        <v>3755</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B39" t="s">
+        <v>3756</v>
+      </c>
+      <c r="C39" t="s">
+        <v>3757</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>3758</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>3759</v>
+      </c>
+      <c r="H39" t="s">
+        <v>3760</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B40" t="s">
+        <v>3761</v>
+      </c>
+      <c r="C40" t="s">
+        <v>3762</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>3763</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>3764</v>
+      </c>
+      <c r="H40" t="s">
+        <v>3765</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B41" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C41" t="s">
+        <v>3767</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>3768</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>3769</v>
+      </c>
+      <c r="H41" t="s">
+        <v>3770</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B42" t="s">
+        <v>3771</v>
+      </c>
+      <c r="C42" t="s">
+        <v>3772</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>3773</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>3774</v>
+      </c>
+      <c r="H42" t="s">
+        <v>3775</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B43" t="s">
+        <v>3776</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>3777</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>3778</v>
+      </c>
+      <c r="H43" t="s">
+        <v>3779</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B44" t="s">
+        <v>3780</v>
+      </c>
+      <c r="C44" t="s">
+        <v>3781</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>3782</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>3783</v>
+      </c>
+      <c r="H44" t="s">
+        <v>3784</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B45" t="s">
+        <v>3785</v>
+      </c>
+      <c r="C45" t="s">
+        <v>3786</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>3787</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>3788</v>
+      </c>
+      <c r="H45" t="s">
+        <v>3789</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B46" t="s">
+        <v>3790</v>
+      </c>
+      <c r="C46" t="s">
+        <v>3791</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>3792</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>3793</v>
+      </c>
+      <c r="H46" t="s">
+        <v>3794</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B47" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C47" t="s">
+        <v>3796</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>3797</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>3798</v>
+      </c>
+      <c r="H47" t="s">
+        <v>3799</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B48" t="s">
+        <v>3800</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>3801</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>3802</v>
+      </c>
+      <c r="H48" t="s">
+        <v>3803</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B49" t="s">
+        <v>3804</v>
+      </c>
+      <c r="C49" t="s">
+        <v>3805</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3806</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3807</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3808</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3809</v>
+      </c>
+      <c r="C50" t="s">
+        <v>3810</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3811</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3812</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3813</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3814</v>
+      </c>
+      <c r="C51" t="s">
+        <v>3815</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3816</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3817</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3818</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C52" t="s">
+        <v>3820</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3821</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3822</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3823</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J100"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>163</v>
+      </c>
+      <c r="J1" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>165</v>
+      </c>
+      <c r="B2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>167</v>
+      </c>
+      <c r="E2" t="s">
+        <v>168</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>169</v>
+      </c>
+      <c r="H2" t="s">
+        <v>170</v>
+      </c>
+      <c r="I2" t="s">
+        <v>171</v>
+      </c>
+      <c r="J2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C3" t="s">
+        <v>174</v>
+      </c>
+      <c r="D3" t="s">
+        <v>175</v>
+      </c>
+      <c r="E3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>177</v>
+      </c>
+      <c r="H3" t="s">
+        <v>178</v>
+      </c>
+      <c r="I3" t="s">
+        <v>179</v>
+      </c>
+      <c r="J3" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E4" t="s">
+        <v>183</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>184</v>
+      </c>
+      <c r="H4" t="s">
+        <v>185</v>
+      </c>
+      <c r="I4" t="s">
+        <v>186</v>
+      </c>
+      <c r="J4" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>165</v>
+      </c>
+      <c r="B5" t="s">
+        <v>188</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E5" t="s">
+        <v>183</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>189</v>
+      </c>
+      <c r="H5" t="s">
+        <v>190</v>
+      </c>
+      <c r="I5" t="s">
+        <v>191</v>
+      </c>
+      <c r="J5" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>165</v>
+      </c>
+      <c r="B6" t="s">
+        <v>193</v>
+      </c>
+      <c r="C6" t="s">
+        <v>194</v>
+      </c>
+      <c r="D6" t="s">
+        <v>182</v>
+      </c>
+      <c r="E6" t="s">
+        <v>195</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>196</v>
+      </c>
+      <c r="H6" t="s">
+        <v>197</v>
+      </c>
+      <c r="I6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J6" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>165</v>
+      </c>
+      <c r="B7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>200</v>
+      </c>
+      <c r="E7" t="s">
+        <v>201</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>202</v>
+      </c>
+      <c r="H7" t="s">
+        <v>203</v>
+      </c>
+      <c r="I7" t="s">
+        <v>204</v>
+      </c>
+      <c r="J7" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>165</v>
+      </c>
+      <c r="B8" t="s">
+        <v>206</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>207</v>
+      </c>
+      <c r="E8" t="s">
+        <v>208</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>209</v>
+      </c>
+      <c r="H8" t="s">
+        <v>210</v>
+      </c>
+      <c r="I8" t="s">
+        <v>211</v>
+      </c>
+      <c r="J8" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>165</v>
+      </c>
+      <c r="B9" t="s">
+        <v>213</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>214</v>
+      </c>
+      <c r="E9" t="s">
+        <v>215</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>216</v>
+      </c>
+      <c r="H9" t="s">
+        <v>217</v>
+      </c>
+      <c r="I9" t="s">
+        <v>218</v>
+      </c>
+      <c r="J9" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>165</v>
+      </c>
+      <c r="B10" t="s">
+        <v>220</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>221</v>
+      </c>
+      <c r="E10" t="s">
+        <v>222</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>223</v>
+      </c>
+      <c r="H10" t="s">
+        <v>224</v>
+      </c>
+      <c r="I10" t="s">
+        <v>225</v>
+      </c>
+      <c r="J10" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>165</v>
+      </c>
+      <c r="B11" t="s">
+        <v>227</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>228</v>
+      </c>
+      <c r="E11" t="s">
+        <v>229</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>230</v>
+      </c>
+      <c r="H11" t="s">
+        <v>231</v>
+      </c>
+      <c r="I11" t="s">
+        <v>171</v>
+      </c>
+      <c r="J11" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>165</v>
+      </c>
+      <c r="B12" t="s">
+        <v>233</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>200</v>
+      </c>
+      <c r="E12" t="s">
+        <v>234</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>235</v>
+      </c>
+      <c r="H12" t="s">
+        <v>236</v>
+      </c>
+      <c r="I12" t="s">
+        <v>237</v>
+      </c>
+      <c r="J12" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>165</v>
+      </c>
+      <c r="B13" t="s">
+        <v>239</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>240</v>
+      </c>
+      <c r="E13" t="s">
+        <v>241</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>242</v>
+      </c>
+      <c r="H13" t="s">
+        <v>243</v>
+      </c>
+      <c r="I13" t="s">
+        <v>244</v>
+      </c>
+      <c r="J13" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>165</v>
+      </c>
+      <c r="B14" t="s">
+        <v>246</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>247</v>
+      </c>
+      <c r="E14" t="s">
+        <v>248</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>249</v>
+      </c>
+      <c r="H14" t="s">
+        <v>250</v>
+      </c>
+      <c r="I14" t="s">
+        <v>251</v>
+      </c>
+      <c r="J14" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>165</v>
+      </c>
+      <c r="B15" t="s">
+        <v>253</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>221</v>
+      </c>
+      <c r="E15" t="s">
+        <v>254</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>255</v>
+      </c>
+      <c r="H15" t="s">
+        <v>256</v>
+      </c>
+      <c r="I15" t="s">
+        <v>257</v>
+      </c>
+      <c r="J15" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>165</v>
+      </c>
+      <c r="B16" t="s">
+        <v>259</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>260</v>
+      </c>
+      <c r="E16" t="s">
+        <v>261</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>262</v>
+      </c>
+      <c r="H16" t="s">
+        <v>263</v>
+      </c>
+      <c r="I16" t="s">
+        <v>179</v>
+      </c>
+      <c r="J16" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>165</v>
+      </c>
+      <c r="B17" t="s">
+        <v>265</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>266</v>
+      </c>
+      <c r="E17" t="s">
+        <v>267</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>268</v>
+      </c>
+      <c r="H17" t="s">
+        <v>269</v>
+      </c>
+      <c r="I17" t="s">
+        <v>270</v>
+      </c>
+      <c r="J17" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>165</v>
+      </c>
+      <c r="B18" t="s">
+        <v>272</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>273</v>
+      </c>
+      <c r="E18" t="s">
+        <v>274</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>275</v>
+      </c>
+      <c r="H18" t="s">
+        <v>276</v>
+      </c>
+      <c r="I18" t="s">
+        <v>277</v>
+      </c>
+      <c r="J18" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>165</v>
+      </c>
+      <c r="B19" t="s">
+        <v>279</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>273</v>
+      </c>
+      <c r="E19" t="s">
+        <v>280</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>281</v>
+      </c>
+      <c r="H19" t="s">
+        <v>282</v>
+      </c>
+      <c r="I19" t="s">
+        <v>171</v>
+      </c>
+      <c r="J19" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>165</v>
+      </c>
+      <c r="B20" t="s">
+        <v>284</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>285</v>
+      </c>
+      <c r="E20" t="s">
+        <v>286</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>287</v>
+      </c>
+      <c r="H20" t="s">
+        <v>288</v>
+      </c>
+      <c r="I20" t="s">
+        <v>289</v>
+      </c>
+      <c r="J20" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>291</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>292</v>
+      </c>
+      <c r="E21" t="s">
+        <v>293</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>294</v>
+      </c>
+      <c r="H21" t="s">
+        <v>295</v>
+      </c>
+      <c r="I21" t="s">
+        <v>296</v>
+      </c>
+      <c r="J21" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>298</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>273</v>
+      </c>
+      <c r="E22" t="s">
+        <v>293</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>299</v>
+      </c>
+      <c r="H22" t="s">
+        <v>300</v>
+      </c>
+      <c r="I22" t="s">
+        <v>301</v>
+      </c>
+      <c r="J22" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>303</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>292</v>
+      </c>
+      <c r="E23" t="s">
+        <v>293</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>304</v>
+      </c>
+      <c r="H23" t="s">
+        <v>305</v>
+      </c>
+      <c r="I23" t="s">
+        <v>306</v>
+      </c>
+      <c r="J23" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>307</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>273</v>
+      </c>
+      <c r="E24" t="s">
+        <v>293</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>308</v>
+      </c>
+      <c r="H24" t="s">
+        <v>309</v>
+      </c>
+      <c r="I24" t="s">
+        <v>306</v>
+      </c>
+      <c r="J24" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>311</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>312</v>
+      </c>
+      <c r="E25" t="s">
+        <v>313</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>314</v>
+      </c>
+      <c r="H25" t="s">
+        <v>315</v>
+      </c>
+      <c r="I25" t="s">
+        <v>316</v>
+      </c>
+      <c r="J25" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" t="s">
+        <v>318</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>285</v>
+      </c>
+      <c r="E26" t="s">
+        <v>319</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>320</v>
+      </c>
+      <c r="H26" t="s">
+        <v>321</v>
+      </c>
+      <c r="I26" t="s">
+        <v>322</v>
+      </c>
+      <c r="J26" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>165</v>
+      </c>
+      <c r="B27" t="s">
+        <v>324</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>285</v>
+      </c>
+      <c r="E27" t="s">
+        <v>325</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>326</v>
+      </c>
+      <c r="H27" t="s">
+        <v>327</v>
+      </c>
+      <c r="I27" t="s">
+        <v>270</v>
+      </c>
+      <c r="J27" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>165</v>
+      </c>
+      <c r="B28" t="s">
+        <v>329</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>330</v>
+      </c>
+      <c r="E28" t="s">
+        <v>331</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>332</v>
+      </c>
+      <c r="H28" t="s">
+        <v>333</v>
+      </c>
+      <c r="I28" t="s">
+        <v>334</v>
+      </c>
+      <c r="J28" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>165</v>
+      </c>
+      <c r="B29" t="s">
+        <v>336</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>330</v>
+      </c>
+      <c r="E29" t="s">
+        <v>337</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>338</v>
+      </c>
+      <c r="H29" t="s">
+        <v>339</v>
+      </c>
+      <c r="I29" t="s">
+        <v>340</v>
+      </c>
+      <c r="J29" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>165</v>
+      </c>
+      <c r="B30" t="s">
+        <v>342</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>343</v>
+      </c>
+      <c r="E30" t="s">
+        <v>344</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>345</v>
+      </c>
+      <c r="H30" t="s">
+        <v>346</v>
+      </c>
+      <c r="I30" t="s">
+        <v>179</v>
+      </c>
+      <c r="J30" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>165</v>
+      </c>
+      <c r="B31" t="s">
+        <v>348</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>330</v>
+      </c>
+      <c r="E31" t="s">
+        <v>344</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>349</v>
+      </c>
+      <c r="H31" t="s">
+        <v>350</v>
+      </c>
+      <c r="I31" t="s">
+        <v>351</v>
+      </c>
+      <c r="J31" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
+        <v>353</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>354</v>
+      </c>
+      <c r="E32" t="s">
+        <v>355</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>356</v>
+      </c>
+      <c r="H32" t="s">
+        <v>357</v>
+      </c>
+      <c r="I32" t="s">
+        <v>358</v>
+      </c>
+      <c r="J32" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>165</v>
+      </c>
+      <c r="B33" t="s">
+        <v>360</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>361</v>
+      </c>
+      <c r="E33" t="s">
+        <v>362</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>363</v>
+      </c>
+      <c r="H33" t="s">
+        <v>364</v>
+      </c>
+      <c r="I33" t="s">
+        <v>365</v>
+      </c>
+      <c r="J33" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>165</v>
+      </c>
+      <c r="B34" t="s">
+        <v>367</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>368</v>
+      </c>
+      <c r="E34" t="s">
+        <v>369</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>370</v>
+      </c>
+      <c r="H34" t="s">
+        <v>371</v>
+      </c>
+      <c r="I34" t="s">
+        <v>372</v>
+      </c>
+      <c r="J34" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>165</v>
+      </c>
+      <c r="B35" t="s">
+        <v>374</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>375</v>
+      </c>
+      <c r="E35" t="s">
+        <v>376</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>377</v>
+      </c>
+      <c r="H35" t="s">
+        <v>378</v>
+      </c>
+      <c r="I35" t="s">
+        <v>379</v>
+      </c>
+      <c r="J35" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>165</v>
+      </c>
+      <c r="B36" t="s">
+        <v>374</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>375</v>
+      </c>
+      <c r="E36" t="s">
+        <v>380</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>381</v>
+      </c>
+      <c r="H36" t="s">
+        <v>382</v>
+      </c>
+      <c r="I36" t="s">
+        <v>383</v>
+      </c>
+      <c r="J36" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>165</v>
+      </c>
+      <c r="B37" t="s">
+        <v>374</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>375</v>
+      </c>
+      <c r="E37" t="s">
+        <v>380</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>384</v>
+      </c>
+      <c r="H37" t="s">
+        <v>385</v>
+      </c>
+      <c r="I37" t="s">
+        <v>386</v>
+      </c>
+      <c r="J37" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" t="s">
+        <v>374</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>375</v>
+      </c>
+      <c r="E38" t="s">
+        <v>380</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>387</v>
+      </c>
+      <c r="H38" t="s">
+        <v>388</v>
+      </c>
+      <c r="I38" t="s">
+        <v>389</v>
+      </c>
+      <c r="J38" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>165</v>
+      </c>
+      <c r="B39" t="s">
+        <v>374</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>375</v>
+      </c>
+      <c r="E39" t="s">
+        <v>380</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>390</v>
+      </c>
+      <c r="H39" t="s">
+        <v>391</v>
+      </c>
+      <c r="I39" t="s">
+        <v>392</v>
+      </c>
+      <c r="J39" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" t="s">
+        <v>374</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>375</v>
+      </c>
+      <c r="E40" t="s">
+        <v>380</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>393</v>
+      </c>
+      <c r="H40" t="s">
+        <v>394</v>
+      </c>
+      <c r="I40" t="s">
+        <v>395</v>
+      </c>
+      <c r="J40" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>165</v>
+      </c>
+      <c r="B41" t="s">
+        <v>374</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>375</v>
+      </c>
+      <c r="E41" t="s">
+        <v>380</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>397</v>
+      </c>
+      <c r="H41" t="s">
+        <v>398</v>
+      </c>
+      <c r="I41" t="s">
+        <v>399</v>
+      </c>
+      <c r="J41" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>165</v>
+      </c>
+      <c r="B42" t="s">
+        <v>374</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>375</v>
+      </c>
+      <c r="E42" t="s">
+        <v>380</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>400</v>
+      </c>
+      <c r="H42" t="s">
+        <v>401</v>
+      </c>
+      <c r="I42" t="s">
+        <v>402</v>
+      </c>
+      <c r="J42" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>165</v>
+      </c>
+      <c r="B43" t="s">
+        <v>403</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>375</v>
+      </c>
+      <c r="E43" t="s">
+        <v>404</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>405</v>
+      </c>
+      <c r="H43" t="s">
+        <v>406</v>
+      </c>
+      <c r="I43" t="s">
+        <v>407</v>
+      </c>
+      <c r="J43" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>165</v>
+      </c>
+      <c r="B44" t="s">
+        <v>246</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>408</v>
+      </c>
+      <c r="E44" t="s">
+        <v>409</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>410</v>
+      </c>
+      <c r="H44" t="s">
+        <v>411</v>
+      </c>
+      <c r="I44" t="s">
+        <v>412</v>
+      </c>
+      <c r="J44" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>165</v>
+      </c>
+      <c r="B45" t="s">
+        <v>413</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>414</v>
+      </c>
+      <c r="E45" t="s">
+        <v>415</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>416</v>
+      </c>
+      <c r="H45" t="s">
+        <v>417</v>
+      </c>
+      <c r="I45" t="s">
+        <v>418</v>
+      </c>
+      <c r="J45" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>165</v>
+      </c>
+      <c r="B46" t="s">
+        <v>420</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>421</v>
+      </c>
+      <c r="E46" t="s">
+        <v>422</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>423</v>
+      </c>
+      <c r="H46" t="s">
+        <v>424</v>
+      </c>
+      <c r="I46" t="s">
+        <v>425</v>
+      </c>
+      <c r="J46" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>165</v>
+      </c>
+      <c r="B47" t="s">
+        <v>427</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>414</v>
+      </c>
+      <c r="E47" t="s">
+        <v>422</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>428</v>
+      </c>
+      <c r="H47" t="s">
+        <v>429</v>
+      </c>
+      <c r="I47" t="s">
+        <v>418</v>
+      </c>
+      <c r="J47" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>165</v>
+      </c>
+      <c r="B48" t="s">
+        <v>430</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>421</v>
+      </c>
+      <c r="E48" t="s">
+        <v>431</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>432</v>
+      </c>
+      <c r="H48" t="s">
+        <v>433</v>
+      </c>
+      <c r="I48" t="s">
+        <v>434</v>
+      </c>
+      <c r="J48" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>165</v>
+      </c>
+      <c r="B49" t="s">
+        <v>435</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>421</v>
+      </c>
+      <c r="E49" t="s">
+        <v>431</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>436</v>
+      </c>
+      <c r="H49" t="s">
+        <v>437</v>
+      </c>
+      <c r="I49" t="s">
+        <v>434</v>
+      </c>
+      <c r="J49" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>165</v>
+      </c>
+      <c r="B50" t="s">
+        <v>438</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>421</v>
+      </c>
+      <c r="E50" t="s">
+        <v>431</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>439</v>
+      </c>
+      <c r="H50" t="s">
+        <v>440</v>
+      </c>
+      <c r="I50" t="s">
+        <v>434</v>
+      </c>
+      <c r="J50" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>165</v>
+      </c>
+      <c r="B51" t="s">
+        <v>441</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>421</v>
+      </c>
+      <c r="E51" t="s">
+        <v>431</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>442</v>
+      </c>
+      <c r="H51" t="s">
+        <v>443</v>
+      </c>
+      <c r="I51" t="s">
+        <v>434</v>
+      </c>
+      <c r="J51" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>165</v>
+      </c>
+      <c r="B52" t="s">
+        <v>445</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>421</v>
+      </c>
+      <c r="E52" t="s">
+        <v>431</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>446</v>
+      </c>
+      <c r="H52" t="s">
+        <v>447</v>
+      </c>
+      <c r="I52" t="s">
+        <v>448</v>
+      </c>
+      <c r="J52" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>165</v>
+      </c>
+      <c r="B53" t="s">
+        <v>450</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>421</v>
+      </c>
+      <c r="E53" t="s">
+        <v>451</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>452</v>
+      </c>
+      <c r="H53" t="s">
+        <v>453</v>
+      </c>
+      <c r="I53" t="s">
+        <v>448</v>
+      </c>
+      <c r="J53" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>165</v>
+      </c>
+      <c r="B54" t="s">
+        <v>455</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>421</v>
+      </c>
+      <c r="E54" t="s">
+        <v>456</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>457</v>
+      </c>
+      <c r="H54" t="s">
+        <v>458</v>
+      </c>
+      <c r="I54" t="s">
+        <v>459</v>
+      </c>
+      <c r="J54" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>165</v>
+      </c>
+      <c r="B55" t="s">
+        <v>461</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>421</v>
+      </c>
+      <c r="E55" t="s">
+        <v>462</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>463</v>
+      </c>
+      <c r="H55" t="s">
+        <v>464</v>
+      </c>
+      <c r="I55" t="s">
+        <v>465</v>
+      </c>
+      <c r="J55" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>165</v>
+      </c>
+      <c r="B56" t="s">
+        <v>466</v>
+      </c>
+      <c r="C56" t="s">
+        <v>467</v>
+      </c>
+      <c r="D56" t="s">
+        <v>468</v>
+      </c>
+      <c r="E56" t="s">
+        <v>469</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>470</v>
+      </c>
+      <c r="H56" t="s">
+        <v>471</v>
+      </c>
+      <c r="I56" t="s">
+        <v>13</v>
+      </c>
+      <c r="J56" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>165</v>
+      </c>
+      <c r="B57" t="s">
+        <v>472</v>
+      </c>
+      <c r="C57" t="s">
+        <v>473</v>
+      </c>
+      <c r="D57" t="s">
+        <v>474</v>
+      </c>
+      <c r="E57" t="s">
+        <v>475</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>476</v>
+      </c>
+      <c r="H57" t="s">
+        <v>477</v>
+      </c>
+      <c r="I57" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>165</v>
+      </c>
+      <c r="B58" t="s">
+        <v>479</v>
+      </c>
+      <c r="C58" t="s">
+        <v>480</v>
+      </c>
+      <c r="D58" t="s">
+        <v>481</v>
+      </c>
+      <c r="E58" t="s">
+        <v>482</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>483</v>
+      </c>
+      <c r="H58" t="s">
+        <v>484</v>
+      </c>
+      <c r="I58" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>165</v>
+      </c>
+      <c r="B59" t="s">
+        <v>485</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>76</v>
+      </c>
+      <c r="E59" t="s">
+        <v>486</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>487</v>
+      </c>
+      <c r="H59" t="s">
+        <v>488</v>
+      </c>
+      <c r="I59" t="s">
+        <v>489</v>
+      </c>
+      <c r="J59" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>165</v>
+      </c>
+      <c r="B60" t="s">
+        <v>490</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>491</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>492</v>
+      </c>
+      <c r="H60" t="s">
+        <v>493</v>
+      </c>
+      <c r="I60" t="s">
+        <v>494</v>
+      </c>
+      <c r="J60" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>165</v>
+      </c>
+      <c r="B61" t="s">
+        <v>496</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>497</v>
+      </c>
+      <c r="E61" t="s">
+        <v>498</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>499</v>
+      </c>
+      <c r="H61" t="s">
+        <v>500</v>
+      </c>
+      <c r="I61" t="s">
+        <v>501</v>
+      </c>
+      <c r="J61" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>165</v>
+      </c>
+      <c r="B62" t="s">
+        <v>503</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>504</v>
+      </c>
+      <c r="E62" t="s">
+        <v>505</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>506</v>
+      </c>
+      <c r="H62" t="s">
+        <v>507</v>
+      </c>
+      <c r="I62" t="s">
+        <v>501</v>
+      </c>
+      <c r="J62" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>165</v>
+      </c>
+      <c r="B63" t="s">
+        <v>509</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>510</v>
+      </c>
+      <c r="E63" t="s">
+        <v>511</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>512</v>
+      </c>
+      <c r="H63" t="s">
+        <v>513</v>
+      </c>
+      <c r="I63" t="s">
+        <v>514</v>
+      </c>
+      <c r="J63" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>165</v>
+      </c>
+      <c r="B64" t="s">
+        <v>515</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>510</v>
+      </c>
+      <c r="E64" t="s">
+        <v>511</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>516</v>
+      </c>
+      <c r="H64" t="s">
+        <v>517</v>
+      </c>
+      <c r="I64" t="s">
+        <v>514</v>
+      </c>
+      <c r="J64" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>165</v>
+      </c>
+      <c r="B65" t="s">
+        <v>518</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>519</v>
+      </c>
+      <c r="E65" t="s">
+        <v>520</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>521</v>
+      </c>
+      <c r="H65" t="s">
+        <v>522</v>
+      </c>
+      <c r="I65" t="s">
+        <v>523</v>
+      </c>
+      <c r="J65" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>165</v>
+      </c>
+      <c r="B66" t="s">
+        <v>525</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>519</v>
+      </c>
+      <c r="E66" t="s">
+        <v>526</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>527</v>
+      </c>
+      <c r="H66" t="s">
+        <v>528</v>
+      </c>
+      <c r="I66" t="s">
+        <v>529</v>
+      </c>
+      <c r="J66" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>165</v>
+      </c>
+      <c r="B67" t="s">
+        <v>531</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>519</v>
+      </c>
+      <c r="E67" t="s">
+        <v>526</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>532</v>
+      </c>
+      <c r="H67" t="s">
+        <v>533</v>
+      </c>
+      <c r="I67" t="s">
+        <v>529</v>
+      </c>
+      <c r="J67" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>165</v>
+      </c>
+      <c r="B68" t="s">
+        <v>535</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>536</v>
+      </c>
+      <c r="E68" t="s">
+        <v>537</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>538</v>
+      </c>
+      <c r="H68" t="s">
+        <v>539</v>
+      </c>
+      <c r="I68" t="s">
+        <v>540</v>
+      </c>
+      <c r="J68" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>165</v>
+      </c>
+      <c r="B69" t="s">
+        <v>542</v>
+      </c>
+      <c r="C69" t="s">
+        <v>543</v>
+      </c>
+      <c r="D69" t="s">
+        <v>536</v>
+      </c>
+      <c r="E69" t="s">
+        <v>544</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>545</v>
+      </c>
+      <c r="H69" t="s">
+        <v>546</v>
+      </c>
+      <c r="I69" t="s">
+        <v>13</v>
+      </c>
+      <c r="J69" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>165</v>
+      </c>
+      <c r="B70" t="s">
+        <v>547</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>548</v>
+      </c>
+      <c r="E70" t="s">
+        <v>549</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>550</v>
+      </c>
+      <c r="H70" t="s">
+        <v>551</v>
+      </c>
+      <c r="I70" t="s">
+        <v>552</v>
+      </c>
+      <c r="J70" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>165</v>
+      </c>
+      <c r="B71" t="s">
+        <v>554</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>548</v>
+      </c>
+      <c r="E71" t="s">
+        <v>555</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>556</v>
+      </c>
+      <c r="H71" t="s">
+        <v>557</v>
+      </c>
+      <c r="I71" t="s">
+        <v>552</v>
+      </c>
+      <c r="J71" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>165</v>
+      </c>
+      <c r="B72" t="s">
+        <v>559</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>548</v>
+      </c>
+      <c r="E72" t="s">
+        <v>555</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>560</v>
+      </c>
+      <c r="H72" t="s">
+        <v>561</v>
+      </c>
+      <c r="I72" t="s">
+        <v>552</v>
+      </c>
+      <c r="J72" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>165</v>
+      </c>
+      <c r="B73" t="s">
+        <v>563</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>548</v>
+      </c>
+      <c r="E73" t="s">
+        <v>555</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>564</v>
+      </c>
+      <c r="H73" t="s">
+        <v>565</v>
+      </c>
+      <c r="I73" t="s">
+        <v>566</v>
+      </c>
+      <c r="J73" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>165</v>
+      </c>
+      <c r="B74" t="s">
+        <v>568</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>569</v>
+      </c>
+      <c r="E74" t="s">
+        <v>570</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>571</v>
+      </c>
+      <c r="H74" t="s">
+        <v>572</v>
+      </c>
+      <c r="I74" t="s">
+        <v>573</v>
+      </c>
+      <c r="J74" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>165</v>
+      </c>
+      <c r="B75" t="s">
+        <v>563</v>
+      </c>
+      <c r="C75" t="s">
+        <v>575</v>
+      </c>
+      <c r="D75" t="s">
+        <v>576</v>
+      </c>
+      <c r="E75" t="s">
+        <v>577</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>578</v>
+      </c>
+      <c r="H75" t="s">
+        <v>579</v>
+      </c>
+      <c r="I75" t="s">
+        <v>575</v>
+      </c>
+      <c r="J75" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>165</v>
+      </c>
+      <c r="B76" t="s">
+        <v>580</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>581</v>
+      </c>
+      <c r="E76" t="s">
+        <v>582</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>583</v>
+      </c>
+      <c r="H76" t="s">
+        <v>584</v>
+      </c>
+      <c r="I76" t="s">
+        <v>13</v>
+      </c>
+      <c r="J76" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>165</v>
+      </c>
+      <c r="B77" t="s">
+        <v>586</v>
+      </c>
+      <c r="C77" t="s">
+        <v>587</v>
+      </c>
+      <c r="D77" t="s">
+        <v>588</v>
+      </c>
+      <c r="E77" t="s">
+        <v>589</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>590</v>
+      </c>
+      <c r="H77" t="s">
+        <v>591</v>
+      </c>
+      <c r="I77" t="s">
+        <v>587</v>
+      </c>
+      <c r="J77" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>165</v>
+      </c>
+      <c r="B78" t="s">
+        <v>593</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>594</v>
+      </c>
+      <c r="E78" t="s">
+        <v>595</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>596</v>
+      </c>
+      <c r="H78" t="s">
+        <v>597</v>
+      </c>
+      <c r="I78" t="s">
+        <v>13</v>
+      </c>
+      <c r="J78" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>165</v>
+      </c>
+      <c r="B79" t="s">
+        <v>599</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>600</v>
+      </c>
+      <c r="E79" t="s">
+        <v>601</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>602</v>
+      </c>
+      <c r="H79" t="s">
+        <v>603</v>
+      </c>
+      <c r="I79" t="s">
+        <v>13</v>
+      </c>
+      <c r="J79" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>165</v>
+      </c>
+      <c r="B80" t="s">
+        <v>605</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>606</v>
+      </c>
+      <c r="E80" t="s">
+        <v>607</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>608</v>
+      </c>
+      <c r="H80" t="s">
+        <v>609</v>
+      </c>
+      <c r="I80" t="s">
+        <v>13</v>
+      </c>
+      <c r="J80" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
+        <v>610</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>611</v>
+      </c>
+      <c r="E81" t="s">
+        <v>612</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>613</v>
+      </c>
+      <c r="H81" t="s">
+        <v>614</v>
+      </c>
+      <c r="I81" t="s">
+        <v>13</v>
+      </c>
+      <c r="J81" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>165</v>
+      </c>
+      <c r="B82" t="s">
+        <v>616</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>617</v>
+      </c>
+      <c r="E82" t="s">
+        <v>618</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>619</v>
+      </c>
+      <c r="H82" t="s">
+        <v>620</v>
+      </c>
+      <c r="I82" t="s">
+        <v>13</v>
+      </c>
+      <c r="J82" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>165</v>
+      </c>
+      <c r="B83" t="s">
+        <v>622</v>
+      </c>
+      <c r="C83" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" t="s">
+        <v>623</v>
+      </c>
+      <c r="E83" t="s">
+        <v>624</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>625</v>
+      </c>
+      <c r="H83" t="s">
+        <v>626</v>
+      </c>
+      <c r="I83" t="s">
+        <v>13</v>
+      </c>
+      <c r="J83" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>165</v>
+      </c>
+      <c r="B84" t="s">
+        <v>628</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>629</v>
+      </c>
+      <c r="E84" t="s">
+        <v>630</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>631</v>
+      </c>
+      <c r="H84" t="s">
+        <v>632</v>
+      </c>
+      <c r="I84" t="s">
+        <v>13</v>
+      </c>
+      <c r="J84" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>165</v>
+      </c>
+      <c r="B85" t="s">
+        <v>634</v>
+      </c>
+      <c r="C85" t="s">
+        <v>635</v>
+      </c>
+      <c r="D85" t="s">
+        <v>636</v>
+      </c>
+      <c r="E85" t="s">
+        <v>637</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>638</v>
+      </c>
+      <c r="H85" t="s">
+        <v>639</v>
+      </c>
+      <c r="I85" t="s">
+        <v>635</v>
+      </c>
+      <c r="J85" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>165</v>
+      </c>
+      <c r="B86" t="s">
+        <v>641</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>642</v>
+      </c>
+      <c r="E86" t="s">
+        <v>643</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>644</v>
+      </c>
+      <c r="H86" t="s">
+        <v>645</v>
+      </c>
+      <c r="I86" t="s">
+        <v>13</v>
+      </c>
+      <c r="J86" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>165</v>
+      </c>
+      <c r="B87" t="s">
+        <v>647</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>648</v>
+      </c>
+      <c r="E87" t="s">
+        <v>649</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>650</v>
+      </c>
+      <c r="H87" t="s">
+        <v>651</v>
+      </c>
+      <c r="I87" t="s">
+        <v>13</v>
+      </c>
+      <c r="J87" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>165</v>
+      </c>
+      <c r="B88" t="s">
+        <v>199</v>
+      </c>
+      <c r="C88" t="s">
+        <v>653</v>
+      </c>
+      <c r="D88" t="s">
+        <v>648</v>
+      </c>
+      <c r="E88" t="s">
+        <v>654</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>655</v>
+      </c>
+      <c r="H88" t="s">
+        <v>656</v>
+      </c>
+      <c r="I88" t="s">
+        <v>653</v>
+      </c>
+      <c r="J88" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>165</v>
+      </c>
+      <c r="B89" t="s">
+        <v>658</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>659</v>
+      </c>
+      <c r="E89" t="s">
+        <v>660</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>661</v>
+      </c>
+      <c r="H89" t="s">
+        <v>662</v>
+      </c>
+      <c r="I89" t="s">
+        <v>13</v>
+      </c>
+      <c r="J89" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>165</v>
+      </c>
+      <c r="B90" t="s">
+        <v>664</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>665</v>
+      </c>
+      <c r="E90" t="s">
+        <v>666</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>667</v>
+      </c>
+      <c r="H90" t="s">
+        <v>668</v>
+      </c>
+      <c r="I90" t="s">
+        <v>13</v>
+      </c>
+      <c r="J90" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>165</v>
+      </c>
+      <c r="B91" t="s">
+        <v>670</v>
+      </c>
+      <c r="C91" t="s">
+        <v>635</v>
+      </c>
+      <c r="D91" t="s">
+        <v>671</v>
+      </c>
+      <c r="E91" t="s">
+        <v>672</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>673</v>
+      </c>
+      <c r="H91" t="s">
+        <v>674</v>
+      </c>
+      <c r="I91" t="s">
+        <v>635</v>
+      </c>
+      <c r="J91" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>165</v>
+      </c>
+      <c r="B92" t="s">
+        <v>676</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>671</v>
+      </c>
+      <c r="E92" t="s">
+        <v>677</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>678</v>
+      </c>
+      <c r="H92" t="s">
+        <v>679</v>
+      </c>
+      <c r="I92" t="s">
+        <v>13</v>
+      </c>
+      <c r="J92" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>165</v>
+      </c>
+      <c r="B93" t="s">
+        <v>680</v>
+      </c>
+      <c r="C93" t="s">
+        <v>681</v>
+      </c>
+      <c r="D93" t="s">
+        <v>682</v>
+      </c>
+      <c r="E93" t="s">
+        <v>683</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>684</v>
+      </c>
+      <c r="H93" t="s">
+        <v>685</v>
+      </c>
+      <c r="I93" t="s">
+        <v>681</v>
+      </c>
+      <c r="J93" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>165</v>
+      </c>
+      <c r="B94" t="s">
+        <v>686</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>687</v>
+      </c>
+      <c r="E94" t="s">
+        <v>688</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>689</v>
+      </c>
+      <c r="H94" t="s">
+        <v>690</v>
+      </c>
+      <c r="I94" t="s">
+        <v>13</v>
+      </c>
+      <c r="J94" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>165</v>
+      </c>
+      <c r="B95" t="s">
+        <v>691</v>
+      </c>
+      <c r="C95" t="s">
+        <v>529</v>
+      </c>
+      <c r="D95" t="s">
+        <v>692</v>
+      </c>
+      <c r="E95" t="s">
+        <v>693</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>694</v>
+      </c>
+      <c r="H95" t="s">
+        <v>695</v>
+      </c>
+      <c r="I95" t="s">
+        <v>529</v>
+      </c>
+      <c r="J95" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>165</v>
+      </c>
+      <c r="B96" t="s">
+        <v>697</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>698</v>
+      </c>
+      <c r="E96" t="s">
+        <v>699</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>700</v>
+      </c>
+      <c r="H96" t="s">
+        <v>701</v>
+      </c>
+      <c r="I96" t="s">
+        <v>13</v>
+      </c>
+      <c r="J96" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>165</v>
+      </c>
+      <c r="B97" t="s">
+        <v>525</v>
+      </c>
+      <c r="C97" t="s">
+        <v>529</v>
+      </c>
+      <c r="D97" t="s">
+        <v>692</v>
+      </c>
+      <c r="E97" t="s">
+        <v>702</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>703</v>
+      </c>
+      <c r="H97" t="s">
+        <v>704</v>
+      </c>
+      <c r="I97" t="s">
+        <v>529</v>
+      </c>
+      <c r="J97" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>165</v>
+      </c>
+      <c r="B98" t="s">
+        <v>706</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>707</v>
+      </c>
+      <c r="E98" t="s">
+        <v>708</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>709</v>
+      </c>
+      <c r="H98" t="s">
+        <v>710</v>
+      </c>
+      <c r="I98" t="s">
+        <v>13</v>
+      </c>
+      <c r="J98" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>165</v>
+      </c>
+      <c r="B99" t="s">
+        <v>712</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>713</v>
+      </c>
+      <c r="E99" t="s">
+        <v>714</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>715</v>
+      </c>
+      <c r="H99" t="s">
+        <v>716</v>
+      </c>
+      <c r="I99" t="s">
+        <v>13</v>
+      </c>
+      <c r="J99" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>165</v>
+      </c>
+      <c r="B100" t="s">
+        <v>717</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>718</v>
+      </c>
+      <c r="E100" t="s">
+        <v>719</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>720</v>
+      </c>
+      <c r="H100" t="s">
+        <v>721</v>
+      </c>
+      <c r="I100" t="s">
+        <v>13</v>
+      </c>
+      <c r="J100" t="s">
+        <v>663</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H40"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>722</v>
+      </c>
+      <c r="B2" t="s">
+        <v>723</v>
+      </c>
+      <c r="C2" t="s">
+        <v>724</v>
+      </c>
+      <c r="D2" t="s">
+        <v>725</v>
+      </c>
+      <c r="E2" t="s">
+        <v>726</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>727</v>
+      </c>
+      <c r="H2" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>722</v>
+      </c>
+      <c r="B3" t="s">
+        <v>729</v>
+      </c>
+      <c r="C3" t="s">
+        <v>730</v>
+      </c>
+      <c r="D3" t="s">
+        <v>731</v>
+      </c>
+      <c r="E3" t="s">
+        <v>732</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>733</v>
+      </c>
+      <c r="H3" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>722</v>
+      </c>
+      <c r="B4" t="s">
+        <v>735</v>
+      </c>
+      <c r="C4" t="s">
+        <v>736</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>737</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>738</v>
+      </c>
+      <c r="H4" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>722</v>
+      </c>
+      <c r="B5" t="s">
+        <v>740</v>
+      </c>
+      <c r="C5" t="s">
+        <v>741</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>742</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>743</v>
+      </c>
+      <c r="H5" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>722</v>
+      </c>
+      <c r="B6" t="s">
+        <v>745</v>
+      </c>
+      <c r="C6" t="s">
+        <v>746</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>747</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>748</v>
+      </c>
+      <c r="H6" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>722</v>
+      </c>
+      <c r="B7" t="s">
+        <v>750</v>
+      </c>
+      <c r="C7" t="s">
+        <v>751</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>747</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>752</v>
+      </c>
+      <c r="H7" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>722</v>
+      </c>
+      <c r="B8" t="s">
+        <v>754</v>
+      </c>
+      <c r="C8" t="s">
+        <v>755</v>
+      </c>
+      <c r="D8" t="s">
+        <v>756</v>
+      </c>
+      <c r="E8" t="s">
+        <v>757</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>758</v>
+      </c>
+      <c r="H8" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>722</v>
+      </c>
+      <c r="B9" t="s">
+        <v>760</v>
+      </c>
+      <c r="C9" t="s">
+        <v>761</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>762</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>763</v>
+      </c>
+      <c r="H9" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>722</v>
+      </c>
+      <c r="B10" t="s">
+        <v>765</v>
+      </c>
+      <c r="C10" t="s">
+        <v>766</v>
+      </c>
+      <c r="D10" t="s">
+        <v>767</v>
+      </c>
+      <c r="E10" t="s">
+        <v>768</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>769</v>
+      </c>
+      <c r="H10" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>722</v>
+      </c>
+      <c r="B11" t="s">
+        <v>771</v>
+      </c>
+      <c r="C11" t="s">
+        <v>772</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>773</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>774</v>
+      </c>
+      <c r="H11" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>722</v>
+      </c>
+      <c r="B12" t="s">
+        <v>776</v>
+      </c>
+      <c r="C12" t="s">
+        <v>777</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>778</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>779</v>
+      </c>
+      <c r="H12" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>722</v>
+      </c>
+      <c r="B13" t="s">
+        <v>781</v>
+      </c>
+      <c r="C13" t="s">
+        <v>782</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>783</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>784</v>
+      </c>
+      <c r="H13" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>722</v>
+      </c>
+      <c r="B14" t="s">
+        <v>786</v>
+      </c>
+      <c r="C14" t="s">
+        <v>787</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>788</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>789</v>
+      </c>
+      <c r="H14" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>722</v>
+      </c>
+      <c r="B15" t="s">
+        <v>791</v>
+      </c>
+      <c r="C15" t="s">
+        <v>792</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>793</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>794</v>
+      </c>
+      <c r="H15" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>722</v>
+      </c>
+      <c r="B16" t="s">
+        <v>796</v>
+      </c>
+      <c r="C16" t="s">
+        <v>797</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>798</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>799</v>
+      </c>
+      <c r="H16" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>722</v>
+      </c>
+      <c r="B17" t="s">
+        <v>801</v>
+      </c>
+      <c r="C17" t="s">
+        <v>802</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>798</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>803</v>
+      </c>
+      <c r="H17" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>722</v>
+      </c>
+      <c r="B18" t="s">
+        <v>805</v>
+      </c>
+      <c r="C18" t="s">
+        <v>806</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>807</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>808</v>
+      </c>
+      <c r="H18" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>722</v>
+      </c>
+      <c r="B19" t="s">
+        <v>810</v>
+      </c>
+      <c r="C19" t="s">
+        <v>811</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>812</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>813</v>
+      </c>
+      <c r="H19" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>722</v>
+      </c>
+      <c r="B20" t="s">
+        <v>815</v>
+      </c>
+      <c r="C20" t="s">
+        <v>816</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>817</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>818</v>
+      </c>
+      <c r="H20" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>722</v>
+      </c>
+      <c r="B21" t="s">
+        <v>820</v>
+      </c>
+      <c r="C21" t="s">
+        <v>821</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>822</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>823</v>
+      </c>
+      <c r="H21" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>722</v>
+      </c>
+      <c r="B22" t="s">
+        <v>825</v>
+      </c>
+      <c r="C22" t="s">
+        <v>826</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>827</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>828</v>
+      </c>
+      <c r="H22" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>722</v>
+      </c>
+      <c r="B23" t="s">
+        <v>830</v>
+      </c>
+      <c r="C23" t="s">
+        <v>831</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>832</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>833</v>
+      </c>
+      <c r="H23" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>722</v>
+      </c>
+      <c r="B24" t="s">
+        <v>835</v>
+      </c>
+      <c r="C24" t="s">
+        <v>836</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>837</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>838</v>
+      </c>
+      <c r="H24" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>722</v>
+      </c>
+      <c r="B25" t="s">
+        <v>840</v>
+      </c>
+      <c r="C25" t="s">
+        <v>841</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>842</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>843</v>
+      </c>
+      <c r="H25" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>722</v>
+      </c>
+      <c r="B26" t="s">
+        <v>845</v>
+      </c>
+      <c r="C26" t="s">
+        <v>846</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>847</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>848</v>
+      </c>
+      <c r="H26" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>722</v>
+      </c>
+      <c r="B27" t="s">
+        <v>850</v>
+      </c>
+      <c r="C27" t="s">
+        <v>851</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>852</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>853</v>
+      </c>
+      <c r="H27" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>722</v>
+      </c>
+      <c r="B28" t="s">
+        <v>855</v>
+      </c>
+      <c r="C28" t="s">
+        <v>856</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>857</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>858</v>
+      </c>
+      <c r="H28" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>722</v>
+      </c>
+      <c r="B29" t="s">
+        <v>860</v>
+      </c>
+      <c r="C29" t="s">
+        <v>861</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>862</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>863</v>
+      </c>
+      <c r="H29" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>722</v>
+      </c>
+      <c r="B30" t="s">
+        <v>865</v>
+      </c>
+      <c r="C30" t="s">
+        <v>866</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>862</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>867</v>
+      </c>
+      <c r="H30" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>722</v>
+      </c>
+      <c r="B31" t="s">
+        <v>869</v>
+      </c>
+      <c r="C31" t="s">
+        <v>870</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>871</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>872</v>
+      </c>
+      <c r="H31" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>722</v>
+      </c>
+      <c r="B32" t="s">
+        <v>874</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>875</v>
+      </c>
+      <c r="E32" t="s">
+        <v>876</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>877</v>
+      </c>
+      <c r="H32" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>722</v>
+      </c>
+      <c r="B33" t="s">
+        <v>760</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>879</v>
+      </c>
+      <c r="E33" t="s">
+        <v>880</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>881</v>
+      </c>
+      <c r="H33" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>722</v>
+      </c>
+      <c r="B34" t="s">
+        <v>883</v>
+      </c>
+      <c r="C34" t="s">
+        <v>884</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>885</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>886</v>
+      </c>
+      <c r="H34" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>722</v>
+      </c>
+      <c r="B35" t="s">
+        <v>888</v>
+      </c>
+      <c r="C35" t="s">
+        <v>889</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>885</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>890</v>
+      </c>
+      <c r="H35" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>722</v>
+      </c>
+      <c r="B36" t="s">
+        <v>892</v>
+      </c>
+      <c r="C36" t="s">
+        <v>893</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>885</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>894</v>
+      </c>
+      <c r="H36" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>722</v>
+      </c>
+      <c r="B37" t="s">
+        <v>896</v>
+      </c>
+      <c r="C37" t="s">
+        <v>897</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>898</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>899</v>
+      </c>
+      <c r="H37" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>722</v>
+      </c>
+      <c r="B38" t="s">
+        <v>901</v>
+      </c>
+      <c r="C38" t="s">
+        <v>902</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>903</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>904</v>
+      </c>
+      <c r="H38" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>722</v>
+      </c>
+      <c r="B39" t="s">
+        <v>906</v>
+      </c>
+      <c r="C39" t="s">
+        <v>907</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>908</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>909</v>
+      </c>
+      <c r="H39" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>722</v>
+      </c>
+      <c r="B40" t="s">
+        <v>911</v>
+      </c>
+      <c r="C40" t="s">
+        <v>912</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>913</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>914</v>
+      </c>
+      <c r="H40" t="s">
+        <v>915</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I261"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>917</v>
+      </c>
+      <c r="B2" t="s">
+        <v>918</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>919</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>920</v>
+      </c>
+      <c r="H2" t="s">
+        <v>921</v>
+      </c>
+      <c r="I2" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>917</v>
+      </c>
+      <c r="B3" t="s">
+        <v>923</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>924</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>925</v>
+      </c>
+      <c r="H3" t="s">
+        <v>926</v>
+      </c>
+      <c r="I3" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>917</v>
+      </c>
+      <c r="B4" t="s">
+        <v>927</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>928</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>929</v>
+      </c>
+      <c r="H4" t="s">
+        <v>930</v>
+      </c>
+      <c r="I4" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>917</v>
+      </c>
+      <c r="B5" t="s">
+        <v>931</v>
+      </c>
+      <c r="C5" t="s">
+        <v>932</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>933</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>934</v>
+      </c>
+      <c r="H5" t="s">
+        <v>935</v>
+      </c>
+      <c r="I5" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>917</v>
+      </c>
+      <c r="B6" t="s">
+        <v>937</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>938</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>939</v>
+      </c>
+      <c r="H6" t="s">
+        <v>940</v>
+      </c>
+      <c r="I6" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>917</v>
+      </c>
+      <c r="B7" t="s">
+        <v>942</v>
+      </c>
+      <c r="C7" t="s">
+        <v>943</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>944</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>945</v>
+      </c>
+      <c r="H7" t="s">
+        <v>946</v>
+      </c>
+      <c r="I7" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>917</v>
+      </c>
+      <c r="B8" t="s">
+        <v>947</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>948</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>949</v>
+      </c>
+      <c r="H8" t="s">
+        <v>950</v>
+      </c>
+      <c r="I8" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>917</v>
+      </c>
+      <c r="B9" t="s">
+        <v>951</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>952</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>953</v>
+      </c>
+      <c r="H9" t="s">
+        <v>954</v>
+      </c>
+      <c r="I9" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>917</v>
+      </c>
+      <c r="B10" t="s">
+        <v>955</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>956</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>957</v>
+      </c>
+      <c r="H10" t="s">
+        <v>958</v>
+      </c>
+      <c r="I10" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>917</v>
+      </c>
+      <c r="B11" t="s">
+        <v>959</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>960</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>961</v>
+      </c>
+      <c r="H11" t="s">
+        <v>962</v>
+      </c>
+      <c r="I11" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>917</v>
+      </c>
+      <c r="B12" t="s">
+        <v>963</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>964</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>965</v>
+      </c>
+      <c r="H12" t="s">
+        <v>966</v>
+      </c>
+      <c r="I12" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>917</v>
+      </c>
+      <c r="B13" t="s">
+        <v>967</v>
+      </c>
+      <c r="C13" t="s">
+        <v>968</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>969</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>970</v>
+      </c>
+      <c r="H13" t="s">
+        <v>971</v>
+      </c>
+      <c r="I13" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>917</v>
+      </c>
+      <c r="B14" t="s">
+        <v>972</v>
+      </c>
+      <c r="C14" t="s">
+        <v>973</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>974</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>975</v>
+      </c>
+      <c r="H14" t="s">
+        <v>976</v>
+      </c>
+      <c r="I14" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>917</v>
+      </c>
+      <c r="B15" t="s">
+        <v>977</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>978</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>979</v>
+      </c>
+      <c r="H15" t="s">
+        <v>980</v>
+      </c>
+      <c r="I15" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>917</v>
+      </c>
+      <c r="B16" t="s">
+        <v>981</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>982</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>983</v>
+      </c>
+      <c r="H16" t="s">
+        <v>984</v>
+      </c>
+      <c r="I16" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>917</v>
+      </c>
+      <c r="B17" t="s">
+        <v>985</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>986</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>987</v>
+      </c>
+      <c r="H17" t="s">
+        <v>988</v>
+      </c>
+      <c r="I17" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>917</v>
+      </c>
+      <c r="B18" t="s">
+        <v>989</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>990</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>991</v>
+      </c>
+      <c r="H18" t="s">
+        <v>992</v>
+      </c>
+      <c r="I18" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>917</v>
+      </c>
+      <c r="B19" t="s">
+        <v>993</v>
+      </c>
+      <c r="C19" t="s">
+        <v>994</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>995</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>996</v>
+      </c>
+      <c r="H19" t="s">
+        <v>997</v>
+      </c>
+      <c r="I19" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>917</v>
+      </c>
+      <c r="B20" t="s">
+        <v>998</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>999</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I20" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>917</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1005</v>
+      </c>
+      <c r="I21" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>917</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1010</v>
+      </c>
+      <c r="I22" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>917</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1014</v>
+      </c>
+      <c r="I23" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>917</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I24" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>917</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I25" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>917</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I26" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>917</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I27" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>917</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I28" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>917</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1034</v>
+      </c>
+      <c r="I29" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>917</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1037</v>
+      </c>
+      <c r="I30" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>917</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1040</v>
+      </c>
+      <c r="I31" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>917</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I32" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>917</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1047</v>
+      </c>
+      <c r="I33" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>917</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1052</v>
+      </c>
+      <c r="I34" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>917</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I35" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>917</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1060</v>
+      </c>
+      <c r="I36" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>917</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1064</v>
+      </c>
+      <c r="I37" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>917</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I38" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>917</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>917</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I40" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>917</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1083</v>
+      </c>
+      <c r="I41" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>917</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1086</v>
+      </c>
+      <c r="I42" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>917</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I43" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>917</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I44" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>917</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I45" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>917</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I46" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>917</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1106</v>
+      </c>
+      <c r="I47" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>917</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1111</v>
+      </c>
+      <c r="I48" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>917</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1115</v>
+      </c>
+      <c r="I49" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>917</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I50" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>917</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1124</v>
+      </c>
+      <c r="I51" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>917</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I52" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>917</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1131</v>
+      </c>
+      <c r="I53" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>917</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1135</v>
+      </c>
+      <c r="I54" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>917</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I55" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>917</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I56" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>917</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I57" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>917</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I58" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>917</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1156</v>
+      </c>
+      <c r="I59" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>917</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1161</v>
+      </c>
+      <c r="I60" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>917</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I61" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>917</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I62" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>917</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1173</v>
+      </c>
+      <c r="I63" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>917</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1177</v>
+      </c>
+      <c r="I64" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>917</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I65" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>917</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I66" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>917</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1189</v>
+      </c>
+      <c r="I67" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>917</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1193</v>
+      </c>
+      <c r="I68" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>917</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1197</v>
+      </c>
+      <c r="I69" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>917</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1199</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I70" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>917</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1206</v>
+      </c>
+      <c r="I71" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>917</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1210</v>
+      </c>
+      <c r="I72" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>917</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1214</v>
+      </c>
+      <c r="I73" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>917</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I74" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>917</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1221</v>
+      </c>
+      <c r="I75" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>917</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1225</v>
+      </c>
+      <c r="I76" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>917</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I77" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>917</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1233</v>
+      </c>
+      <c r="I78" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>917</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1237</v>
+      </c>
+      <c r="I79" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>917</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1241</v>
+      </c>
+      <c r="I80" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>917</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I81" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>917</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1251</v>
+      </c>
+      <c r="I82" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>917</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I83" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>917</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1260</v>
+      </c>
+      <c r="I84" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>917</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1264</v>
+      </c>
+      <c r="I85" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>917</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I86" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>917</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1272</v>
+      </c>
+      <c r="I87" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>917</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C88" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1276</v>
+      </c>
+      <c r="I88" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>917</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1280</v>
+      </c>
+      <c r="I89" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>917</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I90" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>917</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I91" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>917</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1293</v>
+      </c>
+      <c r="I92" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>917</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I93" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>917</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I94" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>917</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1305</v>
+      </c>
+      <c r="I95" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>917</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I96" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>917</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C97" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I97" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>917</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1317</v>
+      </c>
+      <c r="I98" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>917</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1321</v>
+      </c>
+      <c r="I99" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>917</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I100" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>917</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1329</v>
+      </c>
+      <c r="I101" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>917</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I102" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>917</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1337</v>
+      </c>
+      <c r="I103" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>917</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1341</v>
+      </c>
+      <c r="I104" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>917</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1346</v>
+      </c>
+      <c r="I105" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>917</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I106" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>917</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I107" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>917</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C108" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1356</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1358</v>
+      </c>
+      <c r="I108" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>917</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1362</v>
+      </c>
+      <c r="I109" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>917</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C110" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I110" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>917</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I111" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>917</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1374</v>
+      </c>
+      <c r="I112" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>917</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I113" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>917</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C114" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1380</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1382</v>
+      </c>
+      <c r="I114" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>917</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1386</v>
+      </c>
+      <c r="I115" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>917</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1388</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I116" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>917</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I117" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>917</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C118" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1398</v>
+      </c>
+      <c r="I118" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>917</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1402</v>
+      </c>
+      <c r="I119" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>917</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1406</v>
+      </c>
+      <c r="I120" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>917</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1410</v>
+      </c>
+      <c r="I121" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>917</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1414</v>
+      </c>
+      <c r="I122" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>917</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1418</v>
+      </c>
+      <c r="I123" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>917</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1422</v>
+      </c>
+      <c r="I124" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>917</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I125" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>917</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I126" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>917</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1433</v>
+      </c>
+      <c r="I127" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>917</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C128" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>876</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I128" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>917</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I129" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>917</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I130" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>917</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1448</v>
+      </c>
+      <c r="I131" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>917</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1450</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I132" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>917</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I133" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>917</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1460</v>
+      </c>
+      <c r="I134" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>917</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C135" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1464</v>
+      </c>
+      <c r="I135" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>917</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C136" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1468</v>
+      </c>
+      <c r="I136" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>917</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C137" t="s">
+        <v>13</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1472</v>
+      </c>
+      <c r="I137" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>917</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C138" t="s">
+        <v>13</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1476</v>
+      </c>
+      <c r="I138" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>917</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1481</v>
+      </c>
+      <c r="I139" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>917</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C140" t="s">
+        <v>13</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1484</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1485</v>
+      </c>
+      <c r="I140" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>917</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C141" t="s">
+        <v>13</v>
+      </c>
+      <c r="D141" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1487</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1489</v>
+      </c>
+      <c r="I141" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>917</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C142" t="s">
+        <v>13</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I142" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>917</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C143" t="s">
+        <v>13</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1497</v>
+      </c>
+      <c r="I143" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>917</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C144" t="s">
+        <v>13</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1501</v>
+      </c>
+      <c r="I144" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>917</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C145" t="s">
+        <v>13</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1505</v>
+      </c>
+      <c r="I145" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>917</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C146" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1509</v>
+      </c>
+      <c r="I146" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>917</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1514</v>
+      </c>
+      <c r="I147" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>917</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C148" t="s">
+        <v>13</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1518</v>
+      </c>
+      <c r="I148" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>917</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C149" t="s">
+        <v>13</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I149" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>917</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C150" t="s">
+        <v>13</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1526</v>
+      </c>
+      <c r="I150" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>917</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C151" t="s">
+        <v>13</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1528</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I151" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>917</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C152" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I152" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>917</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1539</v>
+      </c>
+      <c r="I153" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>917</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C154" t="s">
+        <v>13</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I154" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>917</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C155" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1547</v>
+      </c>
+      <c r="I155" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>917</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C156" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1551</v>
+      </c>
+      <c r="I156" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>917</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C157" t="s">
+        <v>13</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1555</v>
+      </c>
+      <c r="I157" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>917</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C158" t="s">
+        <v>13</v>
+      </c>
+      <c r="D158" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1559</v>
+      </c>
+      <c r="I158" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>917</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C159" t="s">
+        <v>13</v>
+      </c>
+      <c r="D159" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1563</v>
+      </c>
+      <c r="I159" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>917</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C160" t="s">
+        <v>13</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1565</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1567</v>
+      </c>
+      <c r="I160" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>917</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C161" t="s">
+        <v>13</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1571</v>
+      </c>
+      <c r="I161" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>917</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C162" t="s">
+        <v>13</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1575</v>
+      </c>
+      <c r="I162" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>917</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C163" t="s">
+        <v>13</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1579</v>
+      </c>
+      <c r="I163" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>917</v>
+      </c>
+      <c r="B164" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C164" t="s">
+        <v>13</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1583</v>
+      </c>
+      <c r="I164" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>917</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C165" t="s">
+        <v>13</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1585</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1587</v>
+      </c>
+      <c r="I165" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>917</v>
+      </c>
+      <c r="B166" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C166" t="s">
+        <v>13</v>
+      </c>
+      <c r="D166" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H166" t="s">
+        <v>1591</v>
+      </c>
+      <c r="I166" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>917</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C167" t="s">
+        <v>13</v>
+      </c>
+      <c r="D167" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1595</v>
+      </c>
+      <c r="I167" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>917</v>
+      </c>
+      <c r="B168" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C168" t="s">
+        <v>13</v>
+      </c>
+      <c r="D168" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H168" t="s">
+        <v>1599</v>
+      </c>
+      <c r="I168" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>917</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C169" t="s">
+        <v>13</v>
+      </c>
+      <c r="D169" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1603</v>
+      </c>
+      <c r="I169" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>917</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C170" t="s">
+        <v>13</v>
+      </c>
+      <c r="D170" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I170" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>917</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C171" t="s">
+        <v>13</v>
+      </c>
+      <c r="D171" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1611</v>
+      </c>
+      <c r="I171" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>917</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D172" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H172" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I172" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>917</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C173" t="s">
+        <v>13</v>
+      </c>
+      <c r="D173" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I173" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>917</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C174" t="s">
+        <v>13</v>
+      </c>
+      <c r="D174" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1624</v>
+      </c>
+      <c r="I174" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>917</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C175" t="s">
+        <v>13</v>
+      </c>
+      <c r="D175" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H175" t="s">
+        <v>1628</v>
+      </c>
+      <c r="I175" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>917</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C176" t="s">
+        <v>13</v>
+      </c>
+      <c r="D176" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H176" t="s">
+        <v>1632</v>
+      </c>
+      <c r="I176" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>917</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C177" t="s">
+        <v>13</v>
+      </c>
+      <c r="D177" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1634</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H177" t="s">
+        <v>1636</v>
+      </c>
+      <c r="I177" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>917</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C178" t="s">
+        <v>13</v>
+      </c>
+      <c r="D178" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1638</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H178" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I178" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>917</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C179" t="s">
+        <v>13</v>
+      </c>
+      <c r="D179" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H179" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I179" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>917</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C180" t="s">
+        <v>13</v>
+      </c>
+      <c r="D180" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H180" t="s">
+        <v>1648</v>
+      </c>
+      <c r="I180" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>917</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C181" t="s">
+        <v>13</v>
+      </c>
+      <c r="D181" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1651</v>
+      </c>
+      <c r="H181" t="s">
+        <v>1652</v>
+      </c>
+      <c r="I181" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>917</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C182" t="s">
+        <v>13</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1656</v>
+      </c>
+      <c r="I182" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>917</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C183" t="s">
+        <v>13</v>
+      </c>
+      <c r="D183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H183" t="s">
+        <v>1660</v>
+      </c>
+      <c r="I183" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>917</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C184" t="s">
+        <v>13</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1664</v>
+      </c>
+      <c r="I184" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>917</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C185" t="s">
+        <v>13</v>
+      </c>
+      <c r="D185" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H185" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I185" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>917</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C186" t="s">
+        <v>13</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1671</v>
+      </c>
+      <c r="I186" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>917</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C187" t="s">
+        <v>13</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1674</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1675</v>
+      </c>
+      <c r="I187" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>917</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C188" t="s">
+        <v>13</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1679</v>
+      </c>
+      <c r="I188" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>917</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C189" t="s">
+        <v>13</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I189" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>917</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C190" t="s">
+        <v>13</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H190" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I190" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>917</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C191" t="s">
+        <v>13</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H191" t="s">
+        <v>1691</v>
+      </c>
+      <c r="I191" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>917</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C192" t="s">
+        <v>13</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H192" t="s">
+        <v>1694</v>
+      </c>
+      <c r="I192" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>917</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C193" t="s">
+        <v>13</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H193" t="s">
+        <v>1697</v>
+      </c>
+      <c r="I193" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>917</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C194" t="s">
+        <v>13</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H194" t="s">
+        <v>1701</v>
+      </c>
+      <c r="I194" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>917</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C195" t="s">
+        <v>13</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1703</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1704</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1705</v>
+      </c>
+      <c r="I195" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>917</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C196" t="s">
+        <v>13</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H196" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I196" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>917</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C197" t="s">
+        <v>13</v>
+      </c>
+      <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1713</v>
+      </c>
+      <c r="I197" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>917</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C198" t="s">
+        <v>13</v>
+      </c>
+      <c r="D198" t="s">
+        <v>13</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1716</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1717</v>
+      </c>
+      <c r="I198" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>917</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C199" t="s">
+        <v>13</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1721</v>
+      </c>
+      <c r="I199" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>917</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C200" t="s">
+        <v>13</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1724</v>
+      </c>
+      <c r="I200" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>917</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C201" t="s">
+        <v>13</v>
+      </c>
+      <c r="D201" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1726</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1728</v>
+      </c>
+      <c r="I201" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>917</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C202" t="s">
+        <v>13</v>
+      </c>
+      <c r="D202" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1731</v>
+      </c>
+      <c r="H202" t="s">
+        <v>1732</v>
+      </c>
+      <c r="I202" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>917</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C203" t="s">
+        <v>13</v>
+      </c>
+      <c r="D203" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1735</v>
+      </c>
+      <c r="I203" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>917</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C204" t="s">
+        <v>13</v>
+      </c>
+      <c r="D204" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F204" t="s">
+        <v>13</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1738</v>
+      </c>
+      <c r="I204" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>917</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C205" t="s">
+        <v>13</v>
+      </c>
+      <c r="D205" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1741</v>
+      </c>
+      <c r="I205" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>917</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C206" t="s">
+        <v>13</v>
+      </c>
+      <c r="D206" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1745</v>
+      </c>
+      <c r="I206" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>917</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C207" t="s">
+        <v>13</v>
+      </c>
+      <c r="D207" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H207" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I207" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>917</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C208" t="s">
+        <v>13</v>
+      </c>
+      <c r="D208" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F208" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1753</v>
+      </c>
+      <c r="I208" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>917</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C209" t="s">
+        <v>13</v>
+      </c>
+      <c r="D209" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F209" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H209" t="s">
+        <v>1757</v>
+      </c>
+      <c r="I209" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>917</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C210" t="s">
+        <v>13</v>
+      </c>
+      <c r="D210" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F210" t="s">
+        <v>13</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H210" t="s">
+        <v>1761</v>
+      </c>
+      <c r="I210" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>917</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C211" t="s">
+        <v>13</v>
+      </c>
+      <c r="D211" t="s">
+        <v>13</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F211" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H211" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I211" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>917</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C212" t="s">
+        <v>13</v>
+      </c>
+      <c r="D212" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H212" t="s">
+        <v>1769</v>
+      </c>
+      <c r="I212" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>917</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C213" t="s">
+        <v>13</v>
+      </c>
+      <c r="D213" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1773</v>
+      </c>
+      <c r="I213" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>917</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C214" t="s">
+        <v>13</v>
+      </c>
+      <c r="D214" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" t="s">
+        <v>1775</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H214" t="s">
+        <v>1777</v>
+      </c>
+      <c r="I214" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>917</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C215" t="s">
+        <v>13</v>
+      </c>
+      <c r="D215" t="s">
+        <v>13</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F215" t="s">
+        <v>13</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H215" t="s">
+        <v>1781</v>
+      </c>
+      <c r="I215" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>917</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C216" t="s">
+        <v>13</v>
+      </c>
+      <c r="D216" t="s">
+        <v>13</v>
+      </c>
+      <c r="E216" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H216" t="s">
+        <v>1785</v>
+      </c>
+      <c r="I216" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>917</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C217" t="s">
+        <v>13</v>
+      </c>
+      <c r="D217" t="s">
+        <v>13</v>
+      </c>
+      <c r="E217" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F217" t="s">
+        <v>13</v>
+      </c>
+      <c r="G217" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H217" t="s">
+        <v>1788</v>
+      </c>
+      <c r="I217" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>917</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C218" t="s">
+        <v>13</v>
+      </c>
+      <c r="D218" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F218" t="s">
+        <v>13</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H218" t="s">
+        <v>1792</v>
+      </c>
+      <c r="I218" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>917</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C219" t="s">
+        <v>13</v>
+      </c>
+      <c r="D219" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F219" t="s">
+        <v>13</v>
+      </c>
+      <c r="G219" t="s">
+        <v>1795</v>
+      </c>
+      <c r="H219" t="s">
+        <v>1796</v>
+      </c>
+      <c r="I219" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>917</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C220" t="s">
+        <v>13</v>
+      </c>
+      <c r="D220" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" t="s">
+        <v>1798</v>
+      </c>
+      <c r="F220" t="s">
+        <v>13</v>
+      </c>
+      <c r="G220" t="s">
+        <v>1799</v>
+      </c>
+      <c r="H220" t="s">
+        <v>1800</v>
+      </c>
+      <c r="I220" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>917</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C221" t="s">
+        <v>13</v>
+      </c>
+      <c r="D221" t="s">
+        <v>13</v>
+      </c>
+      <c r="E221" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F221" t="s">
+        <v>13</v>
+      </c>
+      <c r="G221" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H221" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I221" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>917</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C222" t="s">
+        <v>13</v>
+      </c>
+      <c r="D222" t="s">
+        <v>13</v>
+      </c>
+      <c r="E222" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F222" t="s">
+        <v>13</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H222" t="s">
+        <v>1808</v>
+      </c>
+      <c r="I222" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>917</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C223" t="s">
+        <v>13</v>
+      </c>
+      <c r="D223" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F223" t="s">
+        <v>13</v>
+      </c>
+      <c r="G223" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H223" t="s">
+        <v>1812</v>
+      </c>
+      <c r="I223" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>917</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C224" t="s">
+        <v>13</v>
+      </c>
+      <c r="D224" t="s">
+        <v>13</v>
+      </c>
+      <c r="E224" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F224" t="s">
+        <v>13</v>
+      </c>
+      <c r="G224" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H224" t="s">
+        <v>1816</v>
+      </c>
+      <c r="I224" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>917</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C225" t="s">
+        <v>13</v>
+      </c>
+      <c r="D225" t="s">
+        <v>13</v>
+      </c>
+      <c r="E225" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F225" t="s">
+        <v>13</v>
+      </c>
+      <c r="G225" t="s">
+        <v>1818</v>
+      </c>
+      <c r="H225" t="s">
+        <v>1819</v>
+      </c>
+      <c r="I225" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>917</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C226" t="s">
+        <v>13</v>
+      </c>
+      <c r="D226" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F226" t="s">
+        <v>13</v>
+      </c>
+      <c r="G226" t="s">
+        <v>1822</v>
+      </c>
+      <c r="H226" t="s">
+        <v>1823</v>
+      </c>
+      <c r="I226" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>917</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C227" t="s">
+        <v>13</v>
+      </c>
+      <c r="D227" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F227" t="s">
+        <v>13</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H227" t="s">
+        <v>1827</v>
+      </c>
+      <c r="I227" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>917</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C228" t="s">
+        <v>13</v>
+      </c>
+      <c r="D228" t="s">
+        <v>13</v>
+      </c>
+      <c r="E228" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F228" t="s">
+        <v>13</v>
+      </c>
+      <c r="G228" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H228" t="s">
+        <v>1831</v>
+      </c>
+      <c r="I228" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>917</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C229" t="s">
+        <v>13</v>
+      </c>
+      <c r="D229" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" t="s">
+        <v>1833</v>
+      </c>
+      <c r="F229" t="s">
+        <v>13</v>
+      </c>
+      <c r="G229" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H229" t="s">
+        <v>1835</v>
+      </c>
+      <c r="I229" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>917</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C230" t="s">
+        <v>13</v>
+      </c>
+      <c r="D230" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F230" t="s">
+        <v>13</v>
+      </c>
+      <c r="G230" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H230" t="s">
+        <v>1839</v>
+      </c>
+      <c r="I230" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>917</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C231" t="s">
+        <v>13</v>
+      </c>
+      <c r="D231" t="s">
+        <v>13</v>
+      </c>
+      <c r="E231" t="s">
+        <v>1841</v>
+      </c>
+      <c r="F231" t="s">
+        <v>13</v>
+      </c>
+      <c r="G231" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H231" t="s">
+        <v>1843</v>
+      </c>
+      <c r="I231" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>917</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C232" t="s">
+        <v>13</v>
+      </c>
+      <c r="D232" t="s">
+        <v>13</v>
+      </c>
+      <c r="E232" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F232" t="s">
+        <v>13</v>
+      </c>
+      <c r="G232" t="s">
+        <v>1846</v>
+      </c>
+      <c r="H232" t="s">
+        <v>1847</v>
+      </c>
+      <c r="I232" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>917</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C233" t="s">
+        <v>13</v>
+      </c>
+      <c r="D233" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F233" t="s">
+        <v>13</v>
+      </c>
+      <c r="G233" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H233" t="s">
+        <v>1851</v>
+      </c>
+      <c r="I233" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>917</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C234" t="s">
+        <v>13</v>
+      </c>
+      <c r="D234" t="s">
+        <v>13</v>
+      </c>
+      <c r="E234" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G234" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H234" t="s">
+        <v>1855</v>
+      </c>
+      <c r="I234" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>917</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C235" t="s">
+        <v>13</v>
+      </c>
+      <c r="D235" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F235" t="s">
+        <v>13</v>
+      </c>
+      <c r="G235" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H235" t="s">
+        <v>1859</v>
+      </c>
+      <c r="I235" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>917</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C236" t="s">
+        <v>13</v>
+      </c>
+      <c r="D236" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F236" t="s">
+        <v>13</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H236" t="s">
+        <v>1863</v>
+      </c>
+      <c r="I236" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>917</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C237" t="s">
+        <v>13</v>
+      </c>
+      <c r="D237" t="s">
+        <v>13</v>
+      </c>
+      <c r="E237" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F237" t="s">
+        <v>13</v>
+      </c>
+      <c r="G237" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H237" t="s">
+        <v>1867</v>
+      </c>
+      <c r="I237" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>917</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C238" t="s">
+        <v>13</v>
+      </c>
+      <c r="D238" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" t="s">
+        <v>1869</v>
+      </c>
+      <c r="F238" t="s">
+        <v>13</v>
+      </c>
+      <c r="G238" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H238" t="s">
+        <v>1871</v>
+      </c>
+      <c r="I238" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>917</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C239" t="s">
+        <v>13</v>
+      </c>
+      <c r="D239" t="s">
+        <v>13</v>
+      </c>
+      <c r="E239" t="s">
+        <v>1873</v>
+      </c>
+      <c r="F239" t="s">
+        <v>13</v>
+      </c>
+      <c r="G239" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H239" t="s">
+        <v>1875</v>
+      </c>
+      <c r="I239" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>917</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C240" t="s">
+        <v>13</v>
+      </c>
+      <c r="D240" t="s">
+        <v>13</v>
+      </c>
+      <c r="E240" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F240" t="s">
+        <v>13</v>
+      </c>
+      <c r="G240" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H240" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I240" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>917</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C241" t="s">
+        <v>13</v>
+      </c>
+      <c r="D241" t="s">
+        <v>13</v>
+      </c>
+      <c r="E241" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F241" t="s">
+        <v>13</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H241" t="s">
+        <v>1883</v>
+      </c>
+      <c r="I241" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>917</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C242" t="s">
+        <v>13</v>
+      </c>
+      <c r="D242" t="s">
+        <v>13</v>
+      </c>
+      <c r="E242" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F242" t="s">
+        <v>13</v>
+      </c>
+      <c r="G242" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H242" t="s">
+        <v>1886</v>
+      </c>
+      <c r="I242" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>917</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C243" t="s">
+        <v>13</v>
+      </c>
+      <c r="D243" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" t="s">
+        <v>1888</v>
+      </c>
+      <c r="F243" t="s">
+        <v>13</v>
+      </c>
+      <c r="G243" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H243" t="s">
+        <v>1890</v>
+      </c>
+      <c r="I243" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>917</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C244" t="s">
+        <v>13</v>
+      </c>
+      <c r="D244" t="s">
+        <v>13</v>
+      </c>
+      <c r="E244" t="s">
+        <v>1888</v>
+      </c>
+      <c r="F244" t="s">
+        <v>13</v>
+      </c>
+      <c r="G244" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H244" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I244" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>917</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C245" t="s">
+        <v>13</v>
+      </c>
+      <c r="D245" t="s">
+        <v>13</v>
+      </c>
+      <c r="E245" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F245" t="s">
+        <v>13</v>
+      </c>
+      <c r="G245" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H245" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I245" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>917</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C246" t="s">
+        <v>13</v>
+      </c>
+      <c r="D246" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F246" t="s">
+        <v>13</v>
+      </c>
+      <c r="G246" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H246" t="s">
+        <v>1900</v>
+      </c>
+      <c r="I246" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>917</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C247" t="s">
+        <v>13</v>
+      </c>
+      <c r="D247" t="s">
+        <v>13</v>
+      </c>
+      <c r="E247" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F247" t="s">
+        <v>13</v>
+      </c>
+      <c r="G247" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H247" t="s">
+        <v>1903</v>
+      </c>
+      <c r="I247" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>917</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C248" t="s">
+        <v>13</v>
+      </c>
+      <c r="D248" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F248" t="s">
+        <v>13</v>
+      </c>
+      <c r="G248" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H248" t="s">
+        <v>1906</v>
+      </c>
+      <c r="I248" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>917</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C249" t="s">
+        <v>13</v>
+      </c>
+      <c r="D249" t="s">
+        <v>13</v>
+      </c>
+      <c r="E249" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F249" t="s">
+        <v>13</v>
+      </c>
+      <c r="G249" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H249" t="s">
+        <v>1910</v>
+      </c>
+      <c r="I249" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>917</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C250" t="s">
+        <v>13</v>
+      </c>
+      <c r="D250" t="s">
+        <v>13</v>
+      </c>
+      <c r="E250" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F250" t="s">
+        <v>13</v>
+      </c>
+      <c r="G250" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H250" t="s">
+        <v>1914</v>
+      </c>
+      <c r="I250" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>917</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C251" t="s">
+        <v>13</v>
+      </c>
+      <c r="D251" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F251" t="s">
+        <v>13</v>
+      </c>
+      <c r="G251" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H251" t="s">
+        <v>1917</v>
+      </c>
+      <c r="I251" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>917</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D252" t="s">
+        <v>13</v>
+      </c>
+      <c r="E252" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F252" t="s">
+        <v>13</v>
+      </c>
+      <c r="G252" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H252" t="s">
+        <v>1922</v>
+      </c>
+      <c r="I252" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>917</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C253" t="s">
+        <v>13</v>
+      </c>
+      <c r="D253" t="s">
+        <v>13</v>
+      </c>
+      <c r="E253" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F253" t="s">
+        <v>13</v>
+      </c>
+      <c r="G253" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H253" t="s">
+        <v>1926</v>
+      </c>
+      <c r="I253" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>917</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C254" t="s">
+        <v>13</v>
+      </c>
+      <c r="D254" t="s">
+        <v>13</v>
+      </c>
+      <c r="E254" t="s">
+        <v>1928</v>
+      </c>
+      <c r="F254" t="s">
+        <v>13</v>
+      </c>
+      <c r="G254" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H254" t="s">
+        <v>1930</v>
+      </c>
+      <c r="I254" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>917</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C255" t="s">
+        <v>13</v>
+      </c>
+      <c r="D255" t="s">
+        <v>13</v>
+      </c>
+      <c r="E255" t="s">
+        <v>1932</v>
+      </c>
+      <c r="F255" t="s">
+        <v>13</v>
+      </c>
+      <c r="G255" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H255" t="s">
+        <v>1934</v>
+      </c>
+      <c r="I255" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>917</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D256" t="s">
+        <v>13</v>
+      </c>
+      <c r="E256" t="s">
+        <v>1937</v>
+      </c>
+      <c r="F256" t="s">
+        <v>13</v>
+      </c>
+      <c r="G256" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H256" t="s">
+        <v>1939</v>
+      </c>
+      <c r="I256" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>917</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D257" t="s">
+        <v>13</v>
+      </c>
+      <c r="E257" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F257" t="s">
+        <v>13</v>
+      </c>
+      <c r="G257" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1944</v>
+      </c>
+      <c r="I257" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>917</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C258" t="s">
+        <v>13</v>
+      </c>
+      <c r="D258" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" t="s">
+        <v>1946</v>
+      </c>
+      <c r="F258" t="s">
+        <v>13</v>
+      </c>
+      <c r="G258" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1948</v>
+      </c>
+      <c r="I258" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>917</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D259" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F259" t="s">
+        <v>13</v>
+      </c>
+      <c r="G259" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I259" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>917</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C260" t="s">
+        <v>13</v>
+      </c>
+      <c r="D260" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F260" t="s">
+        <v>13</v>
+      </c>
+      <c r="G260" t="s">
+        <v>1956</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I260" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>917</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C261" t="s">
+        <v>13</v>
+      </c>
+      <c r="D261" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F261" t="s">
+        <v>13</v>
+      </c>
+      <c r="G261" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I261" t="s">
+        <v>922</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D2" t="s">
+        <v>214</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1965</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2002</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2012</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2028</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2030</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2034</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2040</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D16" t="s">
+        <v>408</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2044</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2049</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2054</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2055</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2073</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2092</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2098</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2108</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2114</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2115</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2116</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2126</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2127</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2139</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2151</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2157</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2158</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2169</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2170</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2174</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2176</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2180</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2186</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2187</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2188</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2192</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2193</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2194</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2199</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2200</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2206</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2214</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2215</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2220</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2227</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2228</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2227</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2232</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2236</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2242</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2243</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2248</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2249</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2250</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2251</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>477</v>
+        <v>2252</v>
       </c>
       <c r="B2" t="s">
-        <v>478</v>
+        <v>2253</v>
       </c>
       <c r="C2" t="s">
-        <v>479</v>
+        <v>2254</v>
       </c>
       <c r="D2" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>480</v>
+        <v>2255</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>481</v>
+        <v>2256</v>
       </c>
       <c r="H2" t="s">
-        <v>482</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>477</v>
+        <v>2252</v>
       </c>
       <c r="B3" t="s">
-        <v>483</v>
+        <v>2258</v>
       </c>
       <c r="C3" t="s">
-        <v>484</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>485</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>486</v>
+        <v>2259</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>487</v>
+        <v>2260</v>
       </c>
       <c r="H3" t="s">
-        <v>488</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>477</v>
+        <v>2252</v>
       </c>
       <c r="B4" t="s">
-        <v>489</v>
+        <v>2262</v>
       </c>
       <c r="C4" t="s">
-        <v>490</v>
+        <v>2263</v>
       </c>
       <c r="D4" t="s">
-        <v>491</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>492</v>
+        <v>2264</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>493</v>
+        <v>2265</v>
       </c>
       <c r="H4" t="s">
-        <v>494</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>477</v>
+        <v>2252</v>
       </c>
       <c r="B5" t="s">
-        <v>495</v>
+        <v>2267</v>
       </c>
       <c r="C5" t="s">
-        <v>496</v>
+        <v>2268</v>
       </c>
       <c r="D5" t="s">
-        <v>497</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>498</v>
+        <v>2269</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>499</v>
+        <v>2270</v>
       </c>
       <c r="H5" t="s">
-        <v>500</v>
+        <v>2271</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>501</v>
+        <v>2272</v>
       </c>
       <c r="B2" t="s">
-        <v>502</v>
+        <v>2273</v>
       </c>
       <c r="C2" t="s">
-        <v>503</v>
+        <v>2274</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>2275</v>
       </c>
       <c r="E2" t="s">
-        <v>504</v>
+        <v>2276</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>505</v>
+        <v>2277</v>
       </c>
       <c r="H2" t="s">
-        <v>506</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>501</v>
+        <v>2272</v>
       </c>
       <c r="B3" t="s">
-        <v>507</v>
+        <v>2279</v>
       </c>
       <c r="C3" t="s">
-        <v>508</v>
+        <v>2280</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>2281</v>
       </c>
       <c r="E3" t="s">
-        <v>509</v>
+        <v>2282</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>510</v>
+        <v>2283</v>
       </c>
       <c r="H3" t="s">
-        <v>511</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>501</v>
+        <v>2272</v>
       </c>
       <c r="B4" t="s">
-        <v>512</v>
+        <v>2285</v>
       </c>
       <c r="C4" t="s">
-        <v>513</v>
+        <v>2286</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>2287</v>
       </c>
       <c r="E4" t="s">
-        <v>514</v>
+        <v>2288</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>515</v>
+        <v>2289</v>
       </c>
       <c r="H4" t="s">
-        <v>516</v>
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2293</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2294</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2295</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2300</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2301</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2302</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2305</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2311</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2313</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2317</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2318</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2319</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2323</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2324</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2325</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2328</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2214</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2329</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2334</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2340</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2341</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2342</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2346</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2347</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2350</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2352</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2359</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2360</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2363</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2364</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2365</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2366</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2370</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2371</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2372</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2376</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2377</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2382</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2384</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2387</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2388</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2392</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2394</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2395</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2400</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2406</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2407</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2406</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2412</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2413</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2417</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2418</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2422</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2423</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2424</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2428</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2429</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2430</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2435</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2437</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2440</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2441</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2442</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2443</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2441</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2442</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C32" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2453</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2454</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>64</v>
+        <v>2455</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>2456</v>
       </c>
       <c r="C2" t="s">
-        <v>66</v>
+        <v>2457</v>
       </c>
       <c r="D2" t="s">
-        <v>67</v>
+        <v>167</v>
       </c>
       <c r="E2" t="s">
-        <v>68</v>
+        <v>2458</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>69</v>
+        <v>2459</v>
       </c>
       <c r="H2" t="s">
-        <v>70</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>64</v>
+        <v>2455</v>
       </c>
       <c r="B3" t="s">
-        <v>71</v>
+        <v>2461</v>
       </c>
       <c r="C3" t="s">
-        <v>72</v>
+        <v>2462</v>
       </c>
       <c r="D3" t="s">
-        <v>73</v>
+        <v>2463</v>
       </c>
       <c r="E3" t="s">
-        <v>74</v>
+        <v>2464</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>75</v>
+        <v>2465</v>
       </c>
       <c r="H3" t="s">
-        <v>76</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>64</v>
+        <v>2455</v>
       </c>
       <c r="B4" t="s">
-        <v>77</v>
+        <v>2467</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>2468</v>
       </c>
       <c r="D4" t="s">
-        <v>79</v>
+        <v>2469</v>
       </c>
       <c r="E4" t="s">
-        <v>80</v>
+        <v>2470</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>81</v>
+        <v>2471</v>
       </c>
       <c r="H4" t="s">
-        <v>82</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>64</v>
+        <v>2455</v>
       </c>
       <c r="B5" t="s">
-        <v>83</v>
+        <v>2473</v>
       </c>
       <c r="C5" t="s">
-        <v>84</v>
+        <v>2474</v>
       </c>
       <c r="D5" t="s">
-        <v>85</v>
+        <v>2145</v>
       </c>
       <c r="E5" t="s">
-        <v>86</v>
+        <v>2475</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>87</v>
+        <v>2476</v>
       </c>
       <c r="H5" t="s">
-        <v>88</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>64</v>
+        <v>2455</v>
       </c>
       <c r="B6" t="s">
-        <v>89</v>
+        <v>2478</v>
       </c>
       <c r="C6" t="s">
-        <v>90</v>
+        <v>2479</v>
       </c>
       <c r="D6" t="s">
-        <v>91</v>
+        <v>2281</v>
       </c>
       <c r="E6" t="s">
-        <v>92</v>
+        <v>2480</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>93</v>
+        <v>2481</v>
       </c>
       <c r="H6" t="s">
-        <v>94</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>2455</v>
       </c>
       <c r="B7" t="s">
-        <v>95</v>
+        <v>2483</v>
       </c>
       <c r="C7" t="s">
-        <v>96</v>
+        <v>2484</v>
       </c>
       <c r="D7" t="s">
-        <v>97</v>
+        <v>2485</v>
       </c>
       <c r="E7" t="s">
-        <v>98</v>
+        <v>2486</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>99</v>
+        <v>2487</v>
       </c>
       <c r="H7" t="s">
-        <v>100</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>2455</v>
       </c>
       <c r="B8" t="s">
-        <v>101</v>
+        <v>2489</v>
       </c>
       <c r="C8" t="s">
-        <v>96</v>
+        <v>2490</v>
       </c>
       <c r="D8" t="s">
-        <v>102</v>
+        <v>2491</v>
       </c>
       <c r="E8" t="s">
-        <v>103</v>
+        <v>2492</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>104</v>
+        <v>2493</v>
       </c>
       <c r="H8" t="s">
-        <v>105</v>
-[...221 lines deleted...]
-        <v>147</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>106</v>
+        <v>2455</v>
       </c>
       <c r="B9" t="s">
-        <v>148</v>
+        <v>2495</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>2496</v>
       </c>
       <c r="D9" t="s">
-        <v>150</v>
+        <v>2156</v>
       </c>
       <c r="E9" t="s">
-        <v>151</v>
+        <v>2497</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>152</v>
+        <v>2498</v>
       </c>
       <c r="H9" t="s">
-        <v>153</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>106</v>
+        <v>2455</v>
       </c>
       <c r="B10" t="s">
-        <v>154</v>
+        <v>2500</v>
       </c>
       <c r="C10" t="s">
-        <v>155</v>
+        <v>2501</v>
       </c>
       <c r="D10" t="s">
-        <v>156</v>
+        <v>2502</v>
       </c>
       <c r="E10" t="s">
-        <v>157</v>
+        <v>2503</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>158</v>
+        <v>2504</v>
       </c>
       <c r="H10" t="s">
-        <v>159</v>
-[...405 lines deleted...]
-        <v>225</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>2506</v>
       </c>
       <c r="C11" t="s">
-        <v>227</v>
+        <v>2507</v>
       </c>
       <c r="D11" t="s">
-        <v>228</v>
+        <v>2156</v>
       </c>
       <c r="E11" t="s">
-        <v>229</v>
+        <v>2508</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>230</v>
+        <v>2509</v>
       </c>
       <c r="H11" t="s">
-        <v>231</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B12" t="s">
-        <v>232</v>
+        <v>2511</v>
       </c>
       <c r="C12" t="s">
-        <v>233</v>
+        <v>2512</v>
       </c>
       <c r="D12" t="s">
-        <v>234</v>
+        <v>2012</v>
       </c>
       <c r="E12" t="s">
-        <v>235</v>
+        <v>2513</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>236</v>
+        <v>2514</v>
       </c>
       <c r="H12" t="s">
-        <v>237</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B13" t="s">
-        <v>238</v>
+        <v>2516</v>
       </c>
       <c r="C13" t="s">
-        <v>239</v>
+        <v>2517</v>
       </c>
       <c r="D13" t="s">
-        <v>240</v>
+        <v>292</v>
       </c>
       <c r="E13" t="s">
-        <v>241</v>
+        <v>2518</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>242</v>
+        <v>2519</v>
       </c>
       <c r="H13" t="s">
-        <v>243</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B14" t="s">
-        <v>244</v>
+        <v>2521</v>
       </c>
       <c r="C14" t="s">
-        <v>245</v>
+        <v>2522</v>
       </c>
       <c r="D14" t="s">
-        <v>246</v>
+        <v>2523</v>
       </c>
       <c r="E14" t="s">
-        <v>247</v>
+        <v>2524</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>248</v>
+        <v>2525</v>
       </c>
       <c r="H14" t="s">
-        <v>249</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B15" t="s">
-        <v>250</v>
+        <v>2527</v>
       </c>
       <c r="C15" t="s">
-        <v>251</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="E15" t="s">
-        <v>253</v>
+        <v>2528</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>254</v>
+        <v>2529</v>
       </c>
       <c r="H15" t="s">
-        <v>255</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B16" t="s">
-        <v>256</v>
+        <v>2531</v>
       </c>
       <c r="C16" t="s">
-        <v>257</v>
+        <v>2532</v>
       </c>
       <c r="D16" t="s">
-        <v>258</v>
+        <v>2533</v>
       </c>
       <c r="E16" t="s">
-        <v>259</v>
+        <v>2534</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>260</v>
+        <v>2535</v>
       </c>
       <c r="H16" t="s">
-        <v>261</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B17" t="s">
-        <v>262</v>
+        <v>2537</v>
       </c>
       <c r="C17" t="s">
-        <v>263</v>
+        <v>2538</v>
       </c>
       <c r="D17" t="s">
-        <v>264</v>
+        <v>2533</v>
       </c>
       <c r="E17" t="s">
-        <v>265</v>
+        <v>2534</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>266</v>
+        <v>2539</v>
       </c>
       <c r="H17" t="s">
-        <v>267</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B18" t="s">
-        <v>256</v>
+        <v>2541</v>
       </c>
       <c r="C18" t="s">
-        <v>257</v>
+        <v>2542</v>
       </c>
       <c r="D18" t="s">
-        <v>268</v>
+        <v>2533</v>
       </c>
       <c r="E18" t="s">
-        <v>269</v>
+        <v>2534</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>270</v>
+        <v>2543</v>
       </c>
       <c r="H18" t="s">
-        <v>271</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B19" t="s">
-        <v>272</v>
+        <v>2545</v>
       </c>
       <c r="C19" t="s">
-        <v>273</v>
+        <v>2546</v>
       </c>
       <c r="D19" t="s">
-        <v>274</v>
+        <v>2533</v>
       </c>
       <c r="E19" t="s">
-        <v>275</v>
+        <v>2534</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>276</v>
+        <v>2547</v>
       </c>
       <c r="H19" t="s">
-        <v>277</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B20" t="s">
-        <v>278</v>
+        <v>2549</v>
       </c>
       <c r="C20" t="s">
-        <v>279</v>
+        <v>2550</v>
       </c>
       <c r="D20" t="s">
-        <v>280</v>
+        <v>2551</v>
       </c>
       <c r="E20" t="s">
-        <v>281</v>
+        <v>2552</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>282</v>
+        <v>2553</v>
       </c>
       <c r="H20" t="s">
-        <v>283</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B21" t="s">
-        <v>284</v>
+        <v>2555</v>
       </c>
       <c r="C21" t="s">
-        <v>285</v>
+        <v>2556</v>
       </c>
       <c r="D21" t="s">
-        <v>286</v>
+        <v>2557</v>
       </c>
       <c r="E21" t="s">
-        <v>287</v>
+        <v>2558</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>288</v>
+        <v>2559</v>
       </c>
       <c r="H21" t="s">
-        <v>289</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B22" t="s">
-        <v>290</v>
+        <v>2561</v>
       </c>
       <c r="C22" t="s">
-        <v>291</v>
+        <v>2562</v>
       </c>
       <c r="D22" t="s">
-        <v>292</v>
+        <v>2563</v>
       </c>
       <c r="E22" t="s">
-        <v>293</v>
+        <v>2564</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>294</v>
+        <v>2565</v>
       </c>
       <c r="H22" t="s">
-        <v>295</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B23" t="s">
-        <v>296</v>
+        <v>2567</v>
       </c>
       <c r="C23" t="s">
-        <v>297</v>
+        <v>2556</v>
       </c>
       <c r="D23" t="s">
-        <v>298</v>
+        <v>2568</v>
       </c>
       <c r="E23" t="s">
-        <v>299</v>
+        <v>2569</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>300</v>
+        <v>2570</v>
       </c>
       <c r="H23" t="s">
-        <v>301</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B24" t="s">
-        <v>302</v>
+        <v>2572</v>
       </c>
       <c r="C24" t="s">
-        <v>303</v>
+        <v>2573</v>
       </c>
       <c r="D24" t="s">
-        <v>304</v>
+        <v>2574</v>
       </c>
       <c r="E24" t="s">
-        <v>305</v>
+        <v>2575</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>306</v>
+        <v>2576</v>
       </c>
       <c r="H24" t="s">
-        <v>307</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B25" t="s">
-        <v>308</v>
+        <v>2578</v>
       </c>
       <c r="C25" t="s">
-        <v>309</v>
+        <v>2579</v>
       </c>
       <c r="D25" t="s">
-        <v>310</v>
+        <v>2580</v>
       </c>
       <c r="E25" t="s">
-        <v>311</v>
+        <v>2581</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>312</v>
+        <v>2582</v>
       </c>
       <c r="H25" t="s">
-        <v>313</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B26" t="s">
-        <v>314</v>
+        <v>2584</v>
       </c>
       <c r="C26" t="s">
-        <v>96</v>
+        <v>2585</v>
       </c>
       <c r="D26" t="s">
-        <v>315</v>
+        <v>2586</v>
       </c>
       <c r="E26" t="s">
-        <v>316</v>
+        <v>2587</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>317</v>
+        <v>2588</v>
       </c>
       <c r="H26" t="s">
-        <v>318</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B27" t="s">
-        <v>319</v>
+        <v>2590</v>
       </c>
       <c r="C27" t="s">
-        <v>320</v>
+        <v>2591</v>
       </c>
       <c r="D27" t="s">
-        <v>321</v>
+        <v>2592</v>
       </c>
       <c r="E27" t="s">
-        <v>322</v>
+        <v>2593</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>323</v>
+        <v>2594</v>
       </c>
       <c r="H27" t="s">
-        <v>324</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B28" t="s">
-        <v>325</v>
+        <v>2596</v>
       </c>
       <c r="C28" t="s">
-        <v>326</v>
+        <v>2597</v>
       </c>
       <c r="D28" t="s">
-        <v>327</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>328</v>
+        <v>2598</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>329</v>
+        <v>2599</v>
       </c>
       <c r="H28" t="s">
-        <v>330</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B29" t="s">
-        <v>331</v>
+        <v>2601</v>
       </c>
       <c r="C29" t="s">
-        <v>332</v>
+        <v>2602</v>
       </c>
       <c r="D29" t="s">
-        <v>333</v>
+        <v>2603</v>
       </c>
       <c r="E29" t="s">
-        <v>334</v>
+        <v>2604</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>335</v>
+        <v>2605</v>
       </c>
       <c r="H29" t="s">
-        <v>336</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B30" t="s">
-        <v>337</v>
+        <v>2607</v>
       </c>
       <c r="C30" t="s">
-        <v>338</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>339</v>
+        <v>2608</v>
       </c>
       <c r="E30" t="s">
-        <v>340</v>
+        <v>2609</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>341</v>
+        <v>2610</v>
       </c>
       <c r="H30" t="s">
-        <v>342</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B31" t="s">
-        <v>343</v>
+        <v>2612</v>
       </c>
       <c r="C31" t="s">
-        <v>344</v>
+        <v>2613</v>
       </c>
       <c r="D31" t="s">
-        <v>345</v>
+        <v>2614</v>
       </c>
       <c r="E31" t="s">
-        <v>346</v>
+        <v>2615</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>347</v>
+        <v>2616</v>
       </c>
       <c r="H31" t="s">
-        <v>348</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B32" t="s">
-        <v>349</v>
+        <v>2618</v>
       </c>
       <c r="C32" t="s">
-        <v>350</v>
+        <v>2619</v>
       </c>
       <c r="D32" t="s">
-        <v>351</v>
+        <v>2620</v>
       </c>
       <c r="E32" t="s">
-        <v>352</v>
+        <v>2621</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>353</v>
+        <v>2622</v>
       </c>
       <c r="H32" t="s">
-        <v>354</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B33" t="s">
-        <v>355</v>
+        <v>2624</v>
       </c>
       <c r="C33" t="s">
-        <v>356</v>
+        <v>2625</v>
       </c>
       <c r="D33" t="s">
-        <v>345</v>
+        <v>2626</v>
       </c>
       <c r="E33" t="s">
-        <v>357</v>
+        <v>2627</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>358</v>
+        <v>2628</v>
       </c>
       <c r="H33" t="s">
-        <v>359</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B34" t="s">
-        <v>360</v>
+        <v>2630</v>
       </c>
       <c r="C34" t="s">
-        <v>361</v>
+        <v>2631</v>
       </c>
       <c r="D34" t="s">
-        <v>362</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>363</v>
+        <v>2632</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>364</v>
+        <v>2633</v>
       </c>
       <c r="H34" t="s">
-        <v>365</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B35" t="s">
-        <v>366</v>
+        <v>2635</v>
       </c>
       <c r="C35" t="s">
-        <v>367</v>
+        <v>2636</v>
       </c>
       <c r="D35" t="s">
-        <v>368</v>
+        <v>2637</v>
       </c>
       <c r="E35" t="s">
-        <v>369</v>
+        <v>2638</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>370</v>
+        <v>2639</v>
       </c>
       <c r="H35" t="s">
-        <v>371</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B36" t="s">
-        <v>372</v>
+        <v>2641</v>
       </c>
       <c r="C36" t="s">
-        <v>72</v>
+        <v>2642</v>
       </c>
       <c r="D36" t="s">
-        <v>373</v>
+        <v>2643</v>
       </c>
       <c r="E36" t="s">
-        <v>374</v>
+        <v>2644</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>375</v>
+        <v>2645</v>
       </c>
       <c r="H36" t="s">
-        <v>376</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B37" t="s">
-        <v>377</v>
+        <v>2647</v>
       </c>
       <c r="C37" t="s">
-        <v>378</v>
+        <v>2648</v>
       </c>
       <c r="D37" t="s">
-        <v>379</v>
+        <v>2649</v>
       </c>
       <c r="E37" t="s">
-        <v>380</v>
+        <v>2650</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>381</v>
+        <v>2651</v>
       </c>
       <c r="H37" t="s">
-        <v>382</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B38" t="s">
-        <v>383</v>
+        <v>2653</v>
       </c>
       <c r="C38" t="s">
-        <v>72</v>
+        <v>2654</v>
       </c>
       <c r="D38" t="s">
-        <v>384</v>
+        <v>2655</v>
       </c>
       <c r="E38" t="s">
-        <v>385</v>
+        <v>2656</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>386</v>
+        <v>2657</v>
       </c>
       <c r="H38" t="s">
-        <v>387</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B39" t="s">
-        <v>388</v>
+        <v>2659</v>
       </c>
       <c r="C39" t="s">
-        <v>389</v>
+        <v>2660</v>
       </c>
       <c r="D39" t="s">
-        <v>390</v>
+        <v>2661</v>
       </c>
       <c r="E39" t="s">
-        <v>391</v>
+        <v>2662</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>392</v>
+        <v>2663</v>
       </c>
       <c r="H39" t="s">
-        <v>393</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B40" t="s">
-        <v>394</v>
+        <v>2665</v>
       </c>
       <c r="C40" t="s">
-        <v>395</v>
+        <v>2666</v>
       </c>
       <c r="D40" t="s">
-        <v>396</v>
+        <v>2667</v>
       </c>
       <c r="E40" t="s">
-        <v>397</v>
+        <v>2668</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>398</v>
+        <v>2669</v>
       </c>
       <c r="H40" t="s">
-        <v>399</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B41" t="s">
-        <v>388</v>
+        <v>2671</v>
       </c>
       <c r="C41" t="s">
-        <v>400</v>
+        <v>2672</v>
       </c>
       <c r="D41" t="s">
-        <v>401</v>
+        <v>2673</v>
       </c>
       <c r="E41" t="s">
-        <v>402</v>
+        <v>2674</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>403</v>
+        <v>2675</v>
       </c>
       <c r="H41" t="s">
-        <v>404</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B42" t="s">
-        <v>405</v>
+        <v>2677</v>
       </c>
       <c r="C42" t="s">
-        <v>406</v>
+        <v>2678</v>
       </c>
       <c r="D42" t="s">
-        <v>407</v>
+        <v>2679</v>
       </c>
       <c r="E42" t="s">
-        <v>408</v>
+        <v>2680</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>409</v>
+        <v>2681</v>
       </c>
       <c r="H42" t="s">
-        <v>410</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B43" t="s">
-        <v>411</v>
+        <v>2683</v>
       </c>
       <c r="C43" t="s">
-        <v>412</v>
+        <v>2684</v>
       </c>
       <c r="D43" t="s">
-        <v>413</v>
+        <v>2429</v>
       </c>
       <c r="E43" t="s">
-        <v>414</v>
+        <v>2685</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>415</v>
+        <v>2686</v>
       </c>
       <c r="H43" t="s">
-        <v>416</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B44" t="s">
-        <v>417</v>
+        <v>2688</v>
       </c>
       <c r="C44" t="s">
-        <v>418</v>
+        <v>2689</v>
       </c>
       <c r="D44" t="s">
-        <v>419</v>
+        <v>2690</v>
       </c>
       <c r="E44" t="s">
-        <v>420</v>
+        <v>2691</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>421</v>
+        <v>2692</v>
       </c>
       <c r="H44" t="s">
-        <v>422</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B45" t="s">
-        <v>423</v>
+        <v>2694</v>
       </c>
       <c r="C45" t="s">
-        <v>424</v>
+        <v>2695</v>
       </c>
       <c r="D45" t="s">
-        <v>425</v>
+        <v>2696</v>
       </c>
       <c r="E45" t="s">
-        <v>426</v>
+        <v>2697</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>427</v>
+        <v>2698</v>
       </c>
       <c r="H45" t="s">
-        <v>428</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B46" t="s">
-        <v>429</v>
+        <v>2700</v>
       </c>
       <c r="C46" t="s">
-        <v>430</v>
+        <v>2701</v>
       </c>
       <c r="D46" t="s">
-        <v>431</v>
+        <v>2423</v>
       </c>
       <c r="E46" t="s">
-        <v>432</v>
+        <v>2702</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>433</v>
+        <v>2703</v>
       </c>
       <c r="H46" t="s">
-        <v>434</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>173</v>
+        <v>2455</v>
       </c>
       <c r="B47" t="s">
-        <v>314</v>
+        <v>2705</v>
       </c>
       <c r="C47" t="s">
-        <v>96</v>
+        <v>2706</v>
       </c>
       <c r="D47" t="s">
-        <v>435</v>
+        <v>2707</v>
       </c>
       <c r="E47" t="s">
-        <v>436</v>
+        <v>2708</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>2709</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
-[...281 lines deleted...]
-        <v>476</v>
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2711</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2712</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2713</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2715</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2716</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2717</v>
+      </c>
+      <c r="C49" t="s">
+        <v>2718</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2719</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2720</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2721</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C50" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2725</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2726</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2727</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C51" t="s">
+        <v>2730</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2731</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2733</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2734</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>