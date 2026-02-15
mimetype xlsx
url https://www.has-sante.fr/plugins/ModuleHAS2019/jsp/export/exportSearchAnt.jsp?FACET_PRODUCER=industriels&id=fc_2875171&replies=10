--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -1,11599 +1,1828 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Press release" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Tool to improve professi" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Web page" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6629" uniqueCount="3818">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="842" uniqueCount="563">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>29/07/2020 00:00:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Choices in Methods for Economic Evaluation</t>
+  </si>
+  <si>
+    <t>This guide presents the principles and methods used by HAS (the French National Health Authority) to carry out its mission of providing economic evaluations of health interventions. In this specific context, economic evaluation allows health interventions to be compared on the basis of their health effects and costs.</t>
+  </si>
+  <si>
+    <t>07/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/29/2020 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499251/fr/choix-methodologiques-pour-l-evaluation-economique-a-la-has</t>
+    <t>https://www.has-sante.fr/jcms/r_1499251/en/choices-in-methods-for-economic-evaluation</t>
   </si>
   <si>
     <t>r_1499251</t>
   </si>
   <si>
-    <t>Expérience patient et savoir expérientiel : deux notions à clarifier pour développer l’engagement ou la participation</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290414/fr/cooperation-entre-la-has-et-les-usagers</t>
+    <t>Cooperation between the HAS and users</t>
+  </si>
+  <si>
+    <t>Cooperation between the HAS and users Methods for the involvement of the public, patients and their associations in the HAS work</t>
+  </si>
+  <si>
+    <t>11/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290414/en/cooperation-between-the-has-and-users</t>
   </si>
   <si>
     <t>p_3290414</t>
   </si>
   <si>
-    <t>Comprendre l’évaluation des technologies de santé</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213810/fr/parcours-du-dispositif-medical-en-france</t>
+    <t>Pathway of medical devices in France</t>
+  </si>
+  <si>
+    <t>This guide provides the information required to understand each step of the pathway of medical devices in France.</t>
+  </si>
+  <si>
+    <t>10/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2020 07:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213810/en/pathway-of-medical-devices-in-france</t>
   </si>
   <si>
     <t>p_3213810</t>
   </si>
   <si>
-    <t>Grille descriptive des fonctionnalités des dispositifs médicaux embarquant un système avec apprentissage automatique (intelligence artificielle)</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289120/fr/doctrine-de-la-commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
+    <t>Doctrine of the Commission for Economic and Public Health Evaluation</t>
+  </si>
+  <si>
+    <t>The CEESP issues an economic opinion which it transmits to the Economic Committee for Health Products (CEPS), with the aim of helping to negotiate the price of the products (medicines and medical devices) concerned. The publication of the doctrine is part of the CEESP's desire to explain its approach to the drafting of opinions and to provide the keys to interpreting those opinions, in terms of both cost effectiveness and budgetary impact. It sets out the general framework explaining the range of methodological reservations, the Commission's positions on the various elements of the conclusions and the key messages it wishes to convey to the decision-maker.</t>
+  </si>
+  <si>
+    <t>07/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2021 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289120/en/doctrine-of-the-commission-for-economic-and-public-health-evaluation</t>
   </si>
   <si>
     <t>p_3289120</t>
   </si>
   <si>
-    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
+    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>10/06/2021 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
+    <t>06/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/30/2021 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Renforcer l’engagement des usagers dans l’évaluation des technologies de santé à la HAS - Feuille de route et actions</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
+    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
+  </si>
+  <si>
+    <t>This document focuses on aspects of the clinical assessment of efficacy for a new medical device or a new health technology that is made after the pre-clinical phase and feasibility studies.</t>
+  </si>
+  <si>
+    <t>06/08/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/28/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
+    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health has drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>02/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/17/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
   </si>
   <si>
     <t>p_3238360</t>
   </si>
   <si>
-    <t>Description générale de la procédure d’évaluation d’actes professionnels</t>
-[...173 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_430286/fr/elaboration-d-un-document-ecrit-d-information-a-l-intention-des-patients-et-des-usagers-du-systeme-de-sante</t>
+    <t>How to produce an information brochure for patients and healthcare system users</t>
+  </si>
+  <si>
+    <t>Written information should be part of a coherent communication strategy aimed at facilitating patients’ involvement in making decisions about their own care. The brochures should give relevant, clear, and concise information which can facilitate communication with patients. They can supplement any other information and advice given, thus helping patients make decisions about their health. Specialty societies and professional organisations wishing to provide patients and users with an information brochure based on available professional guidelines, which is an adjunct to verbal information, should find this guide useful. This guide updated in June 2008 is based on a critical review of the literature on producing information brochures for patients/users and on feedback obtained on ANAES brochures based on professional practice guidelines. A quick reference guide is also available.</t>
+  </si>
+  <si>
+    <t>06/15/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2009 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_430286/en/how-to-produce-an-information-brochure-for-patients-and-healthcare-system-users</t>
   </si>
   <si>
     <t>c_430286</t>
   </si>
   <si>
-    <t>Guide d’analyse de la littérature et gradation des recommandations</t>
-[...17 lines deleted...]
-    <t>Comment évaluer a priori un programme de dépistage ?</t>
+    <t>How to judge a proposal for a screening programme</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
-    <t>01/05/2004 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Description</t>
-[...32 lines deleted...]
-    <t>La CNEDiMTS émet un avis favorable à la prise en charge anticipée dans l’indication revendiquée.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on the assessment of the national newborn screening programme (DNN) for permanent hearing impairment. The primary aim of this evaluation is to establish a framework for enhancing this programme.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/23/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+  </si>
+  <si>
+    <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
+  </si>
+  <si>
+    <t>09/26/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+  </si>
+  <si>
+    <t>p_3545370</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+  </si>
+  <si>
+    <t>p_3451353</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+  </si>
+  <si>
+    <t>c_704257</t>
+  </si>
+  <si>
+    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>02/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
+  </si>
+  <si>
+    <t>c_464119</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
   </si>
   <si>
     <t>07/10/2025 00:00:00</t>
   </si>
   <si>
-    <t>09/10/2025 10:09:00</t>
-[...1778 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Practical aspects of long-term noninvasive positive pressure ventilation at home in neuromuscular disease</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to review the practical aspects (initiation, adjustment and monitoring) of home noninvasive positive pressure ventilation via a nasal, oral or facial interface, when prescribed for patients with neuromuscular disease.</t>
+  </si>
+  <si>
+    <t>05/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2006 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_334439/en/practical-aspects-of-long-term-noninvasive-positive-pressure-ventilation-at-home-in-neuromuscular-disease</t>
+  </si>
+  <si>
+    <t>c_334439</t>
+  </si>
+  <si>
+    <t>Vaccination against the hepatitis B virus</t>
+  </si>
+  <si>
+    <t>The jury tackled questions by focusing on key areas :# - analysis of epidemiological data and of changes resulting from vaccination, # - vaccine efficacy, # - assessment of side effects and benefit/risk ratios.# It proposed areas in which action might be taken, using as a basis the written evidence submitted by the experts and the data presented and analysed.</t>
+  </si>
+  <si>
+    <t>10/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
+  </si>
+  <si>
+    <t>c_272257</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_272363</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Syndrome néphrotique idiopathique de l’enfant</t>
-[...431 lines deleted...]
-    <t>c_2659919</t>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>HAS unveils its action plan for innovative medicines</t>
+  </si>
+  <si>
+    <t>Drug innovations in recent years – and in the years to come – are bringing unprecedented hope for patients, such as the prospect of recovering from cancer or yet another disease for which there is still no known cure. We are witnessing a medical revolution the likes of which has not been seen for a very long time. However, these medicines come with numerous unresolved uncertainties, most notably in cases of short clinical development often seen for small patient sample sizes. So how do we safely allow early access to potentially life-saving treatments and still ensure these innovative medicines fulfil their promise? The HAS decided to tackle the issue with the development of an action plan for innovative medicines, adapted to a context that calls for greater agility of the overall assessment process.</t>
+  </si>
+  <si>
+    <t>01/27/2020 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148262/en/has-unveils-its-action-plan-for-innovative-medicines</t>
+  </si>
+  <si>
+    <t>p_3148262</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Second-line non-invasive skin imaging techniques, including in vivo reflectance confocal microscopy (RCM), for the diagnosis and preoperative mapping of melanoma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The technology assessment aimed to determine the clinical utility of a new diagnostic strategy for melanoma, a form of pigmented skin cancer. This approach involved comparing a strategy using non-invasive second-line skin imaging, including in vivo confocal microscopy, with the reference strategy, in situations where the diagnosis of pigmented lesions (naevi) remains equivocal in dermoscopy or for preoperative mapping of the most complex cases of melanoma on the face, particularly Dubreuilh melanoma.</t>
+  </si>
+  <si>
+    <t>11/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/en/second-line-non-invasive-skin-imaging-techniques-including-in-vivo-reflectance-confocal-microscopy-rcm-for-the-diagnosis-and-preoperative-mapping-of-melanoma-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3424326</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/16/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
+  </si>
+  <si>
+    <t>p_3536022</t>
+  </si>
+  <si>
+    <t>Assessment of the endoscopic transluminal necrosectomy procedure in the treatment of acute necrotizing pancreatitis</t>
+  </si>
+  <si>
+    <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
+  </si>
+  <si>
+    <t>12/16/2024 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
+  </si>
+  <si>
+    <t>p_3498436</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+  </si>
+  <si>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel for medical lung cancer care</t>
+  </si>
+  <si>
+    <t>Evaluation of the composition of a reimbursable gene panel (search for gene alteration by targeted high-throughput sequencing or NGS or SHD) in somatic genetics of lung cancer</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
+  </si>
+  <si>
+    <t>p_3535386</t>
+  </si>
+  <si>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+  </si>
+  <si>
+    <t>p_3536003</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+  </si>
+  <si>
+    <t>p_3445536</t>
+  </si>
+  <si>
+    <t>2023 update: clinical utility of genomic signatures in early-stage HR-positive/HER2-negative breast cancer - InaHTA Brief</t>
+  </si>
+  <si>
+    <t>In 2019, the French National Authority for Health (HAS) evaluated the clinical utility of four genomic signatures (Oncotype Dx, Mammaprint, Prosigna, Endopredict) in early-stage hormone-receptor-positive (HR+) breast cancer with HER2-negative status (HER2-). Genomic signatures could be used as a guide to safely de-escalate adjuvant chemotherapy (ACT) in certain patient profiles in situations of clear decision-making uncertainty, with a low or favourable genomic score enabling the avoidance of unnecessary decisions to administer ACT. Based on the data available and the consultations carried out at the time, the HAS had returned an unfavourable opinion for coverage of testing for these four genomic signatures. But it issued a favourable opinion for temporary funding as part of a specific funding program for research and innovation (RIHN) to maintain access to these innovative tests in a potential population of interest. In 2021 and 2022, the publication of new intermediate data led to changes being made to several international guidelines, reporting a risk of loss of chance in terms of oncological outcome in some premenopausal patients aged 50 or under linked to genomic signatures. At the end of 2022, in view of this risk of loss of chance in terms of oncological outcome, the HAS decided to update its assessment of the four genomic signatures and to redefine the scope of the eligible target population to guarantee the oncological safety of patients and limit the risk of misuse by healthcare professionals</t>
+  </si>
+  <si>
+    <t>10/19/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3471037</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
+  </si>
+  <si>
+    <t>Between 2008 and 2018, the number of MRI units in public and private non-profit institutions practically doubled. In 2018, the number of procedures was estimated at 600,000 for hospitalised patients and 2.1 million for outpatients. Despite a growing number of MRI examination requests, this imaging technique exposes patients with certain types of implants to functional and even vital risks. Considering the diversity of MRI compatibility conditions of medical devices and the diversity of MRI compatibility information provided in manufacturer dossiers, along with technological developments in MRI and organisational constraints, the Medical Device and Health Technology Evaluation Committee (CNEDiMTS) decided to lay down principles for the assessment of the MRI compatibility of IMDs in its evaluations. This document also aims to characterise the information to be provided to the CNEDiMTS in the medico-technical dossiers submitted by manufacturers within the framework of a reimbursement request, so that the MRI compatibility information provided is standardised. The applicant will thus know in advance what data to provide to enable the CNEDiMTS to consider the MRI compatibility of implantable medical devices. Lastly, concerning MRI compatibility within defined conditions, this guide aims to clarify how the examinations should be prescribed and performed so that they are conducted under the best secured conditions.</t>
+  </si>
+  <si>
+    <t>10/19/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/18/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
+  </si>
+  <si>
+    <t>p_3264825</t>
+  </si>
+  <si>
+    <t>Detection of high-risk human papilloma virus (HPV) RNA as part of primary prevention of cervical cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Directorate-General for Health has asked HAS to determine whether HPV RNA can be detected in the same way as HPV DNA, as part of primary screening of precancerous conditions of the cervix, in women age 30 to 65. Three assessment subjects were selected to answer to this request: Subject 1: Is the diagnostic validity of the RNA HPV test different from the diagnostic validity of the DNA HPV test approved for the detection of precancerous conditions of the cervix as part of primary screening? Subject 2: What is the long-term performance of the RNA HPV test compared to that of the DNA HPV test? Subject 3: Is the diagnostic validity of an RNA HPV test on a self sample (SPV) equivalent to the RNA HPV test on a cervical sample collected by a professional (i.e. physician-collected)</t>
+  </si>
+  <si>
+    <t>12/16/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305614/en/detection-of-high-risk-human-papilloma-virus-hpv-rna-as-part-of-primary-prevention-of-cervical-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3305614</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186171</t>
+  </si>
+  <si>
+    <t>Organisational impact map for health technology assessment</t>
+  </si>
+  <si>
+    <t>To better document the organisational impact of an application for assessment of a medicinal product, medical device, or diagnostic or therapeutic procedure, the HAS has drawn up a methodology guide. It sets out a map used to define the organisational impacts created by health technologies and proposes criteria to measure their effects or justify them.</t>
+  </si>
+  <si>
+    <t>12/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/31/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902770/en/organisational-impact-map-for-health-technology-assessment</t>
+  </si>
+  <si>
+    <t>c_2902770</t>
+  </si>
+  <si>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>10/08/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/19/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3213483</t>
+  </si>
+  <si>
+    <t>Nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assess the diagnostic performances and the clinical usefulness of nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD), and describe the practice requirements for the test, in view of its reimbursement by the National Health Insurance</t>
+  </si>
+  <si>
+    <t>09/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/16/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169291/en/nasal-nitric-oxide-no-measurement-as-a-diagnostic-test-for-primary-ciliary-dyskinesia-pcd-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3169291</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3179992</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Evaluate the clinical utility of four genomic signatures (GS) , currently and temporarily funded on a conditional basis as part of a specific funding program for research and innovation (known in France as RIHN). The aim of the evaluation is to assess funding eligibility for the traditional reimbursement schemes offered by the National Health Insurance Fund</t>
+  </si>
+  <si>
+    <t>01/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2748998</t>
+  </si>
+  <si>
+    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) for the treatment of superficial oesophageal cancer presenting a low risk of node involvement, by comparison to surgery (oesophagectomy) and mucosectomy (or endoscopic mucosal resection, EMR), in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853386</t>
+  </si>
+  <si>
+    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to appraise the side effects of cryolipolysis, an aesthetic non-invasive fat reduction procedure carried out by a controlled cooling system to reduce localised subcutaneous adipose tissue (in abdomen, tights, flanks , back, upper arms, submental area, chest fat in men). This assessment is conducted in order to respond to the Health Ministry‘s request about the potential danger of this technique (article L.1151-3 of the Health National Law)</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2865012</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2680246</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
+  </si>
+  <si>
+    <t>This assessment concerns medical devices for the mechanical suction of secretions of the nasopharynx, oropharynx and trachea (tracheal suction pumps) as well as their associated services. The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
+  </si>
+  <si>
+    <t>c_2641074</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2736666</t>
+  </si>
+  <si>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>01/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+  </si>
+  <si>
+    <t>c_2744218</t>
+  </si>
+  <si>
+    <t>Assessment of endocavitary ablation of tachycardia by cryotherapy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The request for assessment came from the Association of Health Insurance Funds (UNCAM). It concerns the assessment of endocavitary ablation of tachycardia by cryotherapy. In 2006, the Haute Autorité de santé (HAS) assessed methods of tachycardia ablation, and radiofrequency was the only technique retained; cryoablation was considered an investigational method. The goal of the assessment is to determine, given the new data published since 2006, whether cryoablation is a valid method in endocavitary ablation of tachycardia compared to radiofrequency, and to specify whether it can be used in the same indications as the latter. Currently, the wording of the Joint classification of medical procedures (CCAM) describes ablation procedures for arrhythmia, but only by radiofrequency (RF). The arguments must therefore assess whether cryoablation can be included in supplement to RF in the CCAM to allow for reimbursement thereof</t>
+  </si>
+  <si>
+    <t>12/14/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653644/en/assessment-of-endocavitary-ablation-of-tachycardia-by-cryotherapy-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2653644</t>
+  </si>
+  <si>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2060963</t>
+  </si>
+  <si>
+    <t>Reassessment of bone substitutes</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to propose an update of the terms and conditions for the reimbursement of bone substitutes listed in the LPPR.</t>
+  </si>
+  <si>
+    <t>05/28/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+  </si>
+  <si>
+    <t>c_1225008</t>
+  </si>
+  <si>
+    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
+  </si>
+  <si>
+    <t>To assess clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of anal canal cancer in view of its reimbursement by National Health Insurance, the comparator being three-dimensional conformational radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/05/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+  </si>
+  <si>
+    <t>c_1364144</t>
+  </si>
+  <si>
+    <t>Assessment of the safety and conditions for conducting autologous fat grafting in reconstructive, restorative and cosmetic breast surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions of this assessment mainly relate to the safety of the autologous fat grafting procedure in the breast and may be grouped into 3 major areas : intraoperative and postoperative complications and oncological safety, radiological changes and their impact on patient care, and the conditions for conducting this procedure</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/27/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778570/en/assessment-of-the-safety-and-conditions-for-conducting-autologous-fat-grafting-in-reconstructive-restorative-and-cosmetic-breast-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1778570</t>
+  </si>
+  <si>
+    <t>Hip implants – November 2014</t>
+  </si>
+  <si>
+    <t>The objective of this consultation phase was to respond to the stakeholders’ comments submitted to the French National Authority for Health (Haute Autorité de santé - HAS) after the new proposed nomenclature concerning the conditions for the reimbursement of hips implants was published in the Official Gazette.</t>
+  </si>
+  <si>
+    <t>11/18/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/en/hip-implants-november-2014</t>
+  </si>
+  <si>
+    <t>c_2006405</t>
+  </si>
+  <si>
+    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
+  </si>
+  <si>
+    <t>to assess the clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of cervical cancer, in view of reimbursement of IMRT by National Health Insurance, the comparator being conformational three-dimensional radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>03/17/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
+  </si>
+  <si>
+    <t>c_2019236</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF THORACIC EXPANSION AND ASSISTED COUGHING DEVICES</t>
+  </si>
+  <si>
+    <t>This assessment concerns mechanical in-exsufflators and intermittent positive pressure breathing (IPPB) devices used for thoracic expansion and assisted coughing, as well as associated services. The patients concerned primarily have neuromuscular diseases or are paralysed (spinal cord injury). The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>11/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2014 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778518/en/assessment-of-thoracic-expansion-and-assisted-coughing-devices</t>
+  </si>
+  <si>
+    <t>c_1778518</t>
+  </si>
+  <si>
+    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
+  </si>
+  <si>
+    <t>10/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2014 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1731777</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Assessment of spinal cord stimulation - March 2014</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of spinal cord stimulation to support reimbursement decision by the French National Insurance Funds (FNIF). Systematic literature review was performed. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committee for validation.</t>
+  </si>
+  <si>
+    <t>03/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/27/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/en/assessment-of-spinal-cord-stimulation-march-2014</t>
+  </si>
+  <si>
+    <t>c_1351767</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objectives of the re-assessment of bypass implants were to: * determine the indications for bypass implants; * assess their actual benefit in each indication; * define their role in treatment; * identify which technical specifications influence their actual benefit, in order to avoid coding errors and clarify which devices should be included under generic descriptions; * suggest an updated nomenclature; * estimate the target population; * define CNEDIMTS’ expectations for studies submitted during applications for inclusion under brand name; * define the terms of use and terms of prescribing envisaged for inclusion of products in the LPPR.</t>
+  </si>
+  <si>
+    <t>04/23/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/23/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/en/assessment-of-elbow-joint-implants</t>
+  </si>
+  <si>
+    <t>c_1528391</t>
+  </si>
+  <si>
+    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
+  </si>
+  <si>
+    <t>The aims of reassessing spinal implants are to : - determine the indications for spinal implants ; - assess their actual benefit per indication ; - define their place in therapeutic strategy ; - characterise the technical specifications which determine the actual benefit, so as to avoid classification mistakes and clarify which devices are covered by the current generic description ; - propose an updated nomenclature based on the form and composition of devices ; - estimate their target population ; - define the level of evidence required for the trials submitted with applications for inclusion under the brand name ; - define the conditions of use and prescription for inclusion of the products on the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>03/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/11/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
+  </si>
+  <si>
+    <t>c_1517325</t>
+  </si>
+  <si>
+    <t>The objective of this study is to assess the value of elbow implants, taking into account the therapeutic effect/adverse effects ratio, the place in treatment strategy, and the public health benefit of these products. This assessment also aims to define each generic description medically by indications, and by methods of use and prescribing.</t>
+  </si>
+  <si>
+    <t>09/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>09/28/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
+  </si>
+  <si>
+    <t>c_1311405</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+  </si>
+  <si>
+    <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
+  </si>
+  <si>
+    <t>c_1198113</t>
+  </si>
+  <si>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+  </si>
+  <si>
+    <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
+  </si>
+  <si>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+  </si>
+  <si>
+    <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+  </si>
+  <si>
+    <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Assessment of breast implants, tissue expanders and external breast prostheses</t>
+  </si>
+  <si>
+    <t>The aim of this current project is to revise the categories “External breast prosthesis, breast implant, tissue expander”, in order to support reimbursement decision by the French National Insurance Funds.</t>
+  </si>
+  <si>
+    <t>05/26/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/17/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/en/assessment-of-breast-implants-tissue-expanders-and-external-breast-prostheses</t>
+  </si>
+  <si>
+    <t>c_865378</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+  </si>
+  <si>
+    <t>c_867966</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...983 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
+  </si>
+  <si>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Conseil pour l’engagement des usagers - Réunion du 29 juin 2021</t>
-[...2282 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3481960/fr/actualisation-du-referentiel-d-evaluation-des-applications-dans-le-champ-de-la-sante-mobile-des-solutions-numeriques-referentiel</t>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Update of the standard for the assessment of digital services in the mHealth sector</t>
+  </si>
+  <si>
+    <t>The DNS consulted the HAS for an “Update and extension of the standard for the assessment of apps in the digital health solutions mobile health (mHealth) sector”. It publishes a reference document to optimize the quality criteria of medical content taking into account the existing ISO standard and also to optimize the referencing process.</t>
+  </si>
+  <si>
+    <t>11/20/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2024 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481960/en/update-of-the-standard-for-the-assessment-of-digital-services-in-the-mhealth-sector</t>
   </si>
   <si>
     <t>p_3481960</t>
   </si>
   <si>
-    <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
-[...263 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>De nouveaux choix pour soigner mieux - Rapport d'analyse prospective 2018</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Critères de qualité des revues et journaux de la presse médicale française</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3363066/fr/technologies-numeriques-et-systemes-d-ia-a-usage-professionnel</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Digital medical devices for professional use</t>
+  </si>
+  <si>
+    <t>Numerous digital solutions are used in routine care today. However, their utility or relevance in relation to the existing arsenal has not always been fully determined. In particular, this is the case for certain digital solutions for professional use, which do not fall within the existing evaluation frameworks for public funding cover. Consequently, healthcare professionals often use digital med-ical devices (DMDs) as part of a medical procedure without being fully informed about their performance or limitations or, conversely, are reluctant to use them. Hence, it is necessary to reflect on the specificities of the assessment of DMDs for professional use and, beyond that, on possible assessment approaches to inform the choices of healthcare professionals and decision-making bodies responsible for purchasing equipment.</t>
+  </si>
+  <si>
+    <t>06/29/2023 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363066/en/digital-medical-devices-for-professional-use</t>
   </si>
   <si>
     <t>p_3363066</t>
   </si>
   <si>
-    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
-    <t>Recommandation vaccinale</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
-[...56 lines deleted...]
-    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>13/06/2024 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+    <t>06/13/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
-[...161 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
   </si>
   <si>
     <t>p_3116022</t>
   </si>
   <si>
-    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2838905/fr/place-du-vaccin-synflorix-dans-la-strategie-vaccinale-contre-les-infections-a-pneumocoques-chez-l-enfant-age-de-moins-de-5-ans</t>
+    <t>The place of SYNFLORIX™ in the pneumococcal vaccination strategy in children under 5 years of age</t>
+  </si>
+  <si>
+    <t>Vaccine Recommendations on the place of SYNFLORIX™ in the pneumococcal vaccination strategy in children under 5 years of age. At the end of its assessment, the HAS is not in favour of adding vaccination with SYNFLORIX™ to the paediatric strategy for prevention of invasive pneumococcal diseases in the specific French context.</t>
+  </si>
+  <si>
+    <t>03/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/19/2018 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838905/en/the-place-of-synflorix-in-the-pneumococcal-vaccination-strategy-in-children-under-5-years-of-age</t>
   </si>
   <si>
     <t>c_2838905</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...3935 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
-    <t>Comprendre l’évaluation des dispositifs médicaux</t>
-[...215 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3474510/fr/projet-strategique-de-la-has</t>
+    <t>2025-2030 Strategic Plan</t>
+  </si>
+  <si>
+    <t>An ageing population, social inequalities, regional disparities, financial sustainability, environmental concerns, and accelerating healthcare innovation: these are some of the many challenges faced by our healthcare system. The HAS intends to do its part to help meet these challenges, alongside all the actors in the health, social and medico-social spheres. With this in mind, it now presents its 2025-2030 Strategic Project, following on from the previous 2019-2024 Strategic Project. The aim of this plan, supplementing the work programme set out annually by the HAS based on the various referrals received, is to provide guidance on how the institution will accomplish its missions over the coming years. It sets out three priorities centred on the needs and expectations of individuals, professionals, and public authorities. It also identifies three key themes on which the HAS intends to place a greater focus: prevention, mental health and psychiatric care, as well as digital technologies and artificial intelligence.</t>
+  </si>
+  <si>
+    <t>02/04/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474510/en/2025-2030-strategic-plan</t>
   </si>
   <si>
     <t>p_3474510</t>
   </si>
   <si>
-    <t>Déposer une demande d'inscription au référentiel des actes innovants hors nomenclature (RIHN) 2.0</t>
-[...127 lines deleted...]
-  <si>
     <t>Economic and Public Health Evaluation Committee</t>
   </si>
   <si>
     <t>The Economic and Public Health Committee (Commission d’évaluation économique et de santé publique, CEESP) issues public health recommendations and technology appraisals based on clinical and economic evidence as well as on other domains (e.g. ethics, organisation). Technology is inclusive of medicinal products and devices, diagnostic and therapeutic techniques, systems of care, screening tools, etc. The committee also reviews single technology assessments from manufacturers and issues opinions on their efficiency, referred to as “efficiency opinion” in HAS publications. The CESSP can be commissioned by an external institution or by the College of HAS. It works in collaboration with other HAS committees.</t>
   </si>
   <si>
-    <t>06/03/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2036304/fr/economic-and-public-health-evaluation-committee</t>
+    <t>03/06/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036304/en/economic-and-public-health-evaluation-committee</t>
   </si>
   <si>
     <t>c_2036304</t>
-  </si>
-[...346 lines deleted...]
-    <t>c_929613</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -11696,21499 +1925,2778 @@
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="H10" t="s">
-        <v>61</v>
-[...9 lines deleted...]
-      <c r="C11" t="s">
         <v>63</v>
-      </c>
-[...429 lines deleted...]
-        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...18029 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2136</v>
+        <v>523</v>
       </c>
       <c r="B2" t="s">
-        <v>2137</v>
+        <v>524</v>
       </c>
       <c r="C2" t="s">
-        <v>2138</v>
+        <v>525</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>224</v>
       </c>
       <c r="E2" t="s">
-        <v>2139</v>
+        <v>526</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2140</v>
+        <v>527</v>
       </c>
       <c r="H2" t="s">
-        <v>2141</v>
+        <v>528</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2136</v>
+        <v>523</v>
       </c>
       <c r="B3" t="s">
-        <v>2142</v>
+        <v>529</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>530</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>531</v>
       </c>
       <c r="E3" t="s">
-        <v>2143</v>
+        <v>532</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2144</v>
+        <v>533</v>
       </c>
       <c r="H3" t="s">
-        <v>2145</v>
+        <v>534</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2136</v>
+        <v>523</v>
       </c>
       <c r="B4" t="s">
-        <v>2146</v>
+        <v>535</v>
       </c>
       <c r="C4" t="s">
-        <v>2147</v>
+        <v>536</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>537</v>
       </c>
       <c r="E4" t="s">
-        <v>2148</v>
+        <v>538</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2149</v>
+        <v>539</v>
       </c>
       <c r="H4" t="s">
-        <v>2150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2136</v>
+        <v>523</v>
       </c>
       <c r="B5" t="s">
-        <v>2151</v>
+        <v>541</v>
       </c>
       <c r="C5" t="s">
-        <v>2152</v>
+        <v>542</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>543</v>
       </c>
       <c r="E5" t="s">
-        <v>2153</v>
+        <v>544</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2154</v>
+        <v>545</v>
       </c>
       <c r="H5" t="s">
-        <v>2155</v>
+        <v>546</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2156</v>
+        <v>547</v>
       </c>
       <c r="B2" t="s">
-        <v>2157</v>
+        <v>548</v>
       </c>
       <c r="C2" t="s">
-        <v>2158</v>
+        <v>549</v>
       </c>
       <c r="D2" t="s">
-        <v>2159</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2160</v>
+        <v>550</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2161</v>
+        <v>551</v>
       </c>
       <c r="H2" t="s">
-        <v>2162</v>
+        <v>552</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2156</v>
+        <v>547</v>
       </c>
       <c r="B3" t="s">
-        <v>2163</v>
+        <v>553</v>
       </c>
       <c r="C3" t="s">
-        <v>2164</v>
+        <v>554</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2165</v>
+        <v>555</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2166</v>
+        <v>556</v>
       </c>
       <c r="H3" t="s">
-        <v>2167</v>
+        <v>557</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2156</v>
+        <v>547</v>
       </c>
       <c r="B4" t="s">
-        <v>2168</v>
+        <v>558</v>
       </c>
       <c r="C4" t="s">
-        <v>2169</v>
+        <v>559</v>
       </c>
       <c r="D4" t="s">
-        <v>2170</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2171</v>
+        <v>560</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2172</v>
+        <v>561</v>
       </c>
       <c r="H4" t="s">
-        <v>2173</v>
-[...415 lines deleted...]
-        <v>2265</v>
+        <v>562</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2266</v>
+        <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>2267</v>
+        <v>65</v>
       </c>
       <c r="C2" t="s">
-        <v>2268</v>
+        <v>66</v>
       </c>
       <c r="D2" t="s">
-        <v>2269</v>
+        <v>67</v>
       </c>
       <c r="E2" t="s">
-        <v>2270</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2271</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>2272</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2266</v>
+        <v>64</v>
       </c>
       <c r="B3" t="s">
-        <v>2273</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
-        <v>2274</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>2275</v>
+        <v>73</v>
       </c>
       <c r="E3" t="s">
-        <v>2276</v>
+        <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2277</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>2278</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2266</v>
+        <v>64</v>
       </c>
       <c r="B4" t="s">
-        <v>2279</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
-        <v>2280</v>
+        <v>78</v>
       </c>
       <c r="D4" t="s">
-        <v>2281</v>
+        <v>79</v>
       </c>
       <c r="E4" t="s">
-        <v>2282</v>
+        <v>80</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2283</v>
+        <v>81</v>
       </c>
       <c r="H4" t="s">
-        <v>2284</v>
+        <v>82</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2266</v>
+        <v>64</v>
       </c>
       <c r="B5" t="s">
-        <v>2285</v>
+        <v>83</v>
       </c>
       <c r="C5" t="s">
-        <v>2286</v>
+        <v>84</v>
       </c>
       <c r="D5" t="s">
-        <v>2287</v>
+        <v>85</v>
       </c>
       <c r="E5" t="s">
-        <v>2288</v>
+        <v>86</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2289</v>
+        <v>87</v>
       </c>
       <c r="H5" t="s">
-        <v>2290</v>
+        <v>88</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2266</v>
+        <v>64</v>
       </c>
       <c r="B6" t="s">
-        <v>2291</v>
+        <v>89</v>
       </c>
       <c r="C6" t="s">
-        <v>2292</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>2293</v>
+        <v>91</v>
       </c>
       <c r="E6" t="s">
-        <v>2294</v>
+        <v>92</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2295</v>
+        <v>93</v>
       </c>
       <c r="H6" t="s">
-        <v>2296</v>
+        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2266</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>2297</v>
+        <v>95</v>
       </c>
       <c r="C7" t="s">
-        <v>2298</v>
+        <v>96</v>
       </c>
       <c r="D7" t="s">
-        <v>2299</v>
+        <v>97</v>
       </c>
       <c r="E7" t="s">
-        <v>2300</v>
+        <v>98</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2301</v>
+        <v>99</v>
       </c>
       <c r="H7" t="s">
-        <v>2302</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2266</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>2303</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
-        <v>2304</v>
+        <v>102</v>
       </c>
       <c r="D8" t="s">
-        <v>2305</v>
+        <v>103</v>
       </c>
       <c r="E8" t="s">
-        <v>2306</v>
+        <v>104</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2307</v>
+        <v>105</v>
       </c>
       <c r="H8" t="s">
-        <v>2308</v>
+        <v>106</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2266</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>2309</v>
+        <v>107</v>
       </c>
       <c r="C9" t="s">
-        <v>2310</v>
+        <v>108</v>
       </c>
       <c r="D9" t="s">
-        <v>2311</v>
+        <v>109</v>
       </c>
       <c r="E9" t="s">
-        <v>2312</v>
+        <v>110</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2313</v>
+        <v>111</v>
       </c>
       <c r="H9" t="s">
-        <v>2314</v>
+        <v>112</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2266</v>
+        <v>64</v>
       </c>
       <c r="B10" t="s">
-        <v>2315</v>
+        <v>113</v>
       </c>
       <c r="C10" t="s">
-        <v>2316</v>
+        <v>108</v>
       </c>
       <c r="D10" t="s">
-        <v>2317</v>
+        <v>114</v>
       </c>
       <c r="E10" t="s">
-        <v>2318</v>
+        <v>115</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2319</v>
+        <v>116</v>
       </c>
       <c r="H10" t="s">
-        <v>2320</v>
-[...571 lines deleted...]
-        <v>2448</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D3" t="s">
+        <v>127</v>
+      </c>
+      <c r="E3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>129</v>
+      </c>
+      <c r="H3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>134</v>
+      </c>
+      <c r="H4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" t="s">
+        <v>137</v>
+      </c>
+      <c r="D5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>140</v>
+      </c>
+      <c r="H5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C6" t="s">
+        <v>143</v>
+      </c>
+      <c r="D6" t="s">
+        <v>144</v>
+      </c>
+      <c r="E6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>146</v>
+      </c>
+      <c r="H6" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>118</v>
+      </c>
+      <c r="B7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C7" t="s">
+        <v>149</v>
+      </c>
+      <c r="D7" t="s">
+        <v>150</v>
+      </c>
+      <c r="E7" t="s">
+        <v>151</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>152</v>
+      </c>
+      <c r="H7" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>118</v>
+      </c>
+      <c r="B8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D8" t="s">
+        <v>156</v>
+      </c>
+      <c r="E8" t="s">
+        <v>157</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>158</v>
+      </c>
+      <c r="H8" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>118</v>
+      </c>
+      <c r="B9" t="s">
+        <v>160</v>
+      </c>
+      <c r="C9" t="s">
+        <v>161</v>
+      </c>
+      <c r="D9" t="s">
+        <v>162</v>
+      </c>
+      <c r="E9" t="s">
+        <v>163</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>164</v>
+      </c>
+      <c r="H9" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B10" t="s">
+        <v>166</v>
+      </c>
+      <c r="C10" t="s">
+        <v>167</v>
+      </c>
+      <c r="D10" t="s">
+        <v>168</v>
+      </c>
+      <c r="E10" t="s">
+        <v>169</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>170</v>
+      </c>
+      <c r="H10" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>118</v>
+      </c>
+      <c r="B11" t="s">
+        <v>172</v>
+      </c>
+      <c r="C11" t="s">
+        <v>173</v>
+      </c>
+      <c r="D11" t="s">
+        <v>174</v>
+      </c>
+      <c r="E11" t="s">
+        <v>175</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>176</v>
+      </c>
+      <c r="H11" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>118</v>
+      </c>
+      <c r="B12" t="s">
+        <v>178</v>
+      </c>
+      <c r="C12" t="s">
+        <v>179</v>
+      </c>
+      <c r="D12" t="s">
+        <v>180</v>
+      </c>
+      <c r="E12" t="s">
+        <v>181</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>182</v>
+      </c>
+      <c r="H12" t="s">
+        <v>183</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D2" t="s">
+        <v>187</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>195</v>
+      </c>
+      <c r="H2" t="s">
+        <v>196</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B2" t="s">
-        <v>2450</v>
+        <v>198</v>
       </c>
       <c r="C2" t="s">
-        <v>2451</v>
+        <v>199</v>
       </c>
       <c r="D2" t="s">
-        <v>167</v>
+        <v>200</v>
       </c>
       <c r="E2" t="s">
-        <v>2452</v>
+        <v>201</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2453</v>
+        <v>202</v>
       </c>
       <c r="H2" t="s">
-        <v>2454</v>
+        <v>203</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B3" t="s">
-        <v>2455</v>
+        <v>204</v>
       </c>
       <c r="C3" t="s">
-        <v>2456</v>
+        <v>205</v>
       </c>
       <c r="D3" t="s">
-        <v>2457</v>
+        <v>206</v>
       </c>
       <c r="E3" t="s">
-        <v>2458</v>
+        <v>207</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2459</v>
+        <v>208</v>
       </c>
       <c r="H3" t="s">
-        <v>2460</v>
+        <v>209</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B4" t="s">
-        <v>2461</v>
+        <v>210</v>
       </c>
       <c r="C4" t="s">
-        <v>2462</v>
+        <v>211</v>
       </c>
       <c r="D4" t="s">
-        <v>2463</v>
+        <v>212</v>
       </c>
       <c r="E4" t="s">
-        <v>2464</v>
+        <v>213</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2465</v>
+        <v>214</v>
       </c>
       <c r="H4" t="s">
-        <v>2466</v>
+        <v>215</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B5" t="s">
-        <v>2467</v>
+        <v>216</v>
       </c>
       <c r="C5" t="s">
-        <v>2468</v>
+        <v>217</v>
       </c>
       <c r="D5" t="s">
-        <v>2159</v>
+        <v>218</v>
       </c>
       <c r="E5" t="s">
-        <v>2469</v>
+        <v>219</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2470</v>
+        <v>220</v>
       </c>
       <c r="H5" t="s">
-        <v>2471</v>
+        <v>221</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B6" t="s">
-        <v>2472</v>
+        <v>222</v>
       </c>
       <c r="C6" t="s">
-        <v>2473</v>
+        <v>223</v>
       </c>
       <c r="D6" t="s">
-        <v>2275</v>
+        <v>224</v>
       </c>
       <c r="E6" t="s">
-        <v>2474</v>
+        <v>225</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2475</v>
+        <v>226</v>
       </c>
       <c r="H6" t="s">
-        <v>2476</v>
+        <v>227</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B7" t="s">
-        <v>2477</v>
+        <v>228</v>
       </c>
       <c r="C7" t="s">
-        <v>2478</v>
+        <v>229</v>
       </c>
       <c r="D7" t="s">
-        <v>2479</v>
+        <v>85</v>
       </c>
       <c r="E7" t="s">
-        <v>2480</v>
+        <v>230</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2481</v>
+        <v>231</v>
       </c>
       <c r="H7" t="s">
-        <v>2482</v>
+        <v>232</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B8" t="s">
-        <v>2483</v>
+        <v>233</v>
       </c>
       <c r="C8" t="s">
-        <v>2484</v>
+        <v>234</v>
       </c>
       <c r="D8" t="s">
-        <v>2485</v>
+        <v>85</v>
       </c>
       <c r="E8" t="s">
-        <v>2486</v>
+        <v>235</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2487</v>
+        <v>236</v>
       </c>
       <c r="H8" t="s">
-        <v>2488</v>
+        <v>237</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B9" t="s">
-        <v>2489</v>
+        <v>238</v>
       </c>
       <c r="C9" t="s">
-        <v>2490</v>
+        <v>239</v>
       </c>
       <c r="D9" t="s">
-        <v>2170</v>
+        <v>240</v>
       </c>
       <c r="E9" t="s">
-        <v>2491</v>
+        <v>241</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2492</v>
+        <v>242</v>
       </c>
       <c r="H9" t="s">
-        <v>2493</v>
+        <v>243</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B10" t="s">
-        <v>2494</v>
+        <v>244</v>
       </c>
       <c r="C10" t="s">
-        <v>2495</v>
+        <v>245</v>
       </c>
       <c r="D10" t="s">
-        <v>2496</v>
+        <v>246</v>
       </c>
       <c r="E10" t="s">
-        <v>2497</v>
+        <v>247</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2498</v>
+        <v>248</v>
       </c>
       <c r="H10" t="s">
-        <v>2499</v>
+        <v>249</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B11" t="s">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="C11" t="s">
-        <v>2501</v>
+        <v>251</v>
       </c>
       <c r="D11" t="s">
-        <v>2170</v>
+        <v>246</v>
       </c>
       <c r="E11" t="s">
-        <v>2502</v>
+        <v>247</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2503</v>
+        <v>252</v>
       </c>
       <c r="H11" t="s">
-        <v>2504</v>
+        <v>253</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B12" t="s">
-        <v>2505</v>
+        <v>254</v>
       </c>
       <c r="C12" t="s">
-        <v>2506</v>
+        <v>255</v>
       </c>
       <c r="D12" t="s">
-        <v>2012</v>
+        <v>256</v>
       </c>
       <c r="E12" t="s">
-        <v>2507</v>
+        <v>257</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2508</v>
+        <v>258</v>
       </c>
       <c r="H12" t="s">
-        <v>2509</v>
+        <v>259</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B13" t="s">
-        <v>2510</v>
+        <v>260</v>
       </c>
       <c r="C13" t="s">
-        <v>2511</v>
+        <v>261</v>
       </c>
       <c r="D13" t="s">
-        <v>292</v>
+        <v>262</v>
       </c>
       <c r="E13" t="s">
-        <v>2512</v>
+        <v>263</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2513</v>
+        <v>264</v>
       </c>
       <c r="H13" t="s">
-        <v>2514</v>
+        <v>265</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B14" t="s">
-        <v>2515</v>
+        <v>266</v>
       </c>
       <c r="C14" t="s">
-        <v>2516</v>
+        <v>267</v>
       </c>
       <c r="D14" t="s">
-        <v>2517</v>
+        <v>268</v>
       </c>
       <c r="E14" t="s">
-        <v>2518</v>
+        <v>269</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2519</v>
+        <v>270</v>
       </c>
       <c r="H14" t="s">
-        <v>2520</v>
+        <v>271</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B15" t="s">
-        <v>2521</v>
+        <v>272</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>273</v>
       </c>
       <c r="D15" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="E15" t="s">
-        <v>2522</v>
+        <v>275</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2523</v>
+        <v>276</v>
       </c>
       <c r="H15" t="s">
-        <v>2524</v>
+        <v>277</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B16" t="s">
-        <v>2525</v>
+        <v>278</v>
       </c>
       <c r="C16" t="s">
-        <v>2526</v>
+        <v>279</v>
       </c>
       <c r="D16" t="s">
-        <v>2527</v>
+        <v>280</v>
       </c>
       <c r="E16" t="s">
-        <v>2528</v>
+        <v>281</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2529</v>
+        <v>282</v>
       </c>
       <c r="H16" t="s">
-        <v>2530</v>
+        <v>283</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B17" t="s">
-        <v>2531</v>
+        <v>284</v>
       </c>
       <c r="C17" t="s">
-        <v>2532</v>
+        <v>285</v>
       </c>
       <c r="D17" t="s">
-        <v>2527</v>
+        <v>286</v>
       </c>
       <c r="E17" t="s">
-        <v>2528</v>
+        <v>287</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2533</v>
+        <v>288</v>
       </c>
       <c r="H17" t="s">
-        <v>2534</v>
+        <v>289</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B18" t="s">
-        <v>2535</v>
+        <v>290</v>
       </c>
       <c r="C18" t="s">
-        <v>2536</v>
+        <v>291</v>
       </c>
       <c r="D18" t="s">
-        <v>2527</v>
+        <v>292</v>
       </c>
       <c r="E18" t="s">
-        <v>2528</v>
+        <v>293</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2537</v>
+        <v>294</v>
       </c>
       <c r="H18" t="s">
-        <v>2538</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B19" t="s">
-        <v>2539</v>
+        <v>296</v>
       </c>
       <c r="C19" t="s">
-        <v>2540</v>
+        <v>297</v>
       </c>
       <c r="D19" t="s">
-        <v>2527</v>
+        <v>298</v>
       </c>
       <c r="E19" t="s">
-        <v>2528</v>
+        <v>299</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2541</v>
+        <v>300</v>
       </c>
       <c r="H19" t="s">
-        <v>2542</v>
+        <v>301</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>2543</v>
+        <v>302</v>
       </c>
       <c r="C20" t="s">
-        <v>2544</v>
+        <v>303</v>
       </c>
       <c r="D20" t="s">
-        <v>2545</v>
+        <v>304</v>
       </c>
       <c r="E20" t="s">
-        <v>2546</v>
+        <v>305</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2547</v>
+        <v>306</v>
       </c>
       <c r="H20" t="s">
-        <v>2548</v>
+        <v>307</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B21" t="s">
-        <v>2549</v>
+        <v>308</v>
       </c>
       <c r="C21" t="s">
-        <v>2550</v>
+        <v>309</v>
       </c>
       <c r="D21" t="s">
-        <v>2551</v>
+        <v>310</v>
       </c>
       <c r="E21" t="s">
-        <v>2552</v>
+        <v>311</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2553</v>
+        <v>312</v>
       </c>
       <c r="H21" t="s">
-        <v>2554</v>
+        <v>313</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>2555</v>
+        <v>302</v>
       </c>
       <c r="C22" t="s">
-        <v>2556</v>
+        <v>303</v>
       </c>
       <c r="D22" t="s">
-        <v>2557</v>
+        <v>314</v>
       </c>
       <c r="E22" t="s">
-        <v>2558</v>
+        <v>315</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2559</v>
+        <v>316</v>
       </c>
       <c r="H22" t="s">
-        <v>2560</v>
+        <v>317</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B23" t="s">
-        <v>2561</v>
+        <v>318</v>
       </c>
       <c r="C23" t="s">
-        <v>2550</v>
+        <v>319</v>
       </c>
       <c r="D23" t="s">
-        <v>2562</v>
+        <v>320</v>
       </c>
       <c r="E23" t="s">
-        <v>2563</v>
+        <v>321</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2564</v>
+        <v>322</v>
       </c>
       <c r="H23" t="s">
-        <v>2565</v>
+        <v>323</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B24" t="s">
-        <v>2566</v>
+        <v>324</v>
       </c>
       <c r="C24" t="s">
-        <v>2567</v>
+        <v>325</v>
       </c>
       <c r="D24" t="s">
-        <v>2568</v>
+        <v>326</v>
       </c>
       <c r="E24" t="s">
-        <v>2569</v>
+        <v>327</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2570</v>
+        <v>328</v>
       </c>
       <c r="H24" t="s">
-        <v>2571</v>
+        <v>329</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B25" t="s">
-        <v>2572</v>
+        <v>330</v>
       </c>
       <c r="C25" t="s">
-        <v>2573</v>
+        <v>331</v>
       </c>
       <c r="D25" t="s">
-        <v>2574</v>
+        <v>332</v>
       </c>
       <c r="E25" t="s">
-        <v>2575</v>
+        <v>333</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2576</v>
+        <v>334</v>
       </c>
       <c r="H25" t="s">
-        <v>2577</v>
+        <v>335</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B26" t="s">
-        <v>2578</v>
+        <v>336</v>
       </c>
       <c r="C26" t="s">
-        <v>2579</v>
+        <v>337</v>
       </c>
       <c r="D26" t="s">
-        <v>2580</v>
+        <v>338</v>
       </c>
       <c r="E26" t="s">
-        <v>2581</v>
+        <v>339</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2582</v>
+        <v>340</v>
       </c>
       <c r="H26" t="s">
-        <v>2583</v>
+        <v>341</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B27" t="s">
-        <v>2584</v>
+        <v>342</v>
       </c>
       <c r="C27" t="s">
-        <v>2585</v>
+        <v>343</v>
       </c>
       <c r="D27" t="s">
-        <v>2586</v>
+        <v>344</v>
       </c>
       <c r="E27" t="s">
-        <v>2587</v>
+        <v>345</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2588</v>
+        <v>346</v>
       </c>
       <c r="H27" t="s">
-        <v>2589</v>
+        <v>347</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B28" t="s">
-        <v>2590</v>
+        <v>348</v>
       </c>
       <c r="C28" t="s">
-        <v>2591</v>
+        <v>349</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>350</v>
       </c>
       <c r="E28" t="s">
-        <v>2592</v>
+        <v>351</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2593</v>
+        <v>352</v>
       </c>
       <c r="H28" t="s">
-        <v>2594</v>
+        <v>353</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B29" t="s">
-        <v>2595</v>
+        <v>354</v>
       </c>
       <c r="C29" t="s">
-        <v>2596</v>
+        <v>355</v>
       </c>
       <c r="D29" t="s">
-        <v>2597</v>
+        <v>356</v>
       </c>
       <c r="E29" t="s">
-        <v>2598</v>
+        <v>357</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2599</v>
+        <v>358</v>
       </c>
       <c r="H29" t="s">
-        <v>2600</v>
+        <v>359</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B30" t="s">
-        <v>2601</v>
+        <v>360</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D30" t="s">
-        <v>2602</v>
+        <v>361</v>
       </c>
       <c r="E30" t="s">
-        <v>2603</v>
+        <v>362</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2604</v>
+        <v>363</v>
       </c>
       <c r="H30" t="s">
-        <v>2605</v>
+        <v>364</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B31" t="s">
-        <v>2606</v>
+        <v>365</v>
       </c>
       <c r="C31" t="s">
-        <v>2607</v>
+        <v>366</v>
       </c>
       <c r="D31" t="s">
-        <v>2608</v>
+        <v>367</v>
       </c>
       <c r="E31" t="s">
-        <v>2609</v>
+        <v>368</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2610</v>
+        <v>369</v>
       </c>
       <c r="H31" t="s">
-        <v>2611</v>
+        <v>370</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B32" t="s">
-        <v>2612</v>
+        <v>371</v>
       </c>
       <c r="C32" t="s">
-        <v>2613</v>
+        <v>372</v>
       </c>
       <c r="D32" t="s">
-        <v>2614</v>
+        <v>373</v>
       </c>
       <c r="E32" t="s">
-        <v>2615</v>
+        <v>374</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2616</v>
+        <v>375</v>
       </c>
       <c r="H32" t="s">
-        <v>2617</v>
+        <v>376</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>2618</v>
+        <v>377</v>
       </c>
       <c r="C33" t="s">
-        <v>2619</v>
+        <v>378</v>
       </c>
       <c r="D33" t="s">
-        <v>2620</v>
+        <v>379</v>
       </c>
       <c r="E33" t="s">
-        <v>2621</v>
+        <v>380</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2622</v>
+        <v>381</v>
       </c>
       <c r="H33" t="s">
-        <v>2623</v>
+        <v>382</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>2624</v>
+        <v>383</v>
       </c>
       <c r="C34" t="s">
-        <v>2625</v>
+        <v>384</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>385</v>
       </c>
       <c r="E34" t="s">
-        <v>2626</v>
+        <v>386</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2627</v>
+        <v>387</v>
       </c>
       <c r="H34" t="s">
-        <v>2628</v>
+        <v>388</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B35" t="s">
-        <v>2629</v>
+        <v>389</v>
       </c>
       <c r="C35" t="s">
-        <v>2630</v>
+        <v>390</v>
       </c>
       <c r="D35" t="s">
-        <v>2631</v>
+        <v>391</v>
       </c>
       <c r="E35" t="s">
-        <v>2632</v>
+        <v>392</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2633</v>
+        <v>393</v>
       </c>
       <c r="H35" t="s">
-        <v>2634</v>
+        <v>394</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B36" t="s">
-        <v>2635</v>
+        <v>395</v>
       </c>
       <c r="C36" t="s">
-        <v>2636</v>
+        <v>396</v>
       </c>
       <c r="D36" t="s">
-        <v>2637</v>
+        <v>397</v>
       </c>
       <c r="E36" t="s">
-        <v>2638</v>
+        <v>398</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2639</v>
+        <v>399</v>
       </c>
       <c r="H36" t="s">
-        <v>2640</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B37" t="s">
-        <v>2641</v>
+        <v>401</v>
       </c>
       <c r="C37" t="s">
-        <v>2642</v>
+        <v>402</v>
       </c>
       <c r="D37" t="s">
-        <v>2643</v>
+        <v>391</v>
       </c>
       <c r="E37" t="s">
-        <v>2644</v>
+        <v>403</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2645</v>
+        <v>404</v>
       </c>
       <c r="H37" t="s">
-        <v>2646</v>
+        <v>405</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
-        <v>2647</v>
+        <v>406</v>
       </c>
       <c r="C38" t="s">
-        <v>2648</v>
+        <v>407</v>
       </c>
       <c r="D38" t="s">
-        <v>2649</v>
+        <v>408</v>
       </c>
       <c r="E38" t="s">
-        <v>2650</v>
+        <v>409</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2651</v>
+        <v>410</v>
       </c>
       <c r="H38" t="s">
-        <v>2652</v>
+        <v>411</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B39" t="s">
-        <v>2653</v>
+        <v>412</v>
       </c>
       <c r="C39" t="s">
-        <v>2654</v>
+        <v>413</v>
       </c>
       <c r="D39" t="s">
-        <v>2655</v>
+        <v>414</v>
       </c>
       <c r="E39" t="s">
-        <v>2656</v>
+        <v>415</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2657</v>
+        <v>416</v>
       </c>
       <c r="H39" t="s">
-        <v>2658</v>
+        <v>417</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B40" t="s">
-        <v>2659</v>
+        <v>418</v>
       </c>
       <c r="C40" t="s">
-        <v>2660</v>
+        <v>78</v>
       </c>
       <c r="D40" t="s">
-        <v>2661</v>
+        <v>419</v>
       </c>
       <c r="E40" t="s">
-        <v>2662</v>
+        <v>420</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2663</v>
+        <v>421</v>
       </c>
       <c r="H40" t="s">
-        <v>2664</v>
+        <v>422</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B41" t="s">
-        <v>2665</v>
+        <v>423</v>
       </c>
       <c r="C41" t="s">
-        <v>2666</v>
+        <v>424</v>
       </c>
       <c r="D41" t="s">
-        <v>2667</v>
+        <v>425</v>
       </c>
       <c r="E41" t="s">
-        <v>2668</v>
+        <v>426</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2669</v>
+        <v>427</v>
       </c>
       <c r="H41" t="s">
-        <v>2670</v>
+        <v>428</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B42" t="s">
-        <v>2671</v>
+        <v>429</v>
       </c>
       <c r="C42" t="s">
-        <v>2672</v>
+        <v>78</v>
       </c>
       <c r="D42" t="s">
-        <v>2673</v>
+        <v>430</v>
       </c>
       <c r="E42" t="s">
-        <v>2674</v>
+        <v>431</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2675</v>
+        <v>432</v>
       </c>
       <c r="H42" t="s">
-        <v>2676</v>
+        <v>433</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B43" t="s">
-        <v>2677</v>
+        <v>434</v>
       </c>
       <c r="C43" t="s">
-        <v>2678</v>
+        <v>435</v>
       </c>
       <c r="D43" t="s">
-        <v>2423</v>
+        <v>436</v>
       </c>
       <c r="E43" t="s">
-        <v>2679</v>
+        <v>437</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2680</v>
+        <v>438</v>
       </c>
       <c r="H43" t="s">
-        <v>2681</v>
+        <v>439</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B44" t="s">
-        <v>2682</v>
+        <v>440</v>
       </c>
       <c r="C44" t="s">
-        <v>2683</v>
+        <v>441</v>
       </c>
       <c r="D44" t="s">
-        <v>2684</v>
+        <v>442</v>
       </c>
       <c r="E44" t="s">
-        <v>2685</v>
+        <v>443</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2686</v>
+        <v>444</v>
       </c>
       <c r="H44" t="s">
-        <v>2687</v>
+        <v>445</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B45" t="s">
-        <v>2688</v>
+        <v>434</v>
       </c>
       <c r="C45" t="s">
-        <v>2689</v>
+        <v>446</v>
       </c>
       <c r="D45" t="s">
-        <v>2690</v>
+        <v>447</v>
       </c>
       <c r="E45" t="s">
-        <v>2691</v>
+        <v>448</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2692</v>
+        <v>449</v>
       </c>
       <c r="H45" t="s">
-        <v>2693</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B46" t="s">
-        <v>2694</v>
+        <v>451</v>
       </c>
       <c r="C46" t="s">
-        <v>2695</v>
+        <v>452</v>
       </c>
       <c r="D46" t="s">
-        <v>2417</v>
+        <v>453</v>
       </c>
       <c r="E46" t="s">
-        <v>2696</v>
+        <v>454</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2697</v>
+        <v>455</v>
       </c>
       <c r="H46" t="s">
-        <v>2698</v>
+        <v>456</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B47" t="s">
-        <v>2699</v>
+        <v>457</v>
       </c>
       <c r="C47" t="s">
-        <v>2700</v>
+        <v>458</v>
       </c>
       <c r="D47" t="s">
-        <v>2701</v>
+        <v>459</v>
       </c>
       <c r="E47" t="s">
-        <v>2702</v>
+        <v>460</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2703</v>
+        <v>461</v>
       </c>
       <c r="H47" t="s">
-        <v>2704</v>
+        <v>462</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B48" t="s">
-        <v>2705</v>
+        <v>463</v>
       </c>
       <c r="C48" t="s">
-        <v>2706</v>
+        <v>464</v>
       </c>
       <c r="D48" t="s">
-        <v>2707</v>
+        <v>465</v>
       </c>
       <c r="E48" t="s">
-        <v>2708</v>
+        <v>466</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2709</v>
+        <v>467</v>
       </c>
       <c r="H48" t="s">
-        <v>2710</v>
+        <v>468</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B49" t="s">
-        <v>2711</v>
+        <v>469</v>
       </c>
       <c r="C49" t="s">
-        <v>2712</v>
+        <v>470</v>
       </c>
       <c r="D49" t="s">
-        <v>2713</v>
+        <v>471</v>
       </c>
       <c r="E49" t="s">
-        <v>2714</v>
+        <v>472</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2715</v>
+        <v>473</v>
       </c>
       <c r="H49" t="s">
-        <v>2716</v>
+        <v>474</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B50" t="s">
-        <v>2717</v>
+        <v>475</v>
       </c>
       <c r="C50" t="s">
-        <v>2718</v>
+        <v>476</v>
       </c>
       <c r="D50" t="s">
-        <v>2719</v>
+        <v>477</v>
       </c>
       <c r="E50" t="s">
-        <v>2720</v>
+        <v>478</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2721</v>
+        <v>479</v>
       </c>
       <c r="H50" t="s">
-        <v>2722</v>
+        <v>480</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2449</v>
+        <v>197</v>
       </c>
       <c r="B51" t="s">
-        <v>2723</v>
+        <v>360</v>
       </c>
       <c r="C51" t="s">
-        <v>2724</v>
+        <v>108</v>
       </c>
       <c r="D51" t="s">
-        <v>2725</v>
+        <v>481</v>
       </c>
       <c r="E51" t="s">
-        <v>2726</v>
+        <v>482</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2727</v>
+        <v>483</v>
       </c>
       <c r="H51" t="s">
-        <v>2728</v>
+        <v>484</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B2" t="s">
+        <v>487</v>
+      </c>
+      <c r="C2" t="s">
+        <v>488</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>489</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>490</v>
+      </c>
+      <c r="H2" t="s">
+        <v>491</v>
+      </c>
+      <c r="I2" t="s">
+        <v>492</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B2" t="s">
+        <v>494</v>
+      </c>
+      <c r="C2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D2" t="s">
+        <v>496</v>
+      </c>
+      <c r="E2" t="s">
+        <v>497</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>498</v>
+      </c>
+      <c r="H2" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B3" t="s">
+        <v>500</v>
+      </c>
+      <c r="C3" t="s">
+        <v>501</v>
+      </c>
+      <c r="D3" t="s">
+        <v>502</v>
+      </c>
+      <c r="E3" t="s">
+        <v>503</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>504</v>
+      </c>
+      <c r="H3" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>493</v>
+      </c>
+      <c r="B4" t="s">
+        <v>506</v>
+      </c>
+      <c r="C4" t="s">
+        <v>507</v>
+      </c>
+      <c r="D4" t="s">
+        <v>508</v>
+      </c>
+      <c r="E4" t="s">
+        <v>509</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>510</v>
+      </c>
+      <c r="H4" t="s">
+        <v>511</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>512</v>
+      </c>
+      <c r="B2" t="s">
+        <v>513</v>
+      </c>
+      <c r="C2" t="s">
+        <v>514</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>515</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>516</v>
+      </c>
+      <c r="H2" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>512</v>
+      </c>
+      <c r="B3" t="s">
+        <v>518</v>
+      </c>
+      <c r="C3" t="s">
+        <v>519</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>521</v>
+      </c>
+      <c r="H3" t="s">
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>