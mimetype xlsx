--- v0 (2025-11-08)
+++ v1 (2025-11-08)
@@ -4391,51 +4391,51 @@
   <si>
     <t>30/08/2019 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3099295/fr/comite-d-interface-dm-du-11-juin-2019</t>
   </si>
   <si>
     <t>p_3099295</t>
   </si>
   <si>
     <t>CNEDIMTS - Réunion du 3 septembre 2019</t>
   </si>
   <si>
     <t>27/08/2019 17:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3098326/fr/cnedimts-reunion-du-3-septembre-2019</t>
   </si>
   <si>
     <t>p_3098326</t>
   </si>
   <si>
     <t>Collège délibératif du 17 juillet 2019</t>
   </si>
   <si>
-    <t>18/07/2019 17:58:00</t>
+    <t>18/11/2008 12:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076461/fr/college-deliberatif-du-17-juillet-2019</t>
   </si>
   <si>
     <t>p_3076461</t>
   </si>
   <si>
     <t>CEESP - Réunion du 16 juillet 2019</t>
   </si>
   <si>
     <t>10/07/2019 14:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3068971/fr/ceesp-reunion-du-16-juillet-2019</t>
   </si>
   <si>
     <t>p_3068971</t>
   </si>
   <si>
     <t>CNEDIMTS - Réunion du 18 juin 2019</t>
   </si>
   <si>
     <t>12/06/2019 08:35:00</t>
   </si>
@@ -6692,50 +6692,53 @@
   <si>
     <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
   </si>
   <si>
     <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
   </si>
   <si>
     <t>03/06/2021 00:00:00</t>
   </si>
   <si>
     <t>22/06/2021 16:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
   </si>
   <si>
     <t>p_3066917</t>
   </si>
   <si>
     <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de BEXSERO®</t>
   </si>
   <si>
     <t>Les infections invasives à méningocoques sont des infections transmissibles graves, qui peuvent être rapidement fatales. En France, elles sont majoritairement liées aux méningocoques de sérogroupe B. BEXSERO® est le premier vaccin anti-méningococcique ciblant des souches pathogènes du sérogroupe B à avoir obtenu une AMM en Europe, en janvier 2013. Il est indiqué chez les personnes âgées de 2 mois et plus. Dans le contexte de la simplification du schéma de vaccination pour différentes tranches d’âge et de l’évolution épidémiologique de ces infections, la Haute Autorité de Santé a évalué l’opportunité de modifier la stratégie de prévention des infections invasives à méningocoques et a précisé la place de BEXSERO® dans cette stratégie.</t>
   </si>
   <si>
+    <t>03/09/2019 00:00:00</t>
+  </si>
+  <si>
     <t>https://www.has-sante.fr/jcms/p_3066921/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-bexsero</t>
   </si>
   <si>
     <t>p_3066921</t>
   </si>
   <si>
     <t>Stratégie vaccinale contre le Sars-CoV-2 - Recommandations intermédiaires sur les modalités de mise en œuvre de la vaccination</t>
   </si>
   <si>
     <t>Dans le cadre de l’anticipation de l’arrivée des vaccins contre la Covid-19 en France, et à la demande du directeur général de la santé, la HAS en s’appuyant sur la commission technique des vaccinations, a élaboré des recommandations intermédiaires sur les modalités de mise en œuvre de la campagne de vaccination, en anticipation de l’arrivée des premiers vaccins contre le Sars-CoV-2.</t>
   </si>
   <si>
     <t>10/12/2020 00:00:00</t>
   </si>
   <si>
     <t>15/12/2020 09:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225990/fr/strategie-vaccinale-contre-le-sars-cov-2-recommandations-intermediaires-sur-les-modalites-de-mise-en-oeuvre-de-la-vaccination</t>
   </si>
   <si>
     <t>p_3225990</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre le Sars-Cov-2 - Recommandations préliminaires sur la stratégie de priorisation des populations à vacciner</t>
@@ -8006,51 +8009,51 @@
   <si>
     <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
   </si>
   <si>
     <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
   </si>
   <si>
     <t>16/12/2009 00:00:00</t>
   </si>
   <si>
     <t>01/03/2010 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
     <t>Le dossier médical en santé au travail</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
   </si>
   <si>
-    <t>21/01/2009 00:00:00</t>
+    <t>21/01/2010 15:50:00</t>
   </si>
   <si>
     <t>30/12/2009 13:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
   </si>
   <si>
     <t>c_757826</t>
   </si>
   <si>
     <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
   </si>
   <si>
     <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
   </si>
   <si>
     <t>21/05/2007 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
@@ -9035,51 +9038,51 @@
   <si>
     <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
   </si>
   <si>
     <t>10/11/2021 00:00:00</t>
   </si>
   <si>
     <t>22/11/2021 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
     <t>Élaboration de cahiers des charges (fonctions et organisation des soins) pour certains dispositifs médicaux utilisés à des fins de télésurveillance - Note de cadrage</t>
   </si>
   <si>
     <t>La télésurveillance médicale fait l’objet depuis 2014 d’un financement au titre des Expérimentations de la Télémédecine pour l’Amélioration des Parcours en Santé (ETAPES) dans 5 aires thérapeutiques : Patients insuffisants respiratoires chroniques Patients insuffisants cardiaques chroniques Patients insuffisants rénaux chroniques Patients diabétiques Patients porteurs de prothèses cardiaques implantables à visée thérapeutique. La fin de ce programme est prévue au 31/12/2021. Le ministère a saisi la CNEDIMTS afin qu’elle construise des cahiers des charges des fonctions et organisation des soins nécessaires pour les solutions de télésurveillance concernées permettant d’envisager leur prise en charge d’emblée sans évaluation de chaque dispositif médical par la CNEDiMTS. L’enjeu de ce projet est de contribuer à la sortie des expérimentations ETAPES et de permettre aux patients de bénéficier de ces solutions de télésurveillance à l’issue de ces expérimentations.</t>
   </si>
   <si>
     <t>07/09/2021 00:00:00</t>
   </si>
   <si>
-    <t>09/09/2021 12:20:37</t>
+    <t>11/06/2020 18:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3285500/fr/elaboration-de-cahiers-des-charges-fonctions-et-organisation-des-soins-pour-certains-dispositifs-medicaux-utilises-a-des-fins-de-telesurveillance-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3285500</t>
   </si>
   <si>
     <t>Évolutions incrémentales des dispositifs médicaux : évaluation par la CNEDiMTS selon leur impact</t>
   </si>
   <si>
     <t>Le secteur des dispositifs médicaux (DM) est marqué par un fort dynamisme. Dans les dossiers qui lui sont soumis pour évaluation, la CNEDiMTS doit donc très souvent se prononcer sur des demandes correspondant à des évolutions incrémentales de dispositifs médicaux qu’elle a précédemment évalués. Dans ces situations, la CNEDIMTS a défini, pour chaque type d’évolution incrémentale, un niveau d’impact et les informations ou les données attendues en fonction de chacun d’entre eux. L’objectif de ce travail est de donner aux industriels souhaitant déposer une demande de prise en charge de leur dispositif médical une meilleure visibilité sur les attentes de la CNEDiMTS.</t>
   </si>
   <si>
     <t>07/04/2021 08:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259556/fr/evolutions-incrementales-des-dispositifs-medicaux-evaluation-par-la-cnedimts-selon-leur-impact</t>
   </si>
   <si>
     <t>p_3259556</t>
   </si>
   <si>
     <t>Intégration de la cartographie relative à l'impact organisationnel (IO) dans les critères d’évaluation de la CNEDiMTS - Note de cadrage</t>
   </si>
@@ -9207,53 +9210,50 @@
     <t>Mesure du monoxyde d’azote (NO) nasal pour le diagnostic de dyskinésie ciliaire primitive</t>
   </si>
   <si>
     <t>L’objectif de cette évaluation des technologies de santé est d’évaluer les performances diagnostiques et l’utilité clinique de la mesure du NO nasal pour le diagnostic de la dyskinésie ciliaire primitive. Il s’agit aussi de décrire les conditions de réalisation de cette mesure, en vue de son inscription à la classification commune des actes médicaux (CCAM).</t>
   </si>
   <si>
     <t>10/09/2020 00:00:00</t>
   </si>
   <si>
     <t>16/09/2020 15:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3169291/fr/mesure-du-monoxyde-d-azote-no-nasal-pour-le-diagnostic-de-dyskinesie-ciliaire-primitive</t>
   </si>
   <si>
     <t>p_3169291</t>
   </si>
   <si>
     <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
   </si>
   <si>
     <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
   </si>
   <si>
     <t>28/05/2020 00:00:00</t>
-  </si>
-[...1 lines deleted...]
-    <t>11/06/2020 18:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
   </si>
   <si>
     <t>c_2854253</t>
   </si>
   <si>
     <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
   </si>
   <si>
     <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
   </si>
   <si>
     <t>p_3189133</t>
   </si>
   <si>
     <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
   </si>
   <si>
     <t>[Mise à jour le 18/05/2020] La HAS définit les critères de qualité et d’exigence des tests sérologiques, à partir des dernières données scientifiques et médicales disponibles à ce jour pour faciliter leur développement et l’évaluation de leur fiabilité.</t>
   </si>
@@ -12161,3653 +12161,3653 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B2" t="s">
-        <v>2710</v>
+        <v>2711</v>
       </c>
       <c r="C2" t="s">
-        <v>2711</v>
+        <v>2712</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2713</v>
+        <v>2714</v>
       </c>
       <c r="H2" t="s">
-        <v>2714</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B3" t="s">
-        <v>2715</v>
+        <v>2716</v>
       </c>
       <c r="C3" t="s">
-        <v>2716</v>
+        <v>2717</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="H3" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B4" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="C4" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
       <c r="H4" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B5" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="C5" t="s">
-        <v>2726</v>
+        <v>2727</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2727</v>
+        <v>2728</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="H5" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B6" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
       <c r="C6" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
       <c r="H6" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B7" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
       <c r="C7" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
       <c r="H7" t="s">
-        <v>2739</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B8" t="s">
-        <v>2740</v>
+        <v>2741</v>
       </c>
       <c r="C8" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="H8" t="s">
-        <v>2744</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B9" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="C9" t="s">
-        <v>2746</v>
+        <v>2747</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2747</v>
+        <v>2748</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2748</v>
+        <v>2749</v>
       </c>
       <c r="H9" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B10" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
       <c r="C10" t="s">
-        <v>2751</v>
+        <v>2752</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2752</v>
+        <v>2753</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
       <c r="H10" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B11" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="C11" t="s">
-        <v>2756</v>
+        <v>2757</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2757</v>
+        <v>2758</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2758</v>
+        <v>2759</v>
       </c>
       <c r="H11" t="s">
-        <v>2759</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B12" t="s">
-        <v>2760</v>
+        <v>2761</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2761</v>
+        <v>2762</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
       <c r="H12" t="s">
-        <v>2763</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="B13" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2766</v>
+        <v>2767</v>
       </c>
       <c r="H13" t="s">
-        <v>2767</v>
+        <v>2768</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H127"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B2" t="s">
-        <v>2769</v>
+        <v>2770</v>
       </c>
       <c r="C2" t="s">
-        <v>2770</v>
+        <v>2771</v>
       </c>
       <c r="D2" t="s">
-        <v>2771</v>
+        <v>2772</v>
       </c>
       <c r="E2" t="s">
-        <v>2772</v>
+        <v>2773</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2773</v>
+        <v>2774</v>
       </c>
       <c r="H2" t="s">
-        <v>2774</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B3" t="s">
-        <v>2775</v>
+        <v>2776</v>
       </c>
       <c r="C3" t="s">
-        <v>2776</v>
+        <v>2777</v>
       </c>
       <c r="D3" t="s">
-        <v>2771</v>
+        <v>2772</v>
       </c>
       <c r="E3" t="s">
-        <v>2777</v>
+        <v>2778</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2778</v>
+        <v>2779</v>
       </c>
       <c r="H3" t="s">
-        <v>2779</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B4" t="s">
-        <v>2780</v>
+        <v>2781</v>
       </c>
       <c r="C4" t="s">
-        <v>2781</v>
+        <v>2782</v>
       </c>
       <c r="D4" t="s">
-        <v>2782</v>
+        <v>2783</v>
       </c>
       <c r="E4" t="s">
-        <v>2783</v>
+        <v>2784</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2784</v>
+        <v>2785</v>
       </c>
       <c r="H4" t="s">
-        <v>2785</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B5" t="s">
-        <v>2786</v>
+        <v>2787</v>
       </c>
       <c r="C5" t="s">
-        <v>2787</v>
+        <v>2788</v>
       </c>
       <c r="D5" t="s">
         <v>2150</v>
       </c>
       <c r="E5" t="s">
-        <v>2788</v>
+        <v>2789</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2789</v>
+        <v>2790</v>
       </c>
       <c r="H5" t="s">
-        <v>2790</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B6" t="s">
-        <v>2791</v>
+        <v>2792</v>
       </c>
       <c r="C6" t="s">
-        <v>2792</v>
+        <v>2793</v>
       </c>
       <c r="D6" t="s">
         <v>2150</v>
       </c>
       <c r="E6" t="s">
-        <v>2793</v>
+        <v>2794</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2794</v>
+        <v>2795</v>
       </c>
       <c r="H6" t="s">
-        <v>2795</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B7" t="s">
-        <v>2796</v>
+        <v>2797</v>
       </c>
       <c r="C7" t="s">
-        <v>2797</v>
+        <v>2798</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2798</v>
+        <v>2799</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2799</v>
+        <v>2800</v>
       </c>
       <c r="H7" t="s">
-        <v>2800</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B8" t="s">
-        <v>2801</v>
+        <v>2802</v>
       </c>
       <c r="C8" t="s">
-        <v>2802</v>
+        <v>2803</v>
       </c>
       <c r="D8" t="s">
-        <v>2803</v>
+        <v>2804</v>
       </c>
       <c r="E8" t="s">
-        <v>2804</v>
+        <v>2805</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2805</v>
+        <v>2806</v>
       </c>
       <c r="H8" t="s">
-        <v>2806</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B9" t="s">
-        <v>2807</v>
+        <v>2808</v>
       </c>
       <c r="C9" t="s">
-        <v>2808</v>
+        <v>2809</v>
       </c>
       <c r="D9" t="s">
         <v>2161</v>
       </c>
       <c r="E9" t="s">
-        <v>2809</v>
+        <v>2810</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2810</v>
+        <v>2811</v>
       </c>
       <c r="H9" t="s">
-        <v>2811</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B10" t="s">
-        <v>2812</v>
+        <v>2813</v>
       </c>
       <c r="C10" t="s">
-        <v>2813</v>
+        <v>2814</v>
       </c>
       <c r="D10" t="s">
         <v>192</v>
       </c>
       <c r="E10" t="s">
-        <v>2814</v>
+        <v>2815</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2815</v>
+        <v>2816</v>
       </c>
       <c r="H10" t="s">
-        <v>2816</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B11" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
       <c r="C11" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
       <c r="D11" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="E11" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
       <c r="H11" t="s">
-        <v>2822</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B12" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
       <c r="C12" t="s">
-        <v>2824</v>
+        <v>2825</v>
       </c>
       <c r="D12" t="s">
         <v>233</v>
       </c>
       <c r="E12" t="s">
-        <v>2825</v>
+        <v>2826</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
       <c r="H12" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B13" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="C13" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
       <c r="D13" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="E13" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="H13" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B14" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="C14" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
       <c r="D14" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="E14" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="H14" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B15" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="C15" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
       <c r="D15" t="s">
-        <v>2840</v>
+        <v>2841</v>
       </c>
       <c r="E15" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="H15" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B16" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="C16" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
       <c r="D16" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="E16" t="s">
-        <v>2846</v>
+        <v>2847</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="H16" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B17" t="s">
-        <v>2849</v>
+        <v>2850</v>
       </c>
       <c r="C17" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="D17" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="E17" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
       <c r="H17" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B18" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="C18" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
       <c r="D18" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="E18" t="s">
-        <v>2856</v>
+        <v>2857</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2857</v>
+        <v>2858</v>
       </c>
       <c r="H18" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B19" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="C19" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
       <c r="D19" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
       <c r="E19" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
       <c r="H19" t="s">
-        <v>2864</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B20" t="s">
-        <v>2865</v>
+        <v>2866</v>
       </c>
       <c r="C20" t="s">
-        <v>2866</v>
+        <v>2867</v>
       </c>
       <c r="D20" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
       <c r="E20" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
       <c r="H20" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B21" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="C21" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="D21" t="s">
         <v>306</v>
       </c>
       <c r="E21" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="H21" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B22" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="C22" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
       <c r="D22" t="s">
         <v>2025</v>
       </c>
       <c r="E22" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
       <c r="H22" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B23" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
       <c r="C23" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
       <c r="D23" t="s">
         <v>348</v>
       </c>
       <c r="E23" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="H23" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B24" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
       <c r="C24" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
       <c r="D24" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="E24" t="s">
         <v>2026</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
       <c r="H24" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B25" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
       <c r="C25" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
       <c r="D25" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="E25" t="s">
         <v>2026</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
       <c r="H25" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B26" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
       <c r="C26" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="D26" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
       <c r="E26" t="s">
         <v>2026</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="H26" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B27" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="C27" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
       <c r="D27" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="E27" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
       <c r="H27" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B28" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
       <c r="C28" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="D28" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
       <c r="E28" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
       <c r="H28" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B29" t="s">
-        <v>2911</v>
+        <v>2912</v>
       </c>
       <c r="C29" t="s">
-        <v>2912</v>
+        <v>2913</v>
       </c>
       <c r="D29" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
       <c r="E29" t="s">
-        <v>2913</v>
+        <v>2914</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="H29" t="s">
-        <v>2915</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B30" t="s">
-        <v>2916</v>
+        <v>2917</v>
       </c>
       <c r="C30" t="s">
-        <v>2917</v>
+        <v>2918</v>
       </c>
       <c r="D30" t="s">
-        <v>2918</v>
+        <v>2919</v>
       </c>
       <c r="E30" t="s">
-        <v>2919</v>
+        <v>2920</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="H30" t="s">
-        <v>2921</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B31" t="s">
-        <v>2922</v>
+        <v>2923</v>
       </c>
       <c r="C31" t="s">
-        <v>2923</v>
+        <v>2924</v>
       </c>
       <c r="D31" t="s">
-        <v>2924</v>
+        <v>2925</v>
       </c>
       <c r="E31" t="s">
-        <v>2925</v>
+        <v>2926</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2926</v>
+        <v>2927</v>
       </c>
       <c r="H31" t="s">
-        <v>2927</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B32" t="s">
-        <v>2928</v>
+        <v>2929</v>
       </c>
       <c r="C32" t="s">
-        <v>2929</v>
+        <v>2930</v>
       </c>
       <c r="D32" t="s">
-        <v>2930</v>
+        <v>2931</v>
       </c>
       <c r="E32" t="s">
-        <v>2931</v>
+        <v>2932</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2932</v>
+        <v>2933</v>
       </c>
       <c r="H32" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B33" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
       <c r="C33" t="s">
-        <v>2935</v>
+        <v>2936</v>
       </c>
       <c r="D33" t="s">
-        <v>2936</v>
+        <v>2937</v>
       </c>
       <c r="E33" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
       <c r="H33" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B34" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="C34" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
       <c r="D34" t="s">
         <v>761</v>
       </c>
       <c r="E34" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
       <c r="H34" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B35" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
       <c r="C35" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="D35" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="E35" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="H35" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B36" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
       <c r="C36" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
       <c r="D36" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
       <c r="E36" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
       <c r="H36" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B37" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
       <c r="C37" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="D37" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
       <c r="E37" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
       <c r="H37" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B38" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
       <c r="C38" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="D38" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="E38" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
       <c r="H38" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B39" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
       <c r="C39" t="s">
-        <v>2970</v>
+        <v>2971</v>
       </c>
       <c r="D39" t="s">
-        <v>2971</v>
+        <v>2972</v>
       </c>
       <c r="E39" t="s">
-        <v>2972</v>
+        <v>2973</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
       <c r="H39" t="s">
-        <v>2974</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B40" t="s">
-        <v>2975</v>
+        <v>2976</v>
       </c>
       <c r="C40" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
       <c r="D40" t="s">
-        <v>2977</v>
+        <v>2978</v>
       </c>
       <c r="E40" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
       <c r="H40" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B41" t="s">
-        <v>2981</v>
+        <v>2982</v>
       </c>
       <c r="C41" t="s">
-        <v>2982</v>
+        <v>2983</v>
       </c>
       <c r="D41" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
       <c r="E41" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2985</v>
+        <v>2986</v>
       </c>
       <c r="H41" t="s">
-        <v>2986</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B42" t="s">
-        <v>2987</v>
+        <v>2988</v>
       </c>
       <c r="C42" t="s">
-        <v>2988</v>
+        <v>2989</v>
       </c>
       <c r="D42" t="s">
-        <v>2989</v>
+        <v>2990</v>
       </c>
       <c r="E42" t="s">
-        <v>2990</v>
+        <v>2991</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2991</v>
+        <v>2992</v>
       </c>
       <c r="H42" t="s">
-        <v>2992</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B43" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
       <c r="C43" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="D43" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
       <c r="E43" t="s">
-        <v>2996</v>
+        <v>2997</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
       <c r="H43" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B44" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
       <c r="C44" t="s">
-        <v>3000</v>
+        <v>3001</v>
       </c>
       <c r="D44" t="s">
-        <v>2971</v>
+        <v>2972</v>
       </c>
       <c r="E44" t="s">
-        <v>3001</v>
+        <v>3002</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>3002</v>
+        <v>3003</v>
       </c>
       <c r="H44" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B45" t="s">
-        <v>3004</v>
+        <v>3005</v>
       </c>
       <c r="C45" t="s">
-        <v>3005</v>
+        <v>3006</v>
       </c>
       <c r="D45" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
       <c r="E45" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>3008</v>
+        <v>3009</v>
       </c>
       <c r="H45" t="s">
-        <v>3009</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B46" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
       <c r="C46" t="s">
-        <v>3011</v>
+        <v>3012</v>
       </c>
       <c r="D46" t="s">
-        <v>3012</v>
+        <v>3013</v>
       </c>
       <c r="E46" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
       <c r="H46" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B47" t="s">
-        <v>3016</v>
+        <v>3017</v>
       </c>
       <c r="C47" t="s">
-        <v>3017</v>
+        <v>3018</v>
       </c>
       <c r="D47" t="s">
-        <v>3018</v>
+        <v>3019</v>
       </c>
       <c r="E47" t="s">
-        <v>3019</v>
+        <v>3020</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>3020</v>
+        <v>3021</v>
       </c>
       <c r="H47" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B48" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
       <c r="C48" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
       <c r="D48" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
       <c r="E48" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
       <c r="H48" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B49" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="C49" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
       <c r="D49" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="E49" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
       <c r="H49" t="s">
-        <v>3032</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B50" t="s">
-        <v>3033</v>
+        <v>3034</v>
       </c>
       <c r="C50" t="s">
-        <v>3034</v>
+        <v>3035</v>
       </c>
       <c r="D50" t="s">
-        <v>3035</v>
+        <v>3036</v>
       </c>
       <c r="E50" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
       <c r="H50" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B51" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
       <c r="C51" t="s">
-        <v>3040</v>
+        <v>3041</v>
       </c>
       <c r="D51" t="s">
-        <v>3041</v>
+        <v>3042</v>
       </c>
       <c r="E51" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
       <c r="H51" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B52" t="s">
-        <v>3045</v>
+        <v>3046</v>
       </c>
       <c r="C52" t="s">
-        <v>3046</v>
+        <v>3047</v>
       </c>
       <c r="D52" t="s">
-        <v>3047</v>
+        <v>3048</v>
       </c>
       <c r="E52" t="s">
-        <v>3048</v>
+        <v>3049</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>3049</v>
+        <v>3050</v>
       </c>
       <c r="H52" t="s">
-        <v>3050</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B53" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="C53" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="D53" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="E53" t="s">
-        <v>3054</v>
+        <v>2997</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>3055</v>
       </c>
       <c r="H53" t="s">
         <v>3056</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B54" t="s">
         <v>3057</v>
       </c>
       <c r="C54" t="s">
         <v>3058</v>
       </c>
       <c r="D54" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="E54" t="s">
-        <v>3054</v>
+        <v>2997</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>3059</v>
       </c>
       <c r="H54" t="s">
         <v>3060</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B55" t="s">
         <v>3061</v>
       </c>
       <c r="C55" t="s">
         <v>3062</v>
       </c>
       <c r="D55" t="s">
         <v>3063</v>
       </c>
       <c r="E55" t="s">
         <v>3064</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>3065</v>
       </c>
       <c r="H55" t="s">
         <v>3066</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B56" t="s">
         <v>3067</v>
       </c>
       <c r="C56" t="s">
         <v>3068</v>
       </c>
       <c r="D56" t="s">
         <v>3069</v>
       </c>
       <c r="E56" t="s">
         <v>3070</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>3071</v>
       </c>
       <c r="H56" t="s">
         <v>3072</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B57" t="s">
         <v>3073</v>
       </c>
       <c r="C57" t="s">
         <v>3074</v>
       </c>
       <c r="D57" t="s">
         <v>3075</v>
       </c>
       <c r="E57" t="s">
         <v>3076</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>3077</v>
       </c>
       <c r="H57" t="s">
         <v>3078</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B58" t="s">
         <v>3079</v>
       </c>
       <c r="C58" t="s">
         <v>3080</v>
       </c>
       <c r="D58" t="s">
         <v>3081</v>
       </c>
       <c r="E58" t="s">
         <v>3082</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>3083</v>
       </c>
       <c r="H58" t="s">
         <v>3084</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B59" t="s">
         <v>3085</v>
       </c>
       <c r="C59" t="s">
         <v>3086</v>
       </c>
       <c r="D59" t="s">
         <v>3087</v>
       </c>
       <c r="E59" t="s">
         <v>3088</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>3089</v>
       </c>
       <c r="H59" t="s">
         <v>3090</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B60" t="s">
         <v>3091</v>
       </c>
       <c r="C60" t="s">
         <v>3092</v>
       </c>
       <c r="D60" t="s">
         <v>3093</v>
       </c>
       <c r="E60" t="s">
         <v>3094</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>3095</v>
       </c>
       <c r="H60" t="s">
         <v>3096</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B61" t="s">
         <v>3097</v>
       </c>
       <c r="C61" t="s">
         <v>3098</v>
       </c>
       <c r="D61" t="s">
         <v>3099</v>
       </c>
       <c r="E61" t="s">
         <v>3100</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>3101</v>
       </c>
       <c r="H61" t="s">
         <v>3102</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B62" t="s">
         <v>3103</v>
       </c>
       <c r="C62" t="s">
         <v>3104</v>
       </c>
       <c r="D62" t="s">
         <v>3105</v>
       </c>
       <c r="E62" t="s">
         <v>3106</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>3107</v>
       </c>
       <c r="H62" t="s">
         <v>3108</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B63" t="s">
         <v>3109</v>
       </c>
       <c r="C63" t="s">
         <v>3110</v>
       </c>
       <c r="D63" t="s">
         <v>3111</v>
       </c>
       <c r="E63" t="s">
         <v>3112</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>3113</v>
       </c>
       <c r="H63" t="s">
         <v>3114</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B64" t="s">
         <v>3115</v>
       </c>
       <c r="C64" t="s">
         <v>3116</v>
       </c>
       <c r="D64" t="s">
         <v>3117</v>
       </c>
       <c r="E64" t="s">
         <v>3118</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>3119</v>
       </c>
       <c r="H64" t="s">
         <v>3120</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B65" t="s">
         <v>3121</v>
       </c>
       <c r="C65" t="s">
         <v>3122</v>
       </c>
       <c r="D65" t="s">
         <v>3123</v>
       </c>
       <c r="E65" t="s">
         <v>3124</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>3125</v>
       </c>
       <c r="H65" t="s">
         <v>3126</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B66" t="s">
         <v>3127</v>
       </c>
       <c r="C66" t="s">
         <v>3128</v>
       </c>
       <c r="D66" t="s">
         <v>3129</v>
       </c>
       <c r="E66" t="s">
         <v>3130</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>3131</v>
       </c>
       <c r="H66" t="s">
         <v>3132</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B67" t="s">
         <v>3133</v>
       </c>
       <c r="C67" t="s">
         <v>3134</v>
       </c>
       <c r="D67" t="s">
         <v>3135</v>
       </c>
       <c r="E67" t="s">
         <v>3136</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>3137</v>
       </c>
       <c r="H67" t="s">
         <v>3138</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B68" t="s">
         <v>3139</v>
       </c>
       <c r="C68" t="s">
         <v>3140</v>
       </c>
       <c r="D68" t="s">
         <v>3141</v>
       </c>
       <c r="E68" t="s">
         <v>3142</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
         <v>3143</v>
       </c>
       <c r="H68" t="s">
         <v>3144</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B69" t="s">
         <v>3145</v>
       </c>
       <c r="C69" t="s">
         <v>3146</v>
       </c>
       <c r="D69" t="s">
         <v>3147</v>
       </c>
       <c r="E69" t="s">
         <v>3148</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>3149</v>
       </c>
       <c r="H69" t="s">
         <v>3150</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B70" t="s">
         <v>3151</v>
       </c>
       <c r="C70" t="s">
         <v>3152</v>
       </c>
       <c r="D70" t="s">
         <v>3153</v>
       </c>
       <c r="E70" t="s">
         <v>3154</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>3155</v>
       </c>
       <c r="H70" t="s">
         <v>3156</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B71" t="s">
         <v>3157</v>
       </c>
       <c r="C71" t="s">
         <v>3158</v>
       </c>
       <c r="D71" t="s">
         <v>3159</v>
       </c>
       <c r="E71" t="s">
         <v>3160</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>3161</v>
       </c>
       <c r="H71" t="s">
         <v>3162</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B72" t="s">
         <v>3163</v>
       </c>
       <c r="C72" t="s">
         <v>3164</v>
       </c>
       <c r="D72" t="s">
         <v>3165</v>
       </c>
       <c r="E72" t="s">
         <v>3166</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>3167</v>
       </c>
       <c r="H72" t="s">
         <v>3168</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B73" t="s">
         <v>3169</v>
       </c>
       <c r="C73" t="s">
         <v>3170</v>
       </c>
       <c r="D73" t="s">
         <v>3165</v>
       </c>
       <c r="E73" t="s">
         <v>3166</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>3171</v>
       </c>
       <c r="H73" t="s">
         <v>3172</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B74" t="s">
         <v>3173</v>
       </c>
       <c r="C74" t="s">
         <v>3174</v>
       </c>
       <c r="D74" t="s">
         <v>3175</v>
       </c>
       <c r="E74" t="s">
         <v>3176</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>3177</v>
       </c>
       <c r="H74" t="s">
         <v>3178</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B75" t="s">
         <v>3179</v>
       </c>
       <c r="C75" t="s">
         <v>3180</v>
       </c>
       <c r="D75" t="s">
         <v>3181</v>
       </c>
       <c r="E75" t="s">
         <v>3182</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>3183</v>
       </c>
       <c r="H75" t="s">
         <v>3184</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B76" t="s">
         <v>3185</v>
       </c>
       <c r="C76" t="s">
         <v>3186</v>
       </c>
       <c r="D76" t="s">
         <v>575</v>
       </c>
       <c r="E76" t="s">
         <v>3187</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>3188</v>
       </c>
       <c r="H76" t="s">
         <v>3189</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B77" t="s">
         <v>3190</v>
       </c>
       <c r="C77" t="s">
         <v>3191</v>
       </c>
       <c r="D77" t="s">
         <v>3192</v>
       </c>
       <c r="E77" t="s">
         <v>3193</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>3194</v>
       </c>
       <c r="H77" t="s">
         <v>3195</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B78" t="s">
         <v>3196</v>
       </c>
       <c r="C78" t="s">
         <v>3197</v>
       </c>
       <c r="D78" t="s">
         <v>3198</v>
       </c>
       <c r="E78" t="s">
         <v>3199</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>3200</v>
       </c>
       <c r="H78" t="s">
         <v>3201</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B79" t="s">
         <v>3202</v>
       </c>
       <c r="C79" t="s">
         <v>3203</v>
       </c>
       <c r="D79" t="s">
         <v>3204</v>
       </c>
       <c r="E79" t="s">
         <v>3205</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
         <v>3206</v>
       </c>
       <c r="H79" t="s">
         <v>3207</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B80" t="s">
         <v>3208</v>
       </c>
       <c r="C80" t="s">
         <v>3209</v>
       </c>
       <c r="D80" t="s">
         <v>3210</v>
       </c>
       <c r="E80" t="s">
         <v>3211</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>3212</v>
       </c>
       <c r="H80" t="s">
         <v>3213</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B81" t="s">
         <v>3214</v>
       </c>
       <c r="C81" t="s">
         <v>3215</v>
       </c>
       <c r="D81" t="s">
         <v>3216</v>
       </c>
       <c r="E81" t="s">
         <v>3217</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>3218</v>
       </c>
       <c r="H81" t="s">
         <v>3219</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B82" t="s">
         <v>3220</v>
       </c>
       <c r="C82" t="s">
         <v>3221</v>
       </c>
       <c r="D82" t="s">
         <v>3222</v>
       </c>
       <c r="E82" t="s">
         <v>3223</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
         <v>3224</v>
       </c>
       <c r="H82" t="s">
         <v>3225</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B83" t="s">
         <v>3226</v>
       </c>
       <c r="C83" t="s">
         <v>3227</v>
       </c>
       <c r="D83" t="s">
         <v>3228</v>
       </c>
       <c r="E83" t="s">
         <v>3229</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
         <v>3230</v>
       </c>
       <c r="H83" t="s">
         <v>3231</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B84" t="s">
         <v>3232</v>
       </c>
       <c r="C84" t="s">
         <v>3233</v>
       </c>
       <c r="D84" t="s">
         <v>3234</v>
       </c>
       <c r="E84" t="s">
         <v>3235</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
         <v>3236</v>
       </c>
       <c r="H84" t="s">
         <v>3237</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B85" t="s">
         <v>3238</v>
       </c>
       <c r="C85" t="s">
         <v>3239</v>
       </c>
       <c r="D85" t="s">
         <v>3222</v>
       </c>
       <c r="E85" t="s">
         <v>3240</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>3241</v>
       </c>
       <c r="H85" t="s">
         <v>3242</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B86" t="s">
         <v>3243</v>
       </c>
       <c r="C86" t="s">
         <v>3244</v>
       </c>
       <c r="D86" t="s">
         <v>3245</v>
       </c>
       <c r="E86" t="s">
         <v>3246</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
         <v>3247</v>
       </c>
       <c r="H86" t="s">
         <v>3248</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B87" t="s">
         <v>3249</v>
       </c>
       <c r="C87" t="s">
         <v>3250</v>
       </c>
       <c r="D87" t="s">
         <v>3251</v>
       </c>
       <c r="E87" t="s">
         <v>3252</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
         <v>3253</v>
       </c>
       <c r="H87" t="s">
         <v>3254</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B88" t="s">
         <v>3255</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
         <v>3256</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
         <v>3257</v>
       </c>
       <c r="H88" t="s">
         <v>3258</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B89" t="s">
         <v>3259</v>
       </c>
       <c r="C89" t="s">
         <v>3260</v>
       </c>
       <c r="D89" t="s">
         <v>3261</v>
       </c>
       <c r="E89" t="s">
         <v>3262</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
         <v>3263</v>
       </c>
       <c r="H89" t="s">
         <v>3264</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B90" t="s">
         <v>3265</v>
       </c>
       <c r="C90" t="s">
         <v>3266</v>
       </c>
       <c r="D90" t="s">
         <v>3267</v>
       </c>
       <c r="E90" t="s">
         <v>3268</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
         <v>3269</v>
       </c>
       <c r="H90" t="s">
         <v>3270</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B91" t="s">
         <v>3271</v>
       </c>
       <c r="C91" t="s">
         <v>3272</v>
       </c>
       <c r="D91" t="s">
         <v>3273</v>
       </c>
       <c r="E91" t="s">
         <v>3274</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
         <v>3275</v>
       </c>
       <c r="H91" t="s">
         <v>3276</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B92" t="s">
         <v>3277</v>
       </c>
       <c r="C92" t="s">
         <v>3278</v>
       </c>
       <c r="D92" t="s">
         <v>3279</v>
       </c>
       <c r="E92" t="s">
         <v>3280</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
         <v>3281</v>
       </c>
       <c r="H92" t="s">
         <v>3282</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B93" t="s">
         <v>3283</v>
       </c>
       <c r="C93" t="s">
         <v>3284</v>
       </c>
       <c r="D93" t="s">
         <v>3285</v>
       </c>
       <c r="E93" t="s">
         <v>3286</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
         <v>3287</v>
       </c>
       <c r="H93" t="s">
         <v>3288</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B94" t="s">
         <v>3289</v>
       </c>
       <c r="C94" t="s">
         <v>3290</v>
       </c>
       <c r="D94" t="s">
         <v>117</v>
       </c>
       <c r="E94" t="s">
         <v>3291</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
         <v>3292</v>
       </c>
       <c r="H94" t="s">
         <v>3293</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B95" t="s">
         <v>3294</v>
       </c>
       <c r="C95" t="s">
         <v>3295</v>
       </c>
       <c r="D95" t="s">
         <v>3296</v>
       </c>
       <c r="E95" t="s">
         <v>3297</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
         <v>3298</v>
       </c>
       <c r="H95" t="s">
         <v>3299</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B96" t="s">
         <v>3300</v>
       </c>
       <c r="C96" t="s">
         <v>3301</v>
       </c>
       <c r="D96" t="s">
         <v>3302</v>
       </c>
       <c r="E96" t="s">
         <v>3303</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
         <v>3304</v>
       </c>
       <c r="H96" t="s">
         <v>3305</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B97" t="s">
         <v>3306</v>
       </c>
       <c r="C97" t="s">
         <v>3307</v>
       </c>
       <c r="D97" t="s">
         <v>3308</v>
       </c>
       <c r="E97" t="s">
         <v>3309</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
         <v>3310</v>
       </c>
       <c r="H97" t="s">
         <v>3311</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B98" t="s">
         <v>3312</v>
       </c>
       <c r="C98" t="s">
         <v>3313</v>
       </c>
       <c r="D98" t="s">
         <v>3314</v>
       </c>
       <c r="E98" t="s">
         <v>3315</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
         <v>3316</v>
       </c>
       <c r="H98" t="s">
         <v>3317</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B99" t="s">
         <v>3318</v>
       </c>
       <c r="C99" t="s">
         <v>3319</v>
       </c>
       <c r="D99" t="s">
         <v>582</v>
       </c>
       <c r="E99" t="s">
         <v>3320</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
         <v>3321</v>
       </c>
       <c r="H99" t="s">
         <v>3322</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B100" t="s">
         <v>3323</v>
       </c>
       <c r="C100" t="s">
         <v>3324</v>
       </c>
       <c r="D100" t="s">
         <v>3325</v>
       </c>
       <c r="E100" t="s">
         <v>3326</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
         <v>3327</v>
       </c>
       <c r="H100" t="s">
         <v>3328</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B101" t="s">
         <v>3329</v>
       </c>
       <c r="C101" t="s">
         <v>3330</v>
       </c>
       <c r="D101" t="s">
         <v>141</v>
       </c>
       <c r="E101" t="s">
         <v>3331</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
         <v>3332</v>
       </c>
       <c r="H101" t="s">
         <v>3333</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B102" t="s">
         <v>3334</v>
       </c>
       <c r="C102" t="s">
         <v>3335</v>
       </c>
       <c r="D102" t="s">
         <v>3336</v>
       </c>
       <c r="E102" t="s">
         <v>3337</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
         <v>3338</v>
       </c>
       <c r="H102" t="s">
         <v>3339</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B103" t="s">
         <v>3340</v>
       </c>
       <c r="C103" t="s">
         <v>3341</v>
       </c>
       <c r="D103" t="s">
         <v>3342</v>
       </c>
       <c r="E103" t="s">
         <v>3343</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
         <v>3344</v>
       </c>
       <c r="H103" t="s">
         <v>3345</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B104" t="s">
         <v>3346</v>
       </c>
       <c r="C104" t="s">
         <v>3347</v>
       </c>
       <c r="D104" t="s">
         <v>3348</v>
       </c>
       <c r="E104" t="s">
         <v>3349</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
         <v>3350</v>
       </c>
       <c r="H104" t="s">
         <v>3351</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B105" t="s">
         <v>3352</v>
       </c>
       <c r="C105" t="s">
         <v>3353</v>
       </c>
       <c r="D105" t="s">
         <v>3354</v>
       </c>
       <c r="E105" t="s">
         <v>3355</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
         <v>3356</v>
       </c>
       <c r="H105" t="s">
         <v>3357</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B106" t="s">
         <v>3358</v>
       </c>
       <c r="C106" t="s">
         <v>3359</v>
       </c>
       <c r="D106" t="s">
         <v>3360</v>
       </c>
       <c r="E106" t="s">
         <v>3361</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
         <v>3362</v>
       </c>
       <c r="H106" t="s">
         <v>3363</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B107" t="s">
         <v>3364</v>
       </c>
       <c r="C107" t="s">
         <v>3365</v>
       </c>
       <c r="D107" t="s">
         <v>3366</v>
       </c>
       <c r="E107" t="s">
         <v>3367</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
         <v>3368</v>
       </c>
       <c r="H107" t="s">
         <v>3369</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B108" t="s">
         <v>3370</v>
       </c>
       <c r="C108" t="s">
         <v>3371</v>
       </c>
       <c r="D108" t="s">
         <v>3372</v>
       </c>
       <c r="E108" t="s">
         <v>3373</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
         <v>3374</v>
       </c>
       <c r="H108" t="s">
         <v>3375</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B109" t="s">
         <v>3376</v>
       </c>
       <c r="C109" t="s">
         <v>3377</v>
       </c>
       <c r="D109" t="s">
         <v>3378</v>
       </c>
       <c r="E109" t="s">
         <v>3379</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
         <v>3380</v>
       </c>
       <c r="H109" t="s">
         <v>3381</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B110" t="s">
         <v>3382</v>
       </c>
       <c r="C110" t="s">
         <v>3383</v>
       </c>
       <c r="D110" t="s">
         <v>3384</v>
       </c>
       <c r="E110" t="s">
         <v>3385</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
         <v>3386</v>
       </c>
       <c r="H110" t="s">
         <v>3387</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B111" t="s">
         <v>3388</v>
       </c>
       <c r="C111" t="s">
         <v>3389</v>
       </c>
       <c r="D111" t="s">
         <v>636</v>
       </c>
       <c r="E111" t="s">
         <v>3390</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
         <v>3391</v>
       </c>
       <c r="H111" t="s">
         <v>3392</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B112" t="s">
         <v>3393</v>
       </c>
       <c r="C112" t="s">
         <v>3394</v>
       </c>
       <c r="D112" t="s">
         <v>3395</v>
       </c>
       <c r="E112" t="s">
         <v>3396</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
         <v>3397</v>
       </c>
       <c r="H112" t="s">
         <v>3398</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B113" t="s">
         <v>3399</v>
       </c>
       <c r="C113" t="s">
         <v>3400</v>
       </c>
       <c r="D113" t="s">
         <v>3401</v>
       </c>
       <c r="E113" t="s">
         <v>3402</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
         <v>3403</v>
       </c>
       <c r="H113" t="s">
         <v>3404</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B114" t="s">
         <v>3405</v>
       </c>
       <c r="C114" t="s">
         <v>3406</v>
       </c>
       <c r="D114" t="s">
         <v>3407</v>
       </c>
       <c r="E114" t="s">
         <v>3408</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
         <v>3409</v>
       </c>
       <c r="H114" t="s">
         <v>3410</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B115" t="s">
         <v>3411</v>
       </c>
       <c r="C115" t="s">
         <v>3412</v>
       </c>
       <c r="D115" t="s">
         <v>3407</v>
       </c>
       <c r="E115" t="s">
         <v>3413</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
         <v>3414</v>
       </c>
       <c r="H115" t="s">
         <v>3415</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B116" t="s">
         <v>3416</v>
       </c>
       <c r="C116" t="s">
         <v>3417</v>
       </c>
       <c r="D116" t="s">
         <v>3418</v>
       </c>
       <c r="E116" t="s">
         <v>3419</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
         <v>3420</v>
       </c>
       <c r="H116" t="s">
         <v>3421</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B117" t="s">
         <v>3422</v>
       </c>
       <c r="C117" t="s">
         <v>3423</v>
       </c>
       <c r="D117" t="s">
         <v>3424</v>
       </c>
       <c r="E117" t="s">
         <v>3425</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
         <v>3426</v>
       </c>
       <c r="H117" t="s">
         <v>3427</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B118" t="s">
         <v>3428</v>
       </c>
       <c r="C118" t="s">
         <v>3429</v>
       </c>
       <c r="D118" t="s">
         <v>3430</v>
       </c>
       <c r="E118" t="s">
         <v>3431</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
         <v>3432</v>
       </c>
       <c r="H118" t="s">
         <v>3433</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B119" t="s">
         <v>3434</v>
       </c>
       <c r="C119" t="s">
         <v>3435</v>
       </c>
       <c r="D119" t="s">
         <v>3436</v>
       </c>
       <c r="E119" t="s">
         <v>3437</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
         <v>3438</v>
       </c>
       <c r="H119" t="s">
         <v>3439</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B120" t="s">
         <v>3440</v>
       </c>
       <c r="C120" t="s">
         <v>3441</v>
       </c>
       <c r="D120" t="s">
         <v>3442</v>
       </c>
       <c r="E120" t="s">
         <v>3443</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
         <v>3444</v>
       </c>
       <c r="H120" t="s">
         <v>3445</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B121" t="s">
         <v>3446</v>
       </c>
       <c r="C121" t="s">
         <v>3447</v>
       </c>
       <c r="D121" t="s">
         <v>3448</v>
       </c>
       <c r="E121" t="s">
         <v>3449</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
         <v>3450</v>
       </c>
       <c r="H121" t="s">
         <v>3451</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B122" t="s">
         <v>3452</v>
       </c>
       <c r="C122" t="s">
         <v>3453</v>
       </c>
       <c r="D122" t="s">
         <v>3454</v>
       </c>
       <c r="E122" t="s">
         <v>3455</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
         <v>3456</v>
       </c>
       <c r="H122" t="s">
         <v>3457</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B123" t="s">
         <v>3458</v>
       </c>
       <c r="C123" t="s">
         <v>3459</v>
       </c>
       <c r="D123" t="s">
         <v>3460</v>
       </c>
       <c r="E123" t="s">
         <v>3461</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
         <v>3462</v>
       </c>
       <c r="H123" t="s">
         <v>3463</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B124" t="s">
         <v>3464</v>
       </c>
       <c r="C124" t="s">
         <v>3465</v>
       </c>
       <c r="D124" t="s">
         <v>659</v>
       </c>
       <c r="E124" t="s">
         <v>3466</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
         <v>3467</v>
       </c>
       <c r="H124" t="s">
         <v>3468</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B125" t="s">
         <v>3469</v>
       </c>
       <c r="C125" t="s">
         <v>3470</v>
       </c>
       <c r="D125" t="s">
         <v>3471</v>
       </c>
       <c r="E125" t="s">
         <v>3472</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
         <v>3473</v>
       </c>
       <c r="H125" t="s">
         <v>3474</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B126" t="s">
         <v>3475</v>
       </c>
       <c r="C126" t="s">
         <v>3476</v>
       </c>
       <c r="D126" t="s">
         <v>3477</v>
       </c>
       <c r="E126" t="s">
         <v>3478</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
         <v>3479</v>
       </c>
       <c r="H126" t="s">
         <v>3480</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="B127" t="s">
         <v>3481</v>
       </c>
       <c r="C127" t="s">
         <v>3482</v>
       </c>
       <c r="D127" t="s">
         <v>3483</v>
       </c>
       <c r="E127" t="s">
         <v>3484</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
         <v>3485</v>
       </c>
       <c r="H127" t="s">
         <v>3486</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
@@ -30437,2374 +30437,2374 @@
       </c>
       <c r="E12" t="s">
         <v>2210</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>2211</v>
       </c>
       <c r="H12" t="s">
         <v>2212</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>2147</v>
       </c>
       <c r="B13" t="s">
         <v>2213</v>
       </c>
       <c r="C13" t="s">
         <v>2214</v>
       </c>
       <c r="D13" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="E13" t="s">
         <v>2210</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="H13" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>2147</v>
       </c>
       <c r="B14" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="C14" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="D14" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="E14" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="H14" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>2147</v>
       </c>
       <c r="B15" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="C15" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="D15" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="E15" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="H15" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>2147</v>
       </c>
       <c r="B16" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="C16" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="D16" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="E16" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="H16" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>2147</v>
       </c>
       <c r="B17" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="C17" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="D17" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="E17" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="H17" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>2147</v>
       </c>
       <c r="B18" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="C18" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="D18" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="E18" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="H18" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>2147</v>
       </c>
       <c r="B19" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="C19" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="D19" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
       <c r="E19" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="H19" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>2147</v>
       </c>
       <c r="B20" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
       <c r="C20" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="D20" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
       <c r="E20" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="H20" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B2" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="C2" t="s">
-        <v>2259</v>
+        <v>2260</v>
       </c>
       <c r="D2" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
       <c r="E2" t="s">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="H2" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B3" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="C3" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="D3" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="E3" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="H3" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B4" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
       <c r="C4" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="D4" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="E4" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="H4" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B5" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="C5" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="D5" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
       <c r="E5" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
       <c r="H5" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B6" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="C6" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="D6" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="E6" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="H6" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B7" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="C7" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="D7" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="E7" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="H7" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B8" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
       <c r="C8" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="D8" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="E8" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="H8" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B9" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="C9" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="D9" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="E9" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="H9" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B10" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="C10" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="D10" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="E10" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="H10" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B11" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="C11" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="D11" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="E11" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="H11" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B12" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="C12" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="D12" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="E12" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="H12" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B13" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="C13" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="D13" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="E13" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="H13" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B14" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="C14" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="D14" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="E14" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="H14" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B15" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="C15" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="D15" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="E15" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="H15" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B16" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="C16" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="D16" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="E16" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="H16" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B17" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="C17" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="D17" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="E17" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="H17" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B18" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="C18" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="D18" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="E18" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="H18" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B19" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="C19" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="D19" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="E19" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="H19" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B20" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="C20" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="D20" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="E20" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="H20" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B21" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="C21" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="D21" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="E21" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="H21" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B22" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="C22" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="D22" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="E22" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
       <c r="H22" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B23" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="C23" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="D23" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="E23" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="H23" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B24" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="C24" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
       <c r="D24" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="E24" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="H24" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B25" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="C25" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="D25" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="E25" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="H25" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B26" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="C26" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="D26" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="E26" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="H26" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B27" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="C27" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="D27" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="E27" t="s">
-        <v>2409</v>
+        <v>2410</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="H27" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B28" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="C28" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="D28" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="E28" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="H28" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B29" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="C29" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D29" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="E29" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="H29" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B30" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="C30" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="D30" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="E30" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="H30" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B31" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="C31" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="D31" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="E31" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="H31" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="B32" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="C32" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="D32" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="E32" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="H32" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B2" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="C2" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="D2" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="E2" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="H2" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B3" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="C3" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="D3" t="s">
         <v>2150</v>
       </c>
       <c r="E3" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="H3" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B4" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="C4" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="D4" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="E4" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="H4" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B5" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="C5" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="D5" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="E5" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="H5" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B6" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="C6" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="D6" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="E6" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="H6" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B7" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="C7" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
       <c r="D7" t="s">
         <v>2161</v>
       </c>
       <c r="E7" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="H7" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B8" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="C8" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="D8" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="E8" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="H8" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B9" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="C9" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="D9" t="s">
         <v>2161</v>
       </c>
       <c r="E9" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="H9" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B10" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="C10" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="D10" t="s">
         <v>2003</v>
       </c>
       <c r="E10" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="H10" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B11" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="C11" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="D11" t="s">
         <v>286</v>
       </c>
       <c r="E11" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="H11" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B12" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="C12" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="D12" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="E12" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
       <c r="H12" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B13" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>260</v>
       </c>
       <c r="E13" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="H13" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B14" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="C14" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="D14" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="E14" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="H14" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B15" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
       <c r="C15" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="D15" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="E15" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="H15" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B16" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
       <c r="C16" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
       <c r="D16" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="E16" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="H16" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B17" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="C17" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="D17" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="E17" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="H17" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B18" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="C18" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="D18" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="E18" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2527</v>
+        <v>2528</v>
       </c>
       <c r="H18" t="s">
-        <v>2528</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B19" t="s">
-        <v>2529</v>
+        <v>2530</v>
       </c>
       <c r="C19" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="D19" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
       <c r="E19" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="H19" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B20" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="C20" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="D20" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="E20" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
       <c r="H20" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B21" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="C21" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="D21" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="E21" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="H21" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B22" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="C22" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
       <c r="D22" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="E22" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="H22" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B23" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="C23" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="D23" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="E23" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="H23" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B24" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="C24" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="D24" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
       <c r="E24" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="H24" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B25" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="C25" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="D25" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="E25" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="H25" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B26" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="C26" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="H26" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B27" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C27" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
       <c r="D27" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
       <c r="E27" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
       <c r="H27" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B28" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="E28" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="H28" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B29" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="C29" t="s">
-        <v>2587</v>
+        <v>2588</v>
       </c>
       <c r="D29" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
       <c r="E29" t="s">
-        <v>2589</v>
+        <v>2590</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2590</v>
+        <v>2591</v>
       </c>
       <c r="H29" t="s">
-        <v>2591</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B30" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
       <c r="C30" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="D30" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="E30" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2596</v>
+        <v>2597</v>
       </c>
       <c r="H30" t="s">
-        <v>2597</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B31" t="s">
-        <v>2598</v>
+        <v>2599</v>
       </c>
       <c r="C31" t="s">
-        <v>2599</v>
+        <v>2600</v>
       </c>
       <c r="D31" t="s">
-        <v>2600</v>
+        <v>2601</v>
       </c>
       <c r="E31" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2602</v>
+        <v>2603</v>
       </c>
       <c r="H31" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B32" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="C32" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="H32" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B33" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="C33" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="D33" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
       <c r="E33" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="H33" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B34" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="C34" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="D34" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="E34" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="H34" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B35" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="C35" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="D35" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="E35" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="H35" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B36" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
       <c r="C36" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
       <c r="D36" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="E36" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="H36" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B37" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="C37" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="D37" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="E37" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="H37" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B38" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
       <c r="C38" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="D38" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="E38" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="H38" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B39" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
       <c r="C39" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="D39" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="E39" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="H39" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B40" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
       <c r="C40" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
       <c r="D40" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="E40" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
       <c r="H40" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B41" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
       <c r="C41" t="s">
-        <v>2658</v>
+        <v>2659</v>
       </c>
       <c r="D41" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="E41" t="s">
-        <v>2659</v>
+        <v>2660</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2660</v>
+        <v>2661</v>
       </c>
       <c r="H41" t="s">
-        <v>2661</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B42" t="s">
-        <v>2662</v>
+        <v>2663</v>
       </c>
       <c r="C42" t="s">
-        <v>2663</v>
+        <v>2664</v>
       </c>
       <c r="D42" t="s">
-        <v>2664</v>
+        <v>2665</v>
       </c>
       <c r="E42" t="s">
-        <v>2665</v>
+        <v>2666</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2666</v>
+        <v>2667</v>
       </c>
       <c r="H42" t="s">
-        <v>2667</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B43" t="s">
-        <v>2668</v>
+        <v>2669</v>
       </c>
       <c r="C43" t="s">
-        <v>2669</v>
+        <v>2670</v>
       </c>
       <c r="D43" t="s">
-        <v>2670</v>
+        <v>2671</v>
       </c>
       <c r="E43" t="s">
-        <v>2671</v>
+        <v>2672</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2672</v>
+        <v>2673</v>
       </c>
       <c r="H43" t="s">
-        <v>2673</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B44" t="s">
-        <v>2674</v>
+        <v>2675</v>
       </c>
       <c r="C44" t="s">
-        <v>2675</v>
+        <v>2676</v>
       </c>
       <c r="D44" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="E44" t="s">
-        <v>2676</v>
+        <v>2677</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2677</v>
+        <v>2678</v>
       </c>
       <c r="H44" t="s">
-        <v>2678</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B45" t="s">
-        <v>2679</v>
+        <v>2680</v>
       </c>
       <c r="C45" t="s">
-        <v>2680</v>
+        <v>2681</v>
       </c>
       <c r="D45" t="s">
-        <v>2681</v>
+        <v>2682</v>
       </c>
       <c r="E45" t="s">
-        <v>2682</v>
+        <v>2683</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2683</v>
+        <v>2684</v>
       </c>
       <c r="H45" t="s">
-        <v>2684</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B46" t="s">
-        <v>2685</v>
+        <v>2686</v>
       </c>
       <c r="C46" t="s">
-        <v>2686</v>
+        <v>2687</v>
       </c>
       <c r="D46" t="s">
-        <v>2687</v>
+        <v>2688</v>
       </c>
       <c r="E46" t="s">
-        <v>2688</v>
+        <v>2689</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2689</v>
+        <v>2690</v>
       </c>
       <c r="H46" t="s">
-        <v>2690</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B47" t="s">
-        <v>2691</v>
+        <v>2692</v>
       </c>
       <c r="C47" t="s">
-        <v>2692</v>
+        <v>2693</v>
       </c>
       <c r="D47" t="s">
-        <v>2693</v>
+        <v>2694</v>
       </c>
       <c r="E47" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2695</v>
+        <v>2696</v>
       </c>
       <c r="H47" t="s">
-        <v>2696</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B48" t="s">
-        <v>2697</v>
+        <v>2698</v>
       </c>
       <c r="C48" t="s">
-        <v>2698</v>
+        <v>2699</v>
       </c>
       <c r="D48" t="s">
-        <v>2699</v>
+        <v>2700</v>
       </c>
       <c r="E48" t="s">
-        <v>2700</v>
+        <v>2701</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2701</v>
+        <v>2702</v>
       </c>
       <c r="H48" t="s">
-        <v>2702</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B49" t="s">
-        <v>2703</v>
+        <v>2704</v>
       </c>
       <c r="C49" t="s">
-        <v>2704</v>
+        <v>2705</v>
       </c>
       <c r="D49" t="s">
-        <v>2705</v>
+        <v>2706</v>
       </c>
       <c r="E49" t="s">
-        <v>2706</v>
+        <v>2707</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2707</v>
+        <v>2708</v>
       </c>
       <c r="H49" t="s">
-        <v>2708</v>
+        <v>2709</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>