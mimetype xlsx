--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -1,331 +1,1699 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="847" uniqueCount="520">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Expérience patient et savoir expérientiel : deux notions à clarifier pour développer l’engagement ou la participation</t>
+  </si>
+  <si>
+    <t>Les concepts d’expérience patient et de savoir expérientiel se sont développés autour de l’engagement des usagers ou de la participation des personnes accompagnées. Leur sens est peu explicité et ils sont parfois confondus. Ce guide pédagogique définit ces concepts et identifie dans quelles conditions ils peuvent renforcer le pouvoir d’agir des personnes concernées et le partenariat entre usagers et professionnels.</t>
+  </si>
+  <si>
+    <t>09/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2025 10:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3602447/fr/experience-patient-et-savoir-experientiel-deux-notions-a-clarifier-pour-developper-l-engagement-ou-la-participation</t>
+  </si>
+  <si>
+    <t>p_3602447</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Avis AUDIOPROTHESES</t>
+  </si>
+  <si>
+    <t>01/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 12:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_661995/fr/avis-audioprotheses</t>
+  </si>
+  <si>
+    <t>c_661995</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
+  </si>
+  <si>
+    <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Examens basés sur l’ADN libre circulant réalisés dans le cadre du dépistage de la trisomie 21. Opportunité du repérage d’autres anomalies chromosomiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence du repérage d’autres anomalies chromosomiques par les examens basés sur l’ADN fœtal libre circulant (ADNflc) dans le sang maternel, réalisés dans le cadre du dépistage de la trisomie 21. La HAS recommande la recherche des trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 et 22 et les anomalies segmentaires non cryptiques par tests ADNflc. L’extension des indications des examens par ADNflc aux femmes présentant un risque augmenté d’aneuploïdies (autre que la T21) est également recommandée.</t>
+  </si>
+  <si>
+    <t>26/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
+  </si>
+  <si>
+    <t>p_3545370</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à méningocoques : Révision de la stratégie contre les sérogroupes ACWY et B</t>
+  </si>
+  <si>
+    <t>La HAS établit la stratégie de vaccination contre les infections invasives à méningocoque, sérogroupes ACWY et B.</t>
+  </si>
+  <si>
+    <t>07/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/03/2024 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460601/fr/strategie-de-vaccination-contre-les-infections-invasives-a-meningocoques-revision-de-la-strategie-contre-les-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>p_3460601</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère par la technique de quantification des TRECs en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit immunitaire combiné sévère (DICS) est un groupe de maladies génétiques rares mais graves : sans traitement, la plupart des enfants atteints décèdent d’infections dans la première année de vie. Le dépistage du DICS à la naissance permettrait de réduire l’errance diagnostique des enfants atteints, de poser un diagnostic précoce et de mettre en place au plus vite une prise en charge appropriée. A l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le dépistage du DICS dans le programme national de dépistage néonatal, sous la condition d’une évaluation obligatoire à cinq ans et d’évaluations intermédiaires régulières.</t>
+  </si>
+  <si>
+    <t>20/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2022 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312418/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-par-la-technique-de-quantification-des-trecs-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3312418</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Autotests de dépistage du VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une liste de questions et réponses pratiques pour accompagner les utilisateurs potentiels d’autotests de dépistage du VIH dans leur démarche de dépistage.</t>
+  </si>
+  <si>
+    <t>11/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768844/fr/autotests-de-depistage-du-vih</t>
+  </si>
+  <si>
+    <t>c_1768844</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
+    <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
+  </si>
+  <si>
+    <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3261731</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Acquisition d'une aide technique : quels acteurs ? quel processus ?</t>
+  </si>
+  <si>
+    <t>Le droit à la compensation est au cœur de la loi n°2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées ». Cette loi institue une démarche d’évaluation des situation de handicap centrée sur le « projet de vie » des personnes, fondée sur le droit universel de chacun à disposer des moyens pour compenser les conséquences de la maladie ou de l’accident de vie.</t>
+  </si>
+  <si>
+    <t>25/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614534/fr/acquisition-d-une-aide-technique-quels-acteurs-quel-processus</t>
+  </si>
+  <si>
+    <t>c_614534</t>
+  </si>
+  <si>
+    <t>Adaptation de l’accompagnement aux attentes et besoins des travailleurs handicapés en Esat</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objet d’identifier les solutions mises en œuvres au sein des ESAT et celles travaillées avec leur environnement en vue de construire des réponses adaptées aux besoins et attentes des personnes accompagnées. Elle concerne les 1 400 ESAT existants quelque soit le public accueilli. Cependant, elle questionne particulièrement les adaptations de l’accompagnement des usagers d’ESAT en fonction des évolutions identifiées dans le secteur : évolution du public en termes d’âge et de handicap.</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836327/fr/adaptation-de-l-accompagnement-aux-attentes-et-besoins-des-travailleurs-handicapes-en-esat</t>
+  </si>
+  <si>
+    <t>c_2836327</t>
+  </si>
+  <si>
+    <t>Protocole type d'examen autopsique foetal ou néonatal</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce protocole type sont : - d'harmoniser les pratiques professionnelles en matière d’examen autopsique fœtal ou néonatal - d'aider les professionnels de santé concernés à rechercher et définir aussi précisément que possible la cause de la mort du fœtus, de l’enfant déclaré sans vie, voire de l’enfant né vivant puis décédé, ou d’identifier et confirmer la pathologie ayant justifié la réalisation d’une interruption de grossesse pour motif médical (IMG).</t>
+  </si>
+  <si>
+    <t>04/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747470/fr/protocole-type-d-examen-autopsique-foetal-ou-neonatal</t>
+  </si>
+  <si>
+    <t>c_1747470</t>
+  </si>
+  <si>
+    <t>Accompagner la personne nécessitant une mesure de protection juridique</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2025 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343657/fr/accompagner-la-personne-necessitant-une-mesure-de-protection-juridique</t>
+  </si>
+  <si>
+    <t>p_3343657</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des appareils électroniques correcteurs de surdité</t>
+  </si>
+  <si>
+    <t>Cette révision a pour objectif de s’assurer du bien fondé du renouvellement de leur remboursement. Elle vise à définir médicalement chaque description générique par des indications précises et des conditions de prescription et d’utilisation, afin de préciser la place dans la stratégie thérapeutique de chacune d’entre elles.</t>
+  </si>
+  <si>
+    <t>26/11/2008 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702730/fr/evaluation-des-appareils-electroniques-correcteurs-de-surdite</t>
+  </si>
+  <si>
+    <t>c_702730</t>
+  </si>
+  <si>
+    <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
+  </si>
+  <si>
+    <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
+  </si>
+  <si>
+    <t>c_2641074</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3491330</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Évaluation des systèmes implantables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réaliser une évaluation de l’efficacité et de la sécurité des systèmes implantables de neurostimulation médullaire destinés au traitement des douleurs chroniques et actualiser leurs indications, leur place dans la stratégie thérapeutique et les conditions de réalisation de la technique. Cette évaluation clarifie également les données cliniques minimales attendues par la Commission Nationale d’Evaluation des Dispositifs Médicaux et des Technologies de Santé (CNEDiMTS) pour toute demande de remboursement de nouveau système qui lui serait soumise.</t>
+  </si>
+  <si>
+    <t>01/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/fr/evaluation-des-systemes-implantables-de-neurostimulation-medullaire</t>
+  </si>
+  <si>
+    <t>c_1351767</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Évaluation de la Stimulation Phrénique Implantée</t>
+  </si>
+  <si>
+    <t>Les dispositifs de stimulation phrénique sont des dispositifs d’assistance respiratoire implantée définitive, destinés aux patients dont la commande respiratoire est atteinte alors que le système neuromusculaire périphérique est intact. Selon les technologies, la stimulation porte sur la portion thoracique du nerf phrénique (stimulateurs phréniques intrathoraciques) ou au niveau des points moteurs du nerf phrénique situés sur le diaphragme (stimulateurs phréniques intradiaphragmatiques). L’objectif de ce travail est d’évaluer l’intérêt clinique des différents dispositifs de stimulation phrénique implantés et des actes qui leur sont associés et d’en définir, en vue du remboursement : - les indications ; - les conditions de prise en charge : modalités d’implantation et de suivi ; - les données cliniques complémentaires nécessaires.</t>
+  </si>
+  <si>
+    <t>01/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2009 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_797191/fr/evaluation-de-la-stimulation-phrenique-implantee</t>
+  </si>
+  <si>
+    <t>c_797191</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 14 février 2018</t>
+  </si>
+  <si>
+    <t>09/02/2018 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826739/fr/college-deliberatif-du-14-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2826739</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 10/09/2019</t>
+  </si>
+  <si>
+    <t>17/12/2019 16:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135431/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-10/09/2019</t>
+  </si>
+  <si>
+    <t>p_3135431</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 avril 2022</t>
+  </si>
+  <si>
+    <t>05/04/2022 12:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494672/fr/college-deliberatif-du-7-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3494672</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 03 juillet 2018</t>
+  </si>
+  <si>
+    <t>31/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901732/fr/csms-reunion-du-03-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2901732</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 21 avril 2020</t>
+  </si>
+  <si>
+    <t>03/06/2020 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187653/fr/ceesp-reunion-du-21-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3187653</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 30/01/2024</t>
+  </si>
+  <si>
+    <t>11/12/2023 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478213/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-30/01/2024</t>
+  </si>
+  <si>
+    <t>p_3478213</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 26 septembre 2017</t>
+  </si>
+  <si>
+    <t>26/09/2017 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795884/fr/ctv-reunion-du-26-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2795884</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 17 mai 2023</t>
+  </si>
+  <si>
+    <t>04/07/2023 17:25:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449142/fr/pv-du-college-deliberatif-du-17-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3449142</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 février 2024</t>
+  </si>
+  <si>
+    <t>29/02/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498509/fr/college-deliberatif-du-29-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3498509</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 19 mars 2019</t>
+  </si>
+  <si>
+    <t>06/04/2020 16:59:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912554/fr/csms-reunion-du-19-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2912554</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Dispositif d’évaluation de la qualité des établissements et services sociaux et médico-sociaux : bilan annuel 2024</t>
+  </si>
+  <si>
+    <t>Depuis 2002, les ESSMS sont tenus de faire procéder à une évaluation de la qualité des prestations qu’ils délivrent aux personnes accompagnées. La démarche, rénovée, s’ancre aujourd’hui dans l’objectif plus large d’amplifier la dynamique d’amélioration continue de la qualité dans les structures pour répondre au plus près aux besoins des publics concernés, tout en respectant leurs attentes.</t>
+  </si>
+  <si>
+    <t>03/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2025 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634116/fr/dispositif-d-evaluation-de-la-qualite-des-etablissements-et-services-sociaux-et-medico-sociaux-bilan-annuel-2024</t>
+  </si>
+  <si>
+    <t>p_3634116</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de BEXSERO®</t>
+  </si>
+  <si>
+    <t>Les infections invasives à méningocoques sont des infections transmissibles graves, qui peuvent être rapidement fatales. En France, elles sont majoritairement liées aux méningocoques de sérogroupe B. BEXSERO® est le premier vaccin anti-méningococcique ciblant des souches pathogènes du sérogroupe B à avoir obtenu une AMM en Europe, en janvier 2013. Il est indiqué chez les personnes âgées de 2 mois et plus. Dans le contexte de la simplification du schéma de vaccination pour différentes tranches d’âge et de l’évolution épidémiologique de ces infections, la Haute Autorité de Santé a évalué l’opportunité de modifier la stratégie de prévention des infections invasives à méningocoques et a précisé la place de BEXSERO® dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066921/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-bexsero</t>
+  </si>
+  <si>
+    <t>p_3066921</t>
+  </si>
+  <si>
+    <t>Recommandation sur l’élargissement de la vaccination contre les papillomavirus aux garçons</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS est favorable à l’élargissement de la vaccination contre les papillomavirus chez les garçons dans le calendrier vaccinal français.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
   </si>
   <si>
     <t>p_3116022</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...35 lines deleted...]
-    <t>p_3453213</t>
+    <t>Révision de la stratégie de vaccination contre la grippe saisonnière : évaluation de la pertinence de l’extension de la vaccination chez les enfants sans comorbidité</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS en janvier 2022 pour qu’elle évalue l’intérêt de l’extension de la vaccination contre la grippe saisonnière aux enfants sans comorbidité Au terme de son évaluation, la HAS recommande que la vaccination contre la grippe saisonnière puisse être proposée chaque année aux enfants sans comorbidités âgés de 2 à 17 ans révolus, sans qu’elle soit rendue obligatoire. Dans cette tranche d’âge, la HAS recommande d’utiliser préférentiellement le vaccin administré par voie intranasale Fluenz Tetra, compte tenu de la meilleure acceptabilité de ce vaccin chez l’enfant du fait de la non-utilisation d’aiguille.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2023 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350703/fr/revision-de-la-strategie-de-vaccination-contre-la-grippe-saisonniere-evaluation-de-la-pertinence-de-l-extension-de-la-vaccination-chez-les-enfants-sans-comorbidite</t>
+  </si>
+  <si>
+    <t>p_3350703</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
+  </si>
+  <si>
+    <t>L’alcool est un sujet de santé pour tous. Le professionnel de premier recours est un acteur privilégié pour toucher l’ensemble de la population et accompagner chaque personne au plus près de sa réalité de vie et de ses usages d’alcool. La HAS a élaboré plusieurs documents pour aider les professionnels et tous les acteurs qui contribuent à la santé à agir dès le premier recours via une repérage systématique, précoce et régulier de tous les usages et un accompagnement de chaque personne quelle que soit sa situation en s’appuyant sur un réseau de partenaires.</t>
+  </si>
+  <si>
+    <t>26/10/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326877/fr/agir-en-premier-recours-pour-diminuer-le-risque-alcool-reperer-tous-les-usages-et-accompagner-chaque-personne</t>
+  </si>
+  <si>
+    <t>p_3326877</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Papillomavirus : la vaccination recommandée pour tous les garçons</t>
+  </si>
+  <si>
+    <t>En 2020, la vaccination contre le HPV devrait concernée tous les garçons de 11 à 14 ans. Un rattrapage sera possible jusqu’à 19 ans.</t>
+  </si>
+  <si>
+    <t>24/01/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147966/fr/papillomavirus-la-vaccination-recommandee-pour-tous-les-garcons</t>
+  </si>
+  <si>
+    <t>p_3147966</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
+  </si>
+  <si>
+    <t>État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée</t>
+  </si>
+  <si>
+    <t>Le document de synthèse intitulé « État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée », à destination principale du décideur public, a pour objectif d’identifier des leviers d’action afin de faciliter l’accès et le choix d’une contraception adaptée. Il s’adresse également aux professionnels de santé et au grand public.</t>
+  </si>
+  <si>
+    <t>15/05/2013 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545927/fr/etat-des-lieux-des-pratiques-contraceptives-et-des-freins-a-l-acces-et-au-choix-d-une-contraception-adaptee</t>
+  </si>
+  <si>
+    <t>c_1545927</t>
+  </si>
+  <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -339,277 +1707,2880 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B2" t="s">
+        <v>485</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>486</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>487</v>
+      </c>
+      <c r="H2" t="s">
+        <v>488</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>484</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>489</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>490</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>491</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>492</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>493</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>484</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>494</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>495</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>496</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>497</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>498</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>499</v>
+      </c>
+      <c r="B2" t="s">
+        <v>500</v>
+      </c>
+      <c r="C2" t="s">
+        <v>501</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>502</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>503</v>
+      </c>
+      <c r="H2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>499</v>
+      </c>
+      <c r="B3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C3" t="s">
+        <v>506</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>507</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>508</v>
+      </c>
+      <c r="H3" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B4" t="s">
+        <v>510</v>
+      </c>
+      <c r="C4" t="s">
+        <v>511</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>512</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>513</v>
+      </c>
+      <c r="H4" t="s">
+        <v>514</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>499</v>
+      </c>
+      <c r="B5" t="s">
+        <v>515</v>
+      </c>
+      <c r="C5" t="s">
+        <v>516</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>517</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>518</v>
+      </c>
+      <c r="H5" t="s">
+        <v>519</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
         <v>29</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="H6" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D7" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="H7" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="H8" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="C9" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="H9" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="D10" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="E10" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="H10" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="H11" t="s">
-        <v>73</v>
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>89</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>90</v>
+      </c>
+      <c r="H12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>95</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>96</v>
+      </c>
+      <c r="H13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>101</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>102</v>
+      </c>
+      <c r="H14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>107</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>108</v>
+      </c>
+      <c r="H15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C2" t="s">
+        <v>112</v>
+      </c>
+      <c r="D2" t="s">
+        <v>113</v>
+      </c>
+      <c r="E2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H2" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D3" t="s">
+        <v>119</v>
+      </c>
+      <c r="E3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>121</v>
+      </c>
+      <c r="H3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D4" t="s">
+        <v>125</v>
+      </c>
+      <c r="E4" t="s">
+        <v>126</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>127</v>
+      </c>
+      <c r="H4" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E5" t="s">
+        <v>132</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>133</v>
+      </c>
+      <c r="H5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>139</v>
+      </c>
+      <c r="H6" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B7" t="s">
+        <v>141</v>
+      </c>
+      <c r="C7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D7" t="s">
+        <v>143</v>
+      </c>
+      <c r="E7" t="s">
+        <v>144</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>145</v>
+      </c>
+      <c r="H7" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>110</v>
+      </c>
+      <c r="B8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D8" t="s">
+        <v>149</v>
+      </c>
+      <c r="E8" t="s">
+        <v>150</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>151</v>
+      </c>
+      <c r="H8" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>110</v>
+      </c>
+      <c r="B9" t="s">
+        <v>153</v>
+      </c>
+      <c r="C9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D9" t="s">
+        <v>155</v>
+      </c>
+      <c r="E9" t="s">
+        <v>156</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>157</v>
+      </c>
+      <c r="H9" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>110</v>
+      </c>
+      <c r="B10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C10" t="s">
+        <v>160</v>
+      </c>
+      <c r="D10" t="s">
+        <v>161</v>
+      </c>
+      <c r="E10" t="s">
+        <v>162</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>163</v>
+      </c>
+      <c r="H10" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B11" t="s">
+        <v>165</v>
+      </c>
+      <c r="C11" t="s">
+        <v>166</v>
+      </c>
+      <c r="D11" t="s">
+        <v>167</v>
+      </c>
+      <c r="E11" t="s">
+        <v>168</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>169</v>
+      </c>
+      <c r="H11" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>110</v>
+      </c>
+      <c r="B12" t="s">
+        <v>171</v>
+      </c>
+      <c r="C12" t="s">
+        <v>172</v>
+      </c>
+      <c r="D12" t="s">
+        <v>173</v>
+      </c>
+      <c r="E12" t="s">
+        <v>174</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>175</v>
+      </c>
+      <c r="H12" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>177</v>
+      </c>
+      <c r="C13" t="s">
+        <v>178</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>179</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>180</v>
+      </c>
+      <c r="H13" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>182</v>
+      </c>
+      <c r="C14" t="s">
+        <v>183</v>
+      </c>
+      <c r="D14" t="s">
+        <v>184</v>
+      </c>
+      <c r="E14" t="s">
+        <v>185</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>186</v>
+      </c>
+      <c r="H14" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>188</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>189</v>
+      </c>
+      <c r="E15" t="s">
+        <v>190</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>191</v>
+      </c>
+      <c r="H15" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>193</v>
+      </c>
+      <c r="C16" t="s">
+        <v>194</v>
+      </c>
+      <c r="D16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E16" t="s">
+        <v>196</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>197</v>
+      </c>
+      <c r="H16" t="s">
+        <v>198</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>199</v>
+      </c>
+      <c r="B2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D2" t="s">
+        <v>202</v>
+      </c>
+      <c r="E2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>204</v>
+      </c>
+      <c r="H2" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C3" t="s">
+        <v>207</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H3" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B4" t="s">
+        <v>211</v>
+      </c>
+      <c r="C4" t="s">
+        <v>212</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>213</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>214</v>
+      </c>
+      <c r="H4" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>199</v>
+      </c>
+      <c r="B5" t="s">
+        <v>216</v>
+      </c>
+      <c r="C5" t="s">
+        <v>217</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>218</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>219</v>
+      </c>
+      <c r="H5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B6" t="s">
+        <v>221</v>
+      </c>
+      <c r="C6" t="s">
+        <v>222</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>223</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>224</v>
+      </c>
+      <c r="H6" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>199</v>
+      </c>
+      <c r="B7" t="s">
+        <v>221</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>226</v>
+      </c>
+      <c r="E7" t="s">
+        <v>227</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>228</v>
+      </c>
+      <c r="H7" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>199</v>
+      </c>
+      <c r="B8" t="s">
+        <v>230</v>
+      </c>
+      <c r="C8" t="s">
+        <v>231</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>232</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>233</v>
+      </c>
+      <c r="H8" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>199</v>
+      </c>
+      <c r="B9" t="s">
+        <v>235</v>
+      </c>
+      <c r="C9" t="s">
+        <v>236</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>237</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>238</v>
+      </c>
+      <c r="H9" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>199</v>
+      </c>
+      <c r="B10" t="s">
+        <v>240</v>
+      </c>
+      <c r="C10" t="s">
+        <v>241</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>242</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>243</v>
+      </c>
+      <c r="H10" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>199</v>
+      </c>
+      <c r="B11" t="s">
+        <v>245</v>
+      </c>
+      <c r="C11" t="s">
+        <v>246</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>247</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>248</v>
+      </c>
+      <c r="H11" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>199</v>
+      </c>
+      <c r="B12" t="s">
+        <v>250</v>
+      </c>
+      <c r="C12" t="s">
+        <v>251</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>252</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>253</v>
+      </c>
+      <c r="H12" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>199</v>
+      </c>
+      <c r="B13" t="s">
+        <v>255</v>
+      </c>
+      <c r="C13" t="s">
+        <v>256</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>257</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>258</v>
+      </c>
+      <c r="H13" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>199</v>
+      </c>
+      <c r="B14" t="s">
+        <v>260</v>
+      </c>
+      <c r="C14" t="s">
+        <v>261</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>262</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>263</v>
+      </c>
+      <c r="H14" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>199</v>
+      </c>
+      <c r="B15" t="s">
+        <v>265</v>
+      </c>
+      <c r="C15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>267</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>268</v>
+      </c>
+      <c r="H15" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>199</v>
+      </c>
+      <c r="B16" t="s">
+        <v>270</v>
+      </c>
+      <c r="C16" t="s">
+        <v>271</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>272</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>273</v>
+      </c>
+      <c r="H16" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>199</v>
+      </c>
+      <c r="B17" t="s">
+        <v>275</v>
+      </c>
+      <c r="C17" t="s">
+        <v>276</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>267</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>277</v>
+      </c>
+      <c r="H17" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>199</v>
+      </c>
+      <c r="B18" t="s">
+        <v>279</v>
+      </c>
+      <c r="C18" t="s">
+        <v>280</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>281</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>282</v>
+      </c>
+      <c r="H18" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>199</v>
+      </c>
+      <c r="B19" t="s">
+        <v>284</v>
+      </c>
+      <c r="C19" t="s">
+        <v>285</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>286</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>287</v>
+      </c>
+      <c r="H19" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>199</v>
+      </c>
+      <c r="B20" t="s">
+        <v>289</v>
+      </c>
+      <c r="C20" t="s">
+        <v>290</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>242</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>291</v>
+      </c>
+      <c r="H20" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>199</v>
+      </c>
+      <c r="B21" t="s">
+        <v>293</v>
+      </c>
+      <c r="C21" t="s">
+        <v>294</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>295</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>296</v>
+      </c>
+      <c r="H21" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>199</v>
+      </c>
+      <c r="B22" t="s">
+        <v>298</v>
+      </c>
+      <c r="C22" t="s">
+        <v>299</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>300</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>301</v>
+      </c>
+      <c r="H22" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>199</v>
+      </c>
+      <c r="B23" t="s">
+        <v>303</v>
+      </c>
+      <c r="C23" t="s">
+        <v>304</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>305</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>306</v>
+      </c>
+      <c r="H23" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>199</v>
+      </c>
+      <c r="B24" t="s">
+        <v>308</v>
+      </c>
+      <c r="C24" t="s">
+        <v>309</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>310</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>311</v>
+      </c>
+      <c r="H24" t="s">
+        <v>312</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B2" t="s">
+        <v>314</v>
+      </c>
+      <c r="C2" t="s">
+        <v>315</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>316</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>317</v>
+      </c>
+      <c r="H2" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B3" t="s">
+        <v>319</v>
+      </c>
+      <c r="C3" t="s">
+        <v>320</v>
+      </c>
+      <c r="D3" t="s">
+        <v>321</v>
+      </c>
+      <c r="E3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>323</v>
+      </c>
+      <c r="H3" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>313</v>
+      </c>
+      <c r="B4" t="s">
+        <v>325</v>
+      </c>
+      <c r="C4" t="s">
+        <v>326</v>
+      </c>
+      <c r="D4" t="s">
+        <v>327</v>
+      </c>
+      <c r="E4" t="s">
+        <v>328</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>329</v>
+      </c>
+      <c r="H4" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>313</v>
+      </c>
+      <c r="B5" t="s">
+        <v>331</v>
+      </c>
+      <c r="C5" t="s">
+        <v>332</v>
+      </c>
+      <c r="D5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E5" t="s">
+        <v>334</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>335</v>
+      </c>
+      <c r="H5" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>313</v>
+      </c>
+      <c r="B6" t="s">
+        <v>337</v>
+      </c>
+      <c r="C6" t="s">
+        <v>338</v>
+      </c>
+      <c r="D6" t="s">
+        <v>339</v>
+      </c>
+      <c r="E6" t="s">
+        <v>340</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>341</v>
+      </c>
+      <c r="H6" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>313</v>
+      </c>
+      <c r="B7" t="s">
+        <v>343</v>
+      </c>
+      <c r="C7" t="s">
+        <v>344</v>
+      </c>
+      <c r="D7" t="s">
+        <v>339</v>
+      </c>
+      <c r="E7" t="s">
+        <v>340</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>345</v>
+      </c>
+      <c r="H7" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>313</v>
+      </c>
+      <c r="B8" t="s">
+        <v>347</v>
+      </c>
+      <c r="C8" t="s">
+        <v>348</v>
+      </c>
+      <c r="D8" t="s">
+        <v>349</v>
+      </c>
+      <c r="E8" t="s">
+        <v>350</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>351</v>
+      </c>
+      <c r="H8" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>313</v>
+      </c>
+      <c r="B9" t="s">
+        <v>353</v>
+      </c>
+      <c r="C9" t="s">
+        <v>354</v>
+      </c>
+      <c r="D9" t="s">
+        <v>167</v>
+      </c>
+      <c r="E9" t="s">
+        <v>355</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>356</v>
+      </c>
+      <c r="H9" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>313</v>
+      </c>
+      <c r="B10" t="s">
+        <v>358</v>
+      </c>
+      <c r="C10" t="s">
+        <v>359</v>
+      </c>
+      <c r="D10" t="s">
+        <v>360</v>
+      </c>
+      <c r="E10" t="s">
+        <v>361</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>362</v>
+      </c>
+      <c r="H10" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>313</v>
+      </c>
+      <c r="B11" t="s">
+        <v>364</v>
+      </c>
+      <c r="C11" t="s">
+        <v>365</v>
+      </c>
+      <c r="D11" t="s">
+        <v>366</v>
+      </c>
+      <c r="E11" t="s">
+        <v>367</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>368</v>
+      </c>
+      <c r="H11" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>313</v>
+      </c>
+      <c r="B12" t="s">
+        <v>370</v>
+      </c>
+      <c r="C12" t="s">
+        <v>371</v>
+      </c>
+      <c r="D12" t="s">
+        <v>372</v>
+      </c>
+      <c r="E12" t="s">
+        <v>373</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>374</v>
+      </c>
+      <c r="H12" t="s">
+        <v>375</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>377</v>
+      </c>
+      <c r="B2" t="s">
+        <v>378</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>379</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>380</v>
+      </c>
+      <c r="H2" t="s">
+        <v>381</v>
+      </c>
+      <c r="I2" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B3" t="s">
+        <v>383</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>385</v>
+      </c>
+      <c r="H3" t="s">
+        <v>386</v>
+      </c>
+      <c r="I3" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>377</v>
+      </c>
+      <c r="B4" t="s">
+        <v>387</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>388</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>389</v>
+      </c>
+      <c r="H4" t="s">
+        <v>390</v>
+      </c>
+      <c r="I4" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>377</v>
+      </c>
+      <c r="B5" t="s">
+        <v>391</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>392</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>393</v>
+      </c>
+      <c r="H5" t="s">
+        <v>394</v>
+      </c>
+      <c r="I5" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>377</v>
+      </c>
+      <c r="B6" t="s">
+        <v>395</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>396</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>397</v>
+      </c>
+      <c r="H6" t="s">
+        <v>398</v>
+      </c>
+      <c r="I6" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>377</v>
+      </c>
+      <c r="B7" t="s">
+        <v>399</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>400</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>401</v>
+      </c>
+      <c r="H7" t="s">
+        <v>402</v>
+      </c>
+      <c r="I7" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>377</v>
+      </c>
+      <c r="B8" t="s">
+        <v>403</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>404</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>405</v>
+      </c>
+      <c r="H8" t="s">
+        <v>406</v>
+      </c>
+      <c r="I8" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>377</v>
+      </c>
+      <c r="B9" t="s">
+        <v>407</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>408</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>409</v>
+      </c>
+      <c r="H9" t="s">
+        <v>410</v>
+      </c>
+      <c r="I9" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>377</v>
+      </c>
+      <c r="B10" t="s">
+        <v>411</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>412</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>413</v>
+      </c>
+      <c r="H10" t="s">
+        <v>414</v>
+      </c>
+      <c r="I10" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>377</v>
+      </c>
+      <c r="B11" t="s">
+        <v>415</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>416</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>417</v>
+      </c>
+      <c r="H11" t="s">
+        <v>418</v>
+      </c>
+      <c r="I11" t="s">
+        <v>382</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>419</v>
+      </c>
+      <c r="B2" t="s">
+        <v>420</v>
+      </c>
+      <c r="C2" t="s">
+        <v>421</v>
+      </c>
+      <c r="D2" t="s">
+        <v>422</v>
+      </c>
+      <c r="E2" t="s">
+        <v>423</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>424</v>
+      </c>
+      <c r="H2" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>419</v>
+      </c>
+      <c r="B3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C3" t="s">
+        <v>427</v>
+      </c>
+      <c r="D3" t="s">
+        <v>428</v>
+      </c>
+      <c r="E3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>430</v>
+      </c>
+      <c r="H3" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>419</v>
+      </c>
+      <c r="B4" t="s">
+        <v>432</v>
+      </c>
+      <c r="C4" t="s">
+        <v>433</v>
+      </c>
+      <c r="D4" t="s">
+        <v>434</v>
+      </c>
+      <c r="E4" t="s">
+        <v>435</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>436</v>
+      </c>
+      <c r="H4" t="s">
+        <v>437</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>438</v>
+      </c>
+      <c r="B2" t="s">
+        <v>439</v>
+      </c>
+      <c r="C2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D2" t="s">
+        <v>441</v>
+      </c>
+      <c r="E2" t="s">
+        <v>442</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>443</v>
+      </c>
+      <c r="H2" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>438</v>
+      </c>
+      <c r="B3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C3" t="s">
+        <v>446</v>
+      </c>
+      <c r="D3" t="s">
+        <v>447</v>
+      </c>
+      <c r="E3" t="s">
+        <v>448</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>449</v>
+      </c>
+      <c r="H3" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>438</v>
+      </c>
+      <c r="B4" t="s">
+        <v>451</v>
+      </c>
+      <c r="C4" t="s">
+        <v>452</v>
+      </c>
+      <c r="D4" t="s">
+        <v>137</v>
+      </c>
+      <c r="E4" t="s">
+        <v>453</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>454</v>
+      </c>
+      <c r="H4" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>438</v>
+      </c>
+      <c r="B5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C5" t="s">
+        <v>457</v>
+      </c>
+      <c r="D5" t="s">
+        <v>458</v>
+      </c>
+      <c r="E5" t="s">
+        <v>459</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>460</v>
+      </c>
+      <c r="H5" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B6" t="s">
+        <v>462</v>
+      </c>
+      <c r="C6" t="s">
+        <v>463</v>
+      </c>
+      <c r="D6" t="s">
+        <v>464</v>
+      </c>
+      <c r="E6" t="s">
+        <v>465</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>466</v>
+      </c>
+      <c r="H6" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>438</v>
+      </c>
+      <c r="B7" t="s">
+        <v>468</v>
+      </c>
+      <c r="C7" t="s">
+        <v>469</v>
+      </c>
+      <c r="D7" t="s">
+        <v>470</v>
+      </c>
+      <c r="E7" t="s">
+        <v>471</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>472</v>
+      </c>
+      <c r="H7" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>438</v>
+      </c>
+      <c r="B8" t="s">
+        <v>474</v>
+      </c>
+      <c r="C8" t="s">
+        <v>475</v>
+      </c>
+      <c r="D8" t="s">
+        <v>476</v>
+      </c>
+      <c r="E8" t="s">
+        <v>477</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>478</v>
+      </c>
+      <c r="H8" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>438</v>
+      </c>
+      <c r="B9" t="s">
+        <v>480</v>
+      </c>
+      <c r="C9" t="s">
+        <v>481</v>
+      </c>
+      <c r="D9" t="s">
+        <v>441</v>
+      </c>
+      <c r="E9" t="s">
+        <v>442</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>482</v>
+      </c>
+      <c r="H9" t="s">
+        <v>483</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>