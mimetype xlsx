--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -1,828 +1,339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...2 lines deleted...]
-    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
+  </si>
+  <si>
+    <t>This assessment concerns medical devices for the mechanical suction of secretions of the nasopharynx, oropharynx and trachea (tracheal suction pumps) as well as their associated services. The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2017 10:49:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>28/01/2021 00:00:00</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
+    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
   </si>
   <si>
     <t>c_2641074</t>
   </si>
   <si>
-    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1778518/fr/forfait-hebdomadaire-7-forfait-de-mobilisation-thoracique-et-d-aide-a-la-toux-rapport-d-evaluation</t>
+    <t>ASSESSMENT OF THORACIC EXPANSION AND ASSISTED COUGHING DEVICES</t>
+  </si>
+  <si>
+    <t>This assessment concerns mechanical in-exsufflators and intermittent positive pressure breathing (IPPB) devices used for thoracic expansion and assisted coughing, as well as associated services. The patients concerned primarily have neuromuscular diseases or are paralysed (spinal cord injury). The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>11/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2014 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778518/en/assessment-of-thoracic-expansion-and-assisted-coughing-devices</t>
   </si>
   <si>
     <t>c_1778518</t>
   </si>
   <si>
-    <t>Évaluation des dispositifs médicaux et prestations associées pour la ventilation mécanique à domicile</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
-[...2 lines deleted...]
-    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>23/12/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
   </si>
   <si>
     <t>p_3573729</t>
-  </si>
-[...40 lines deleted...]
-    <t>p_3333541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...46 lines deleted...]
-      <c r="B2" t="s">
         <v>21</v>
-      </c>
-[...108 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="B4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>50</v>
-[...189 lines deleted...]
-        <v>76</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>