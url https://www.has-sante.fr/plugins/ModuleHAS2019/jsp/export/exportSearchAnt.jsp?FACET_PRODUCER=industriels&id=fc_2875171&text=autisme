--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -1,1207 +1,346 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="598" uniqueCount="357">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="79">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>05/10/2012 14:15:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1250722/fr/consultation-publique-dans-le-cadre-de-recommandations-ou-d-evaluations-en-sante</t>
-[...74 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
+  </si>
+  <si>
+    <t>c_2681915</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...203 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
   </si>
   <si>
     <t>p_3453213</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Prise en charge implanto-prothétique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3179992</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
   </si>
   <si>
     <t>c_1056842</t>
-  </si>
-[...454 lines deleted...]
-    <t>p_3599818</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1243,2029 +382,275 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
-[...190 lines deleted...]
-      <c r="B2" t="s">
         <v>35</v>
-      </c>
-[...94 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="C7" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>46</v>
       </c>
       <c r="H7" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="E8" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="H8" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="E9" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="H9" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="E10" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="H10" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="C11" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="D11" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E11" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="H11" t="s">
-        <v>93</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="B12" t="s">
-        <v>94</v>
+        <v>73</v>
       </c>
       <c r="C12" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="D12" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="E12" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>98</v>
+        <v>77</v>
       </c>
       <c r="H12" t="s">
-        <v>99</v>
-[...1465 lines deleted...]
-        <v>335</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>