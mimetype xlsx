--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,346 +1,1243 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="614" uniqueCount="369">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Consultation publique dans le cadre de recommandations ou d'évaluations en santé</t>
+  </si>
+  <si>
+    <t>Les consultations publiques sont une des modalités possibles d’implication du public dans l’élaboration des travaux de la HAS. Le terme « consultation publique » est défini comme un processus au cours duquel, à partir d’un document de travail provisoire, la HAS sollicite et recueille les avis et commentaires d’un public dont elle ne sélectionne pas les participants. Elles sont proposées au cas par cas et non de manière systématique. L’un de leurs buts est de pouvoir s’assurer, dans le cas de sujets controversés, que chaque partie intéressée (citoyens, patients, usagers, professionnels de santé, établissements, etc.) a eu la possibilité d’exprimer son avis sur les recommandations et évaluations en cours d’élaboration. Le guide méthodologique est construit selon le déroulement chronologique d’une consultation publique en quatre phases : conception et planification, mise en œuvre, analyse et exploitation, retour sur expérience.</t>
+  </si>
+  <si>
+    <t>03/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/10/2012 14:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_1250722/fr/consultation-publique-dans-le-cadre-de-recommandations-ou-d-evaluations-en-sante</t>
+  </si>
+  <si>
+    <t>c_1250722</t>
+  </si>
+  <si>
+    <t>Expérience patient et savoir expérientiel : deux notions à clarifier pour développer l’engagement ou la participation</t>
+  </si>
+  <si>
+    <t>Les concepts d’expérience patient et de savoir expérientiel se sont développés autour de l’engagement des usagers ou de la participation des personnes accompagnées. Leur sens est peu explicité et ils sont parfois confondus. Ce guide pédagogique définit ces concepts et identifie dans quelles conditions ils peuvent renforcer le pouvoir d’agir des personnes concernées et le partenariat entre usagers et professionnels.</t>
+  </si>
+  <si>
+    <t>09/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602447/fr/experience-patient-et-savoir-experientiel-deux-notions-a-clarifier-pour-developper-l-engagement-ou-la-participation</t>
+  </si>
+  <si>
+    <t>p_3602447</t>
+  </si>
+  <si>
+    <t>Choix méthodologiques pour l'évaluation économique à la HAS</t>
+  </si>
+  <si>
+    <t>La HAS a actualisé le guide méthodologique sur l’évaluation économique. Les principales modifications apportées visent à améliorer l’interprétation des résultats, à préciser des points techniques et à intégrer des évolutions méthodologiques intervenues depuis 2011.</t>
+  </si>
+  <si>
+    <t>02/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499251/fr/choix-methodologiques-pour-l-evaluation-economique-a-la-has</t>
+  </si>
+  <si>
+    <t>r_1499251</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de recherche documentaire</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit le processus d’identification de la littérature par le service documentation et veille de la HAS dans le cadre de l’élaboration des publications de l'institution. Ce document a également pour objectif de partager la méthode de recherche documentaire de la HAS.</t>
+  </si>
+  <si>
+    <t>27/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447546/fr/guide-methodologique-de-recherche-documentaire</t>
+  </si>
+  <si>
+    <t>p_3447546</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Care for transgender adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Adaptation de l’accompagnement aux attentes et besoins des travailleurs handicapés en Esat</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objet d’identifier les solutions mises en œuvres au sein des ESAT et celles travaillées avec leur environnement en vue de construire des réponses adaptées aux besoins et attentes des personnes accompagnées. Elle concerne les 1 400 ESAT existants quelque soit le public accueilli. Cependant, elle questionne particulièrement les adaptations de l’accompagnement des usagers d’ESAT en fonction des évolutions identifiées dans le secteur : évolution du public en termes d’âge et de handicap.</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836327/fr/adaptation-de-l-accompagnement-aux-attentes-et-besoins-des-travailleurs-handicapes-en-esat</t>
+  </si>
+  <si>
+    <t>c_2836327</t>
+  </si>
+  <si>
+    <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
+  </si>
+  <si>
+    <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3261731</t>
+  </si>
+  <si>
+    <t>Bientraitance et gestion des signaux de maltraitance en établissement - Mise en œuvre en milieu sanitaire, médico-social et social - Personnes majeures</t>
+  </si>
+  <si>
+    <t>Prévenir les situations de maltraitance dans les établissements accueillant des personnes adultes en situation de vulnérabilité.</t>
+  </si>
+  <si>
+    <t>03/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2024 14:34:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549483/fr/bientraitance-et-gestion-des-signaux-de-maltraitance-en-etablissement-mise-en-oeuvre-en-milieu-sanitaire-medico-social-et-social-personnes-majeures</t>
+  </si>
+  <si>
+    <t>p_3549483</t>
+  </si>
+  <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 1 – Socle transversal</t>
+  </si>
+  <si>
+    <t>L’habitat est une composante essentielle à la dignité de la personne humaine et à sa santé globale, qui permet d’assurer des besoins primaires (se protéger de l’extérieur, dormir, se nourrir, se laver...) et des besoins sociaux (vivre en couple, fonder une famille, recevoir ses amis...). Chaque individu aspire à occuper un lieu défini, à aménager une « entité spatiale qui lui appartient et qui participe à la construction de son identité ». Néanmoins, on constate que bon nombre des personnes logées ou hébergées n’ont pas la possibilité de disposer d’un véritable « chez-soi »</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2024 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491702/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3491702</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Déclarations des aides versées aux associations de patients par les industriels de santé : la HAS publie les chiffres 2010</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) a la mission de collecter et publier les déclarations des aides versées par les industriels de santé aux associations de patients. Pour la seconde année, ces données sont rendues publiques et accessibles sur le site de la HAS. Pour l’année 2010, les industriels de santé ont déclaré avoir versé 5 millions d’euros à 360 associations de patients en France.</t>
+  </si>
+  <si>
+    <t>18/01/2012 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1191022/fr/declarations-des-aides-versees-aux-associations-de-patients-par-les-industriels-de-sante-la-has-publie-les-chiffres-2010</t>
+  </si>
+  <si>
+    <t>c_1191022</t>
+  </si>
+  <si>
+    <t>29 propositions pour que le numérique en santé remplisse ses promesses</t>
+  </si>
+  <si>
+    <t>La révolution numérique est largement engagée dans le champ de la santé, et s’esquisse dans le champ social et médico-social : accès facilité aux soins et aux accompagnements, mobilisation des données, amélioration des pratiques professionnelles et des parcours, recours à l’intelligence artificielle. Autant de promesses qui imposent d’agir dès à présent pour que le numérique apporte des solutions utiles et efficaces. Dans un rapport prospectif qu’elle publie ce jour, la HAS développe 29 propositions pour une mobilisation de tous : usagers, professionnels, industriels et Etat.</t>
+  </si>
+  <si>
+    <t>19/06/2019 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058311/fr/29-propositions-pour-que-le-numerique-en-sante-remplisse-ses-promesses</t>
+  </si>
+  <si>
+    <t>p_3058311</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 18/05/2020] La HAS définit les critères de qualité et d’exigence des tests sérologiques, à partir des dernières données scientifiques et médicales disponibles à ce jour pour faciliter leur développement et l’évaluation de leur fiabilité.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
+  </si>
+  <si>
+    <t>p_3179992</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 03 juillet 2018</t>
+  </si>
+  <si>
+    <t>31/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901732/fr/csms-reunion-du-03-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2901732</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 14 février 2018</t>
+  </si>
+  <si>
+    <t>09/02/2018 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826739/fr/college-deliberatif-du-14-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2826739</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 19 mars 2019</t>
+  </si>
+  <si>
+    <t>06/04/2020 16:59:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912554/fr/csms-reunion-du-19-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2912554</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 26 novembre 2024</t>
+  </si>
+  <si>
+    <t>Ordre du jour et compte-rendu de la réunion du mardi 26 novembre 2024 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>15/11/2024 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555006/fr/conseil-pour-l-engagement-des-usagers-reunion-du-26-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3555006</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 4 février 2025</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du mardi 4 février 2025 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé. Compte-rendu de la réunion du marci 4 février 2025 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé</t>
+  </si>
+  <si>
+    <t>20/01/2025 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578513/fr/conseil-pour-l-engagement-des-usagers-reunion-du-4-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3578513</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 9 mai 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023 Compte-rendu de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023</t>
+  </si>
+  <si>
+    <t>25/04/2023 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426267/fr/conseil-pour-l-engagement-des-usagers-reunion-du-9-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3426267</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 octobre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494804/fr/college-deliberatif-du-20-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3494804</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 20 juin 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du mardi 20 juin 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé. Compte-rendu de la réunion du mardi 20 juin 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>19/06/2023 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442876/fr/conseil-pour-l-engagement-des-usagers-reunion-du-20-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3442876</t>
+  </si>
+  <si>
+    <t>CEDiag du 13 juin 2023</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427978/fr/cediag-du-13-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3427978</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 11 mai 2022</t>
+  </si>
+  <si>
+    <t>01/09/2022 18:36:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361732/fr/commission-impact-des-recommandations-reunion-du-11-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3361732</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 6 septembre  2021</t>
+  </si>
+  <si>
+    <t>07/01/2022 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286860/fr/csms-reunion-du-6-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286860</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 29 juin 2021</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Conseil pour l'Engagement des Usagers du mardi 29 juin 2021 Compte-rendu de la réunion du Conseil pour l'engagement des Usagers du mardi 29 juin 2021</t>
+  </si>
+  <si>
+    <t>21/06/2021 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272878/fr/conseil-pour-l-engagement-des-usagers-reunion-du-29-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3272878</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 26 septembre 2017</t>
+  </si>
+  <si>
+    <t>26/09/2017 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795884/fr/ctv-reunion-du-26-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2795884</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
+    <t>Dispositif d’évaluation de la qualité des établissements et services sociaux et médico-sociaux : bilan annuel 2024</t>
+  </si>
+  <si>
+    <t>Depuis 2002, les ESSMS sont tenus de faire procéder à une évaluation de la qualité des prestations qu’ils délivrent aux personnes accompagnées. La démarche, rénovée, s’ancre aujourd’hui dans l’objectif plus large d’amplifier la dynamique d’amélioration continue de la qualité dans les structures pour répondre au plus près aux besoins des publics concernés, tout en respectant leurs attentes.</t>
+  </si>
+  <si>
+    <t>03/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2025 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634116/fr/dispositif-d-evaluation-de-la-qualite-des-etablissements-et-services-sociaux-et-medico-sociaux-bilan-annuel-2024</t>
+  </si>
+  <si>
+    <t>p_3634116</t>
+  </si>
+  <si>
+    <t>Dispositif d’évaluation de la qualité des établissements et services sociaux et médico-sociaux : bilan annuel 2023</t>
+  </si>
+  <si>
+    <t>26/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2024 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517462/fr/dispositif-d-evaluation-de-la-qualite-des-etablissements-et-services-sociaux-et-medico-sociaux-bilan-annuel-2023</t>
+  </si>
+  <si>
+    <t>p_3517462</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Évaluation des applications dans le champ de la santé mobile (mHealth)</t>
+  </si>
+  <si>
+    <t>En 2020, plus de 350 000 applications concernant la santé étaient disponibles sur les différents magasins en ligne (App Store, Google Play Store, etc.). Cette expansion rapide du secteur de la santé mobile rend difficile le choix pour les utilisateurs ou les conseils pour choisir la bonne application de la part des professionnels concernés. Pour s'y retrouver, la HAS publie un référentiel sur les critères de qualité du contenu médical utilisés dans le secteur de la santé mobile (mHealth).</t>
+  </si>
+  <si>
+    <t>24/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274798/fr/evaluation-des-applications-dans-le-champ-de-la-sante-mobile-mhealth</t>
+  </si>
+  <si>
+    <t>p_3274798</t>
+  </si>
+  <si>
+    <t>Numérique : quelle (R)évolution ? Rapport d'analyse prospective 2019</t>
+  </si>
+  <si>
+    <t>La HAS a centré son approche sur quatre axes qui lui apparaissent, dans la vision prospective réclamée par le législateur, autant de conditions nécessaires à ce que le virage numérique déjà amorcé se fasse sous le signe de la confiance et de la qualité.</t>
+  </si>
+  <si>
+    <t>02/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2019 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223636/fr/numerique-quelle-r-evolution-rapport-d-analyse-prospective-2019</t>
+  </si>
+  <si>
+    <t>p_3223636</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques sur les applications et les objets connectés en santé (mobile Health ou mHealth)</t>
+  </si>
+  <si>
+    <t>Ce référentiel de bonnes pratiques s’adresse aux industriels et aux évaluateurs (structures d’évaluation, associations de consommateurs ou sociétés savantes médicales). Il vise à guider, à promouvoir l’usage et à renforcer la confiance dans les applications et les objets connectés.</t>
+  </si>
+  <si>
+    <t>12/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
   </si>
   <si>
     <t>c_2681915</t>
   </si>
   <si>
-    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
-[...107 lines deleted...]
-    <t>c_1056842</t>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Recommandations préliminaires sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>La HAS affine ses recommandations sur la priorisation des populations à vacciner contre la Covid-19 élaborées en juillet dernier. Cette stratégie répond à un double objectif : réduire les hospitalisations et les décès et maintenir les activités essentielles du pays, particulièrement celles du système de santé pendant l’épidémie. Deux critères principaux ont été pris en compte par la HAS pour établir cette priorisation : l’existence d’un facteur de risque individuel de développer une forme grave de la maladie et l’exposition accrue au virus.</t>
+  </si>
+  <si>
+    <t>27/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221338/fr/strategie-de-vaccination-contre-le-sars-cov-2-recommandations-preliminaires-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3221338</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre le Sars-CoV-2 - Recommandations intermédiaires sur les modalités de mise en œuvre de la vaccination</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’anticipation de l’arrivée des vaccins contre la Covid-19 en France, et à la demande du directeur général de la santé, la HAS en s’appuyant sur la commission technique des vaccinations, a élaboré des recommandations intermédiaires sur les modalités de mise en œuvre de la campagne de vaccination, en anticipation de l’arrivée des premiers vaccins contre le Sars-CoV-2.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2020 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225990/fr/strategie-vaccinale-contre-le-sars-cov-2-recommandations-intermediaires-sur-les-modalites-de-mise-en-oeuvre-de-la-vaccination</t>
+  </si>
+  <si>
+    <t>p_3225990</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Programme « santé mentale et psychiatrie » de la HAS</t>
+  </si>
+  <si>
+    <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1721760</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie</t>
+  </si>
+  <si>
+    <t>Afin de poursuivre et renforcer son engagement dans le domaine de la santé mentale et de la psychiatrie, la HAS a créé en juillet 2024 le comité santé mentale et psychiatrie. Il remplace le comité de suivi « psychiatrie et santé mentale » mis en place en 2013.</t>
+  </si>
+  <si>
+    <t>17/10/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549127/fr/comite-sante-mentale-et-psychiatrie</t>
+  </si>
+  <si>
+    <t>p_3549127</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuels d'activité de la HAS</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuel d’activité de la HAS depuis 2005, sous une forme synthétique plus accessible et en cohérence avec son exigence de respect des principes du développement durable. Les principaux travaux réalisés par la HAS, pour chaque année, y sont présentés.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070314/fr/historique-des-rapports-annuels-d-activite-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1070314</t>
+  </si>
+  <si>
+    <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
+  </si>
+  <si>
+    <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
+  </si>
+  <si>
+    <t>08/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
+  </si>
+  <si>
+    <t>p_3599818</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -382,275 +1279,2081 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B2" t="s">
+        <v>349</v>
+      </c>
+      <c r="C2" t="s">
+        <v>350</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>351</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>352</v>
+      </c>
+      <c r="H2" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>348</v>
+      </c>
+      <c r="B3" t="s">
+        <v>354</v>
+      </c>
+      <c r="C3" t="s">
+        <v>355</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>357</v>
+      </c>
+      <c r="H3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>348</v>
+      </c>
+      <c r="B4" t="s">
+        <v>359</v>
+      </c>
+      <c r="C4" t="s">
+        <v>360</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>361</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>362</v>
+      </c>
+      <c r="H4" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>348</v>
+      </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>364</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>365</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>366</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
+        <v>367</v>
+      </c>
+      <c r="H5" t="s">
+        <v>368</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>34</v>
       </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E4" t="s">
+        <v>50</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>51</v>
+      </c>
+      <c r="H4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>57</v>
+      </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="C8" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="D8" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="H8" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="H9" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="D10" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="H10" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="H11" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="D12" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="E12" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="H12" t="s">
-        <v>78</v>
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>103</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>109</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>110</v>
+      </c>
+      <c r="H14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>116</v>
+      </c>
+      <c r="H15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>127</v>
+      </c>
+      <c r="H3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D4" t="s">
+        <v>131</v>
+      </c>
+      <c r="E4" t="s">
+        <v>132</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>133</v>
+      </c>
+      <c r="H4" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B5" t="s">
+        <v>135</v>
+      </c>
+      <c r="C5" t="s">
+        <v>136</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>137</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>138</v>
+      </c>
+      <c r="H5" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="C6" t="s">
+        <v>141</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>142</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>143</v>
+      </c>
+      <c r="H6" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>118</v>
+      </c>
+      <c r="B7" t="s">
+        <v>145</v>
+      </c>
+      <c r="C7" t="s">
+        <v>146</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>147</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>148</v>
+      </c>
+      <c r="H7" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>118</v>
+      </c>
+      <c r="B8" t="s">
+        <v>150</v>
+      </c>
+      <c r="C8" t="s">
+        <v>151</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>152</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>153</v>
+      </c>
+      <c r="H8" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>118</v>
+      </c>
+      <c r="B9" t="s">
+        <v>155</v>
+      </c>
+      <c r="C9" t="s">
+        <v>156</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>157</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>158</v>
+      </c>
+      <c r="H9" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B10" t="s">
+        <v>160</v>
+      </c>
+      <c r="C10" t="s">
+        <v>161</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>162</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>163</v>
+      </c>
+      <c r="H10" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>118</v>
+      </c>
+      <c r="B11" t="s">
+        <v>165</v>
+      </c>
+      <c r="C11" t="s">
+        <v>166</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>167</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>168</v>
+      </c>
+      <c r="H11" t="s">
+        <v>169</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>170</v>
+      </c>
+      <c r="B2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>174</v>
+      </c>
+      <c r="H2" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C3" t="s">
+        <v>177</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>179</v>
+      </c>
+      <c r="H3" t="s">
+        <v>180</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B2" t="s">
+        <v>182</v>
+      </c>
+      <c r="C2" t="s">
+        <v>183</v>
+      </c>
+      <c r="D2" t="s">
+        <v>184</v>
+      </c>
+      <c r="E2" t="s">
+        <v>185</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>186</v>
+      </c>
+      <c r="H2" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C3" t="s">
+        <v>189</v>
+      </c>
+      <c r="D3" t="s">
+        <v>190</v>
+      </c>
+      <c r="E3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>192</v>
+      </c>
+      <c r="H3" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C4" t="s">
+        <v>195</v>
+      </c>
+      <c r="D4" t="s">
+        <v>196</v>
+      </c>
+      <c r="E4" t="s">
+        <v>197</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>198</v>
+      </c>
+      <c r="H4" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>181</v>
+      </c>
+      <c r="B5" t="s">
+        <v>200</v>
+      </c>
+      <c r="C5" t="s">
+        <v>201</v>
+      </c>
+      <c r="D5" t="s">
+        <v>202</v>
+      </c>
+      <c r="E5" t="s">
+        <v>203</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>204</v>
+      </c>
+      <c r="H5" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B6" t="s">
+        <v>206</v>
+      </c>
+      <c r="C6" t="s">
+        <v>207</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>208</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>209</v>
+      </c>
+      <c r="H6" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>181</v>
+      </c>
+      <c r="B7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C7" t="s">
+        <v>212</v>
+      </c>
+      <c r="D7" t="s">
+        <v>213</v>
+      </c>
+      <c r="E7" t="s">
+        <v>214</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>215</v>
+      </c>
+      <c r="H7" t="s">
+        <v>216</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>218</v>
+      </c>
+      <c r="B2" t="s">
+        <v>219</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>221</v>
+      </c>
+      <c r="H2" t="s">
+        <v>222</v>
+      </c>
+      <c r="I2" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>226</v>
+      </c>
+      <c r="H3" t="s">
+        <v>227</v>
+      </c>
+      <c r="I3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>218</v>
+      </c>
+      <c r="B4" t="s">
+        <v>228</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>229</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>230</v>
+      </c>
+      <c r="H4" t="s">
+        <v>231</v>
+      </c>
+      <c r="I4" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B5" t="s">
+        <v>232</v>
+      </c>
+      <c r="C5" t="s">
+        <v>233</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>234</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>235</v>
+      </c>
+      <c r="H5" t="s">
+        <v>236</v>
+      </c>
+      <c r="I5" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>218</v>
+      </c>
+      <c r="B6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>239</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>240</v>
+      </c>
+      <c r="H6" t="s">
+        <v>241</v>
+      </c>
+      <c r="I6" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>218</v>
+      </c>
+      <c r="B7" t="s">
+        <v>242</v>
+      </c>
+      <c r="C7" t="s">
+        <v>243</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>244</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>245</v>
+      </c>
+      <c r="H7" t="s">
+        <v>246</v>
+      </c>
+      <c r="I7" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>218</v>
+      </c>
+      <c r="B8" t="s">
+        <v>247</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>248</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>249</v>
+      </c>
+      <c r="H8" t="s">
+        <v>250</v>
+      </c>
+      <c r="I8" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>218</v>
+      </c>
+      <c r="B9" t="s">
+        <v>251</v>
+      </c>
+      <c r="C9" t="s">
+        <v>252</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>253</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>254</v>
+      </c>
+      <c r="H9" t="s">
+        <v>255</v>
+      </c>
+      <c r="I9" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>218</v>
+      </c>
+      <c r="B10" t="s">
+        <v>256</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>257</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>258</v>
+      </c>
+      <c r="H10" t="s">
+        <v>259</v>
+      </c>
+      <c r="I10" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>218</v>
+      </c>
+      <c r="B11" t="s">
+        <v>260</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>261</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>262</v>
+      </c>
+      <c r="H11" t="s">
+        <v>263</v>
+      </c>
+      <c r="I11" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>218</v>
+      </c>
+      <c r="B12" t="s">
+        <v>264</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>265</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>266</v>
+      </c>
+      <c r="H12" t="s">
+        <v>267</v>
+      </c>
+      <c r="I12" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>218</v>
+      </c>
+      <c r="B13" t="s">
+        <v>268</v>
+      </c>
+      <c r="C13" t="s">
+        <v>269</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>270</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>271</v>
+      </c>
+      <c r="H13" t="s">
+        <v>272</v>
+      </c>
+      <c r="I13" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>218</v>
+      </c>
+      <c r="B14" t="s">
+        <v>273</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>274</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>275</v>
+      </c>
+      <c r="H14" t="s">
+        <v>276</v>
+      </c>
+      <c r="I14" t="s">
+        <v>223</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>277</v>
+      </c>
+      <c r="B2" t="s">
+        <v>278</v>
+      </c>
+      <c r="C2" t="s">
+        <v>279</v>
+      </c>
+      <c r="D2" t="s">
+        <v>280</v>
+      </c>
+      <c r="E2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>282</v>
+      </c>
+      <c r="H2" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C3" t="s">
+        <v>285</v>
+      </c>
+      <c r="D3" t="s">
+        <v>286</v>
+      </c>
+      <c r="E3" t="s">
+        <v>287</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>288</v>
+      </c>
+      <c r="H3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>277</v>
+      </c>
+      <c r="B4" t="s">
+        <v>290</v>
+      </c>
+      <c r="C4" t="s">
+        <v>291</v>
+      </c>
+      <c r="D4" t="s">
+        <v>292</v>
+      </c>
+      <c r="E4" t="s">
+        <v>293</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>294</v>
+      </c>
+      <c r="H4" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>277</v>
+      </c>
+      <c r="B5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C5" t="s">
+        <v>291</v>
+      </c>
+      <c r="D5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E5" t="s">
+        <v>298</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>299</v>
+      </c>
+      <c r="H5" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>277</v>
+      </c>
+      <c r="B6" t="s">
+        <v>301</v>
+      </c>
+      <c r="C6" t="s">
+        <v>302</v>
+      </c>
+      <c r="D6" t="s">
+        <v>303</v>
+      </c>
+      <c r="E6" t="s">
+        <v>304</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>305</v>
+      </c>
+      <c r="H6" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>277</v>
+      </c>
+      <c r="B7" t="s">
+        <v>307</v>
+      </c>
+      <c r="C7" t="s">
+        <v>308</v>
+      </c>
+      <c r="D7" t="s">
+        <v>309</v>
+      </c>
+      <c r="E7" t="s">
+        <v>310</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>311</v>
+      </c>
+      <c r="H7" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>277</v>
+      </c>
+      <c r="B8" t="s">
+        <v>313</v>
+      </c>
+      <c r="C8" t="s">
+        <v>314</v>
+      </c>
+      <c r="D8" t="s">
+        <v>315</v>
+      </c>
+      <c r="E8" t="s">
+        <v>316</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>317</v>
+      </c>
+      <c r="H8" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>277</v>
+      </c>
+      <c r="B9" t="s">
+        <v>319</v>
+      </c>
+      <c r="C9" t="s">
+        <v>320</v>
+      </c>
+      <c r="D9" t="s">
+        <v>321</v>
+      </c>
+      <c r="E9" t="s">
+        <v>322</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>323</v>
+      </c>
+      <c r="H9" t="s">
+        <v>324</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>325</v>
+      </c>
+      <c r="B2" t="s">
+        <v>326</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>327</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>328</v>
+      </c>
+      <c r="H2" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C3" t="s">
+        <v>331</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>333</v>
+      </c>
+      <c r="H3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>335</v>
+      </c>
+      <c r="B2" t="s">
+        <v>336</v>
+      </c>
+      <c r="C2" t="s">
+        <v>337</v>
+      </c>
+      <c r="D2" t="s">
+        <v>338</v>
+      </c>
+      <c r="E2" t="s">
+        <v>339</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>340</v>
+      </c>
+      <c r="H2" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B3" t="s">
+        <v>342</v>
+      </c>
+      <c r="C3" t="s">
+        <v>343</v>
+      </c>
+      <c r="D3" t="s">
+        <v>344</v>
+      </c>
+      <c r="E3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>346</v>
+      </c>
+      <c r="H3" t="s">
+        <v>347</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>