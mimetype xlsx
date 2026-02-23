--- v0 (2025-10-23)
+++ v1 (2026-02-23)
@@ -95,51 +95,51 @@
   <si>
     <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
   </si>
   <si>
     <t>05/02/2020 00:00:00</t>
   </si>
   <si>
     <t>09/03/2020 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
   </si>
   <si>
     <t>p_3150638</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
   </si>
   <si>
     <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
   </si>
   <si>
     <t>14/01/2025 00:00:00</t>
   </si>
   <si>
     <t>12/02/2025 10:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
   </si>
   <si>
     <t>p_3590098</t>
   </si>