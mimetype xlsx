--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,826 +1,331 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="404" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="74">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>22/11/2022 11:00:00</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3385205/fr/comprendre-l-evaluation-des-technologies-de-sante</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
-[...2 lines deleted...]
-    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+  </si>
+  <si>
+    <t>p_3223570</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>17/12/2024 11:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Stratégie de vaccination contre les infections invasives à méningocoques : Révision de la stratégie contre les sérogroupes ACWY et B</t>
-[...173 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305614/fr/detection-de-l-arn-des-papillomavirus-humain-hpv-a-haut-risque-dans-le-cadre-du-depistage-primaire-du-cancer-du-col-uterin</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Detection of high-risk human papilloma virus (HPV) RNA as part of primary prevention of cervical cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Directorate-General for Health has asked HAS to determine whether HPV RNA can be detected in the same way as HPV DNA, as part of primary screening of precancerous conditions of the cervix, in women age 30 to 65. Three assessment subjects were selected to answer to this request: Subject 1: Is the diagnostic validity of the RNA HPV test different from the diagnostic validity of the DNA HPV test approved for the detection of precancerous conditions of the cervix as part of primary screening? Subject 2: What is the long-term performance of the RNA HPV test compared to that of the DNA HPV test? Subject 3: Is the diagnostic validity of an RNA HPV test on a self sample (SPV) equivalent to the RNA HPV test on a cervical sample collected by a professional (i.e. physician-collected)</t>
+  </si>
+  <si>
+    <t>12/16/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305614/en/detection-of-high-risk-human-papilloma-virus-hpv-rna-as-part-of-primary-prevention-of-cervical-cancer-inahta-brief</t>
   </si>
   <si>
     <t>p_3305614</t>
   </si>
   <si>
-    <t>Activité des techniques d’amplification des acides nucléiques simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
+    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
+  </si>
+  <si>
+    <t>To assess clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of anal canal cancer in view of its reimbursement by National Health Insurance, the comparator being three-dimensional conformational radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/05/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
   </si>
   <si>
     <t>c_1364144</t>
   </si>
   <si>
-    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col de l’utérus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
+    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
+  </si>
+  <si>
+    <t>to assess the clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of cervical cancer, in view of reimbursement of IMRT by National Health Insurance, the comparator being conformational three-dimensional radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
-  </si>
-[...352 lines deleted...]
-    <t>p_3599818</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -834,1413 +339,277 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...64 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
         <v>35</v>
-      </c>
-[...16 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>41</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>42</v>
-      </c>
-[...607 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>136</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s">
-        <v>137</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>114</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>140</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="E8" t="s">
-        <v>141</v>
+        <v>53</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>142</v>
+        <v>54</v>
       </c>
       <c r="H8" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>114</v>
+        <v>49</v>
       </c>
       <c r="B9" t="s">
-        <v>144</v>
+        <v>56</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="E9" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>146</v>
+        <v>60</v>
       </c>
       <c r="H9" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>114</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
-        <v>148</v>
+        <v>62</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="E10" t="s">
-        <v>149</v>
+        <v>65</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>150</v>
+        <v>66</v>
       </c>
       <c r="H10" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>114</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>152</v>
+        <v>68</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="E11" t="s">
-        <v>153</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>154</v>
+        <v>72</v>
       </c>
       <c r="H11" t="s">
-        <v>155</v>
-[...463 lines deleted...]
-        <v>230</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>