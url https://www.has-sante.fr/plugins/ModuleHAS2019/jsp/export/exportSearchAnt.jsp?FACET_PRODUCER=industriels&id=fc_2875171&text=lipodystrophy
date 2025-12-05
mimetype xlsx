--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -38,72 +38,72 @@
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...5 lines deleted...]
-    <t>Le colloque HAS et en ligne La HAS a organisé le colloque sur « L’expertise scientifique face aux crises : refonte ou ajustements ? » le lundi 15 novembre 2021 The HAS conference and online The HAS organized the conference "Scientific expertise in the face of crises: overhaul or adjustments? » on Monday, November 15th</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/07/2021 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Événement</t>
+    <t>Event</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">