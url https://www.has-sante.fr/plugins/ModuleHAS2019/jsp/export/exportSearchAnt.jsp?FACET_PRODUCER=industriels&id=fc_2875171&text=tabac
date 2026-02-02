--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -39,51 +39,51 @@
     <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1045" uniqueCount="671">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1053" uniqueCount="676">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -524,51 +524,51 @@
   <si>
     <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
   </si>
   <si>
     <t>04/07/2024 00:00:00</t>
   </si>
   <si>
     <t>07/10/2024 14:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
   </si>
   <si>
     <t>p_3367010</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
   </si>
   <si>
     <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
   </si>
   <si>
     <t>05/02/2020 00:00:00</t>
   </si>
   <si>
     <t>09/03/2020 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
   </si>
   <si>
     <t>p_3150638</t>
   </si>
@@ -981,50 +981,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
   </si>
   <si>
     <t>p_3293252</t>
   </si>
   <si>
     <t>Dyskinésies ciliaires primitives</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
   </si>
   <si>
     <t>12/01/2018 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Maladie de Fabry</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
   </si>
   <si>
     <t>p_3301584</t>
   </si>
   <si>
     <t>Maladies héréditaires du métabolisme du surfactant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/11/2021 16:10:00</t>
   </si>
@@ -2306,502 +2321,502 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B2" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="C2" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="D2" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="E2" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="H2" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B3" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="C3" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="D3" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="E3" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="H3" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B4" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="C4" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="D4" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="E4" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="H4" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B5" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="C5" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="D5" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="E5" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="H5" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B6" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="C6" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="D6" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="E6" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="H6" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B2" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="C2" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="H2" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B3" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="C3" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="H3" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B4" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="C4" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="H4" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B5" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="C5" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="H5" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B6" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="C6" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="H6" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B7" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="C7" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="H7" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B8" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C8" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="H8" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B9" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="C9" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="H9" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B10" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="C10" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="H10" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B11" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="H11" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B12" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="C12" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="H12" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3868,51 +3883,51 @@
       </c>
       <c r="D24" t="s">
         <v>262</v>
       </c>
       <c r="E24" t="s">
         <v>263</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>264</v>
       </c>
       <c r="H24" t="s">
         <v>265</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4236,1446 +4251,1472 @@
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>266</v>
       </c>
       <c r="B14" t="s">
         <v>329</v>
       </c>
       <c r="C14" t="s">
         <v>330</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>331</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>332</v>
       </c>
       <c r="H14" t="s">
         <v>333</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>266</v>
+      </c>
+      <c r="B15" t="s">
+        <v>334</v>
+      </c>
+      <c r="C15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>336</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>337</v>
+      </c>
+      <c r="H15" t="s">
+        <v>338</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B2" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="C2" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="D2" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="E2" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="H2" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B3" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="C3" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="D3" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="E3" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="H3" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B4" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C4" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D4" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="E4" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="H4" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B5" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C5" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D5" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="E5" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="H5" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B6" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C6" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="D6" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="E6" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H6" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B7" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C7" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D7" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="E7" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="H7" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B8" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="C8" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="D8" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="E8" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="H8" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B9" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="C9" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="D9" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="E9" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="H9" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B10" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="C10" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="D10" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="E10" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="H10" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B11" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C11" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="D11" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="E11" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="H11" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B12" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="C12" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="D12" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="E12" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="H12" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B13" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="C13" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="D13" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="E13" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="H13" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B14" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="C14" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="D14" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="E14" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="H14" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B15" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="C15" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="D15" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="E15" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="H15" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B16" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="E16" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="H16" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B17" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C17" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="H17" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B18" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C18" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="D18" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="E18" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="H18" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B19" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C19" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="D19" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="E19" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="H19" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B20" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C20" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="D20" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="E20" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="H20" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C21" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="D21" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="E21" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="H21" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B22" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="C22" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="D22" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="E22" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="H22" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B23" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C23" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D23" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="E23" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="H23" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B24" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="C24" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="D24" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="E24" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="H24" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="B25" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="C25" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="D25" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="E25" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="H25" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B2" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C2" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="H2" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="I2" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B3" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="H3" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="I3" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B4" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="H4" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="I4" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B5" t="s">
+        <v>499</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>500</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>501</v>
+      </c>
+      <c r="H5" t="s">
+        <v>502</v>
+      </c>
+      <c r="I5" t="s">
         <v>494</v>
-      </c>
-[...19 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B6" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="H6" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="I6" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B7" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="H7" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="I7" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B8" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="H8" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="I8" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B9" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="H9" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I9" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B10" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="H10" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="I10" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B11" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="H11" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="I11" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B12" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="H12" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="I12" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B13" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="H13" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="I13" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B14" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="H14" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="I14" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="B15" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="H15" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="I15" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B2" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="C2" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="D2" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="E2" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="H2" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B3" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="C3" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="D3" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="E3" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="H3" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B4" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C4" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="D4" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="E4" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H4" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B5" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="C5" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="D5" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="E5" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H5" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B6" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="C6" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="D6" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="E6" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="H6" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B7" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="C7" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="D7" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="E7" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="H7" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="B2" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C2" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="H2" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="B3" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="C3" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="H3" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>