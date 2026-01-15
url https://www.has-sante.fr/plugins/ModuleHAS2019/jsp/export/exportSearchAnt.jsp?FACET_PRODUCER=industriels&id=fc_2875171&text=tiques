--- v0 (2025-11-25)
+++ v1 (2026-01-15)
@@ -287,51 +287,51 @@
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Pronostic vital engagé à moyen terme/phase avancée</t>
   </si>
   <si>
     <t>Ce travail vise à éclairer les professionnels de santé sur l’évaluation de la notion de pronostic à moyen terme et sur la définition de la notion de phase avancée dans le cadre d’une demande d’aide à mourir exprimée par le malade.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>30/04/2025 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3529685/fr/pronostic-vital-engage-a-moyen-terme/phase-avancee</t>
   </si>
   <si>
     <t>p_3529685</t>
   </si>