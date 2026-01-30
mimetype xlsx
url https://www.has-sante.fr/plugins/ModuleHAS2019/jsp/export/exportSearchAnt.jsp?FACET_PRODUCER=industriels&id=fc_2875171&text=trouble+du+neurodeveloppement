--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,199 +1,553 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="143">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>03/02/2022 11:48:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
+  </si>
+  <si>
+    <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
+  </si>
+  <si>
+    <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3261731</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
   </si>
   <si>
     <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 mai 2025</t>
+  </si>
+  <si>
+    <t>22/07/2025 18:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636696/fr/college-deliberatif-du-7-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3636696</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 février 2024</t>
+  </si>
+  <si>
+    <t>29/02/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498509/fr/college-deliberatif-du-29-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3498509</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 9 mai 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023 Compte-rendu de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023</t>
+  </si>
+  <si>
+    <t>25/04/2023 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426267/fr/conseil-pour-l-engagement-des-usagers-reunion-du-9-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3426267</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 20 juin 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du mardi 20 juin 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé. Compte-rendu de la réunion du mardi 20 juin 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>19/06/2023 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442876/fr/conseil-pour-l-engagement-des-usagers-reunion-du-20-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3442876</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Programme « santé mentale et psychiatrie » de la HAS</t>
+  </si>
+  <si>
+    <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1721760</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie</t>
+  </si>
+  <si>
+    <t>Afin de poursuivre et renforcer son engagement dans le domaine de la santé mentale et de la psychiatrie, la HAS a créé en juillet 2024 le comité santé mentale et psychiatrie. Il remplace le comité de suivi « psychiatrie et santé mentale » mis en place en 2013.</t>
+  </si>
+  <si>
+    <t>17/10/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549127/fr/comite-sante-mentale-et-psychiatrie</t>
+  </si>
+  <si>
+    <t>p_3549127</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -207,95 +561,856 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>62</v>
+      </c>
+      <c r="H4" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C6" t="s">
+        <v>70</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>71</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>72</v>
+      </c>
+      <c r="H6" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>80</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>80</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>85</v>
+      </c>
+      <c r="H9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>89</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>94</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>95</v>
+      </c>
+      <c r="H11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D3" t="s">
+        <v>106</v>
+      </c>
+      <c r="E3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>114</v>
+      </c>
+      <c r="H2" t="s">
+        <v>115</v>
+      </c>
+      <c r="I2" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>119</v>
+      </c>
+      <c r="H3" t="s">
+        <v>120</v>
+      </c>
+      <c r="I3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>111</v>
+      </c>
+      <c r="B4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C4" t="s">
+        <v>123</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>124</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>125</v>
+      </c>
+      <c r="H4" t="s">
+        <v>126</v>
+      </c>
+      <c r="I4" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B5" t="s">
+        <v>127</v>
+      </c>
+      <c r="C5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>130</v>
+      </c>
+      <c r="H5" t="s">
+        <v>131</v>
+      </c>
+      <c r="I5" t="s">
+        <v>121</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>136</v>
+      </c>
+      <c r="H2" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>141</v>
+      </c>
+      <c r="H3" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>