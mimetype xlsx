--- v0 (2025-11-07)
+++ v1 (2025-11-07)
@@ -1,477 +1,1956 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="366" uniqueCount="189">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis: management of established RA</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 août 2024</t>
+  </si>
+  <si>
+    <t>23/08/2024 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537446/fr/commission-de-la-transparence-reunion-du-28-aout-2024</t>
+  </si>
+  <si>
+    <t>p_3537446</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 octobre 2021</t>
+  </si>
+  <si>
+    <t>29/09/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289519/fr/commission-de-la-transparence-reunion-a-distance-du-6-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3289519</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 février 2020</t>
+  </si>
+  <si>
+    <t>29/01/2020 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148743/fr/commission-de-la-transparence-reunion-du-5-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3148743</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>30/03/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620719/fr/commission-de-la-transparence-reunion-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2620719</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mai 2015</t>
+  </si>
+  <si>
+    <t>13/05/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034553/fr/commission-de-la-transparence-reunion-du-20-mai-2015</t>
+  </si>
+  <si>
+    <t>c_2034553</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2014</t>
+  </si>
+  <si>
+    <t>29/01/2014 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715235/fr/commission-de-la-transparence-reunion-du-8-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1715235</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2013</t>
+  </si>
+  <si>
+    <t>30/12/2013 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1694858/fr/commission-de-la-transparence-reunion-du-20-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1694858</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 février 2012</t>
+  </si>
+  <si>
+    <t>29/02/2012 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219902/fr/commission-de-la-transparence-reunion-du-29-fevrier-2012</t>
+  </si>
+  <si>
+    <t>c_1219902</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2011</t>
+  </si>
+  <si>
+    <t>25/05/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058006/fr/commission-de-la-transparence-reunion-du-25-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1058006</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 janvier 2011</t>
+  </si>
+  <si>
+    <t>05/01/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012508/fr/commission-de-la-transparence-reunion-du-5-janvier-2011</t>
+  </si>
+  <si>
+    <t>c_1012508</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 novembre 2010</t>
+  </si>
+  <si>
+    <t>03/11/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996289/fr/commission-de-la-transparence-reunion-du-3-novembre-2010</t>
+  </si>
+  <si>
+    <t>c_996289</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juin 2009</t>
+  </si>
+  <si>
+    <t>24/06/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813943/fr/commission-de-la-transparence-reunion-du-24-juin-2009</t>
+  </si>
+  <si>
+    <t>c_813943</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mai 2009</t>
+  </si>
+  <si>
+    <t>13/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_790353/fr/commission-de-la-transparence-reunion-du-13-mai-2009</t>
+  </si>
+  <si>
+    <t>c_790353</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2007</t>
+  </si>
+  <si>
+    <t>20/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616102/fr/commission-de-la-transparence-reunion-du-20-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616102</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 juillet 2007</t>
+  </si>
+  <si>
+    <t>18/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616108/fr/commission-de-la-transparence-reunion-du-18-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616108</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0278/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de STELARA (ustékinumab) dans le cadre d’une recommandation temporaire d’utilisation - RTU abrogée le 03 octobre 2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # - la pathologie, la maladie de Crohn modérée à sévère, maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. # - l’absence d’alternative appropriée et remboursable à ce jour chez ces patients; # - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces patients, afin d’améliorer leur état de santé ou éviter leur dégradation. # le Collège de la HAS considère que les spécialités STELARA (ustékinumab) doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement de la maladie de Crohn active modérée à sévère en échec à l’infliximab, l’adalimumab et au védolizumab ou qui sont intolérants, ou qui ont une contre-indication à ces traitements ».# *RTU abrogée le 03 octobre 2017. La fin de cette RTU fait suite à la décision de la Commission européenne en date du 11 novembre 2016 de modifier l'autorisation de mise sur le marché (AMM) de STELARA pour y inclure l'indication thérapeutique "traitement de la maladie de Crohn active modérée à sévère chez les patients adultes présentant une réponse insuffisante, une perte de réponse ou une intolérance à un traitement conventionnel ou par anti-TNFα, ou qui présentent une contre-indication médicale à ces traitements» et un nouveau dosage adapté à l’induction du traitement dans cette nouvelle indication : STELARA 130 mg, solution à diluer pour perfusion.*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2017 17:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582259/fr/decision-n-2015-0278/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-stelara-ustekinumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-le-03-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2582259</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ORENCIA (abatacept)</t>
   </si>
   <si>
-    <t>12/02/2024 14:24:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983388/en/orencia-abatacept</t>
+    <t>02/12/2024 14:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983388/fr/orencia-abatacept</t>
   </si>
   <si>
     <t>pprd_2983388</t>
   </si>
   <si>
     <t>abatacept</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827713/en/orencia-abatacept</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3562961/en/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
+    <t>https://www.has-sante.fr/jcms/c_827713/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589384/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024731/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241683/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714253/fr/orencia-125-mg-abatacept-non-anti-tnf-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047018/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561588/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827576/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114488/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295756/fr/orencia-abatacept-epi-ascore-ora</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539075/fr/orencia-abatacept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562961/fr/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="H2" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H2" t="s">
+        <v>82</v>
+      </c>
+      <c r="I2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H3" t="s">
+        <v>87</v>
+      </c>
+      <c r="I3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>78</v>
+      </c>
+      <c r="B4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" t="s">
+        <v>91</v>
+      </c>
+      <c r="I4" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>93</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>94</v>
+      </c>
+      <c r="H5" t="s">
+        <v>95</v>
+      </c>
+      <c r="I5" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>78</v>
+      </c>
+      <c r="B6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>97</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H6" t="s">
+        <v>99</v>
+      </c>
+      <c r="I6" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>78</v>
+      </c>
+      <c r="B7" t="s">
+        <v>100</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>101</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H7" t="s">
+        <v>103</v>
+      </c>
+      <c r="I7" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>104</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>105</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>106</v>
+      </c>
+      <c r="H8" t="s">
+        <v>107</v>
+      </c>
+      <c r="I8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>108</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>109</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>110</v>
+      </c>
+      <c r="H9" t="s">
+        <v>111</v>
+      </c>
+      <c r="I9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>112</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>113</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>114</v>
+      </c>
+      <c r="H10" t="s">
+        <v>115</v>
+      </c>
+      <c r="I10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>116</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>117</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>118</v>
+      </c>
+      <c r="H11" t="s">
+        <v>119</v>
+      </c>
+      <c r="I11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>121</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>122</v>
+      </c>
+      <c r="H12" t="s">
+        <v>123</v>
+      </c>
+      <c r="I12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>78</v>
+      </c>
+      <c r="B13" t="s">
+        <v>124</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>125</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>126</v>
+      </c>
+      <c r="H13" t="s">
+        <v>127</v>
+      </c>
+      <c r="I13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
+        <v>128</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>129</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>130</v>
+      </c>
+      <c r="H14" t="s">
+        <v>131</v>
+      </c>
+      <c r="I14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>78</v>
+      </c>
+      <c r="B15" t="s">
+        <v>132</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>134</v>
+      </c>
+      <c r="H15" t="s">
+        <v>135</v>
+      </c>
+      <c r="I15" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>78</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>137</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>138</v>
+      </c>
+      <c r="H16" t="s">
+        <v>139</v>
+      </c>
+      <c r="I16" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>141</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>142</v>
+      </c>
+      <c r="H17" t="s">
+        <v>143</v>
+      </c>
+      <c r="I17" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>145</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>146</v>
+      </c>
+      <c r="H18" t="s">
+        <v>147</v>
+      </c>
+      <c r="I18" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>149</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>150</v>
+      </c>
+      <c r="H19" t="s">
+        <v>151</v>
+      </c>
+      <c r="I19" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>153</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>154</v>
+      </c>
+      <c r="H20" t="s">
+        <v>155</v>
+      </c>
+      <c r="I20" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>78</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>157</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>158</v>
+      </c>
+      <c r="H21" t="s">
+        <v>159</v>
+      </c>
+      <c r="I21" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>165</v>
+      </c>
+      <c r="H2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:V2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>21</v>
+        <v>167</v>
       </c>
       <c r="J1" t="s">
-        <v>22</v>
+        <v>168</v>
       </c>
       <c r="K1" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>170</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>171</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>172</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>173</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>174</v>
       </c>
       <c r="I2" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="J2" t="s">
-        <v>30</v>
+        <v>176</v>
       </c>
       <c r="K2" t="s">
-        <v>31</v>
+        <v>177</v>
       </c>
       <c r="L2" t="s">
-        <v>32</v>
+        <v>178</v>
       </c>
       <c r="M2" t="s">
-        <v>33</v>
+        <v>179</v>
       </c>
       <c r="N2" t="s">
-        <v>34</v>
+        <v>180</v>
       </c>
       <c r="O2" t="s">
-        <v>35</v>
+        <v>181</v>
       </c>
       <c r="P2" t="s">
-        <v>36</v>
+        <v>182</v>
       </c>
       <c r="Q2" t="s">
-        <v>37</v>
+        <v>183</v>
       </c>
       <c r="R2" t="s">
-        <v>38</v>
+        <v>184</v>
       </c>
       <c r="S2" t="s">
-        <v>39</v>
+        <v>185</v>
       </c>
       <c r="T2" t="s">
-        <v>40</v>
+        <v>186</v>
       </c>
       <c r="U2" t="s">
-        <v>41</v>
+        <v>187</v>
       </c>
       <c r="V2" t="s">
-        <v>42</v>
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>