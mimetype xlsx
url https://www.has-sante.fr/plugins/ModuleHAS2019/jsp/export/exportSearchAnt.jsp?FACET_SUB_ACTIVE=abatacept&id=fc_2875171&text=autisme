--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>06/11/2024 10:26:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>