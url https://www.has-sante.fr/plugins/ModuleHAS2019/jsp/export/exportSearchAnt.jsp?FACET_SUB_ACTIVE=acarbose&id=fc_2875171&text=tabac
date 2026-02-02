--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,149 +9,218 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +234,147 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>