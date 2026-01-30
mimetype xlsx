--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>