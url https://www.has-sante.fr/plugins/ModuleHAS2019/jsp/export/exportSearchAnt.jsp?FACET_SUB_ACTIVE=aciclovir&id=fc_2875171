--- v1 (2025-12-20)
+++ v2 (2026-02-03)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="387" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="379" uniqueCount="233">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -132,65 +132,50 @@
     <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
   </si>
   <si>
     <t>c_2615057</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3578446</t>
   </si>
   <si>
     <t>Transplantation rénale chez l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2024 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3473573</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
@@ -909,51 +894,51 @@
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1056,77 +1041,77 @@
       </c>
       <c r="E5" t="s">
         <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>58</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>59</v>
       </c>
       <c r="H7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>28</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>62</v>
       </c>
       <c r="D8" t="s">
@@ -1199,970 +1184,944 @@
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>76</v>
       </c>
       <c r="C11" t="s">
         <v>77</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>78</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>79</v>
       </c>
       <c r="H11" t="s">
         <v>80</v>
-      </c>
-[...24 lines deleted...]
-        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>86</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>87</v>
-      </c>
-[...16 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D3" t="s">
+        <v>90</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H3" t="s">
         <v>93</v>
-      </c>
-[...16 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D4" t="s">
+        <v>96</v>
+      </c>
+      <c r="E4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>98</v>
+      </c>
+      <c r="H4" t="s">
         <v>99</v>
-      </c>
-[...16 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E5" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H5" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>110</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D2" t="s">
+        <v>109</v>
+      </c>
+      <c r="E2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>111</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>117</v>
+      </c>
+      <c r="H3" t="s">
         <v>118</v>
-      </c>
-[...16 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C4" t="s">
+        <v>120</v>
+      </c>
+      <c r="D4" t="s">
+        <v>121</v>
+      </c>
+      <c r="E4" t="s">
+        <v>122</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>123</v>
+      </c>
+      <c r="H4" t="s">
         <v>124</v>
-      </c>
-[...16 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B5" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="C5" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D5" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="E5" t="s">
+        <v>122</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>127</v>
       </c>
-      <c r="F5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B6" t="s">
+        <v>129</v>
+      </c>
+      <c r="C6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E6" t="s">
+        <v>132</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>133</v>
+      </c>
+      <c r="H6" t="s">
         <v>134</v>
-      </c>
-[...16 lines deleted...]
-        <v>139</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H2" t="s">
+        <v>140</v>
+      </c>
+      <c r="I2" t="s">
         <v>141</v>
-      </c>
-[...22 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H3" t="s">
+        <v>145</v>
+      </c>
+      <c r="I3" t="s">
         <v>141</v>
-      </c>
-[...22 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>136</v>
+      </c>
+      <c r="B4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>147</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>148</v>
+      </c>
+      <c r="H4" t="s">
+        <v>149</v>
+      </c>
+      <c r="I4" t="s">
         <v>141</v>
-      </c>
-[...22 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>136</v>
+      </c>
+      <c r="B5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>152</v>
+      </c>
+      <c r="H5" t="s">
+        <v>153</v>
+      </c>
+      <c r="I5" t="s">
         <v>141</v>
-      </c>
-[...22 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>136</v>
+      </c>
+      <c r="B6" t="s">
+        <v>154</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>156</v>
+      </c>
+      <c r="H6" t="s">
+        <v>157</v>
+      </c>
+      <c r="I6" t="s">
         <v>141</v>
-      </c>
-[...22 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>136</v>
+      </c>
+      <c r="B7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>159</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>160</v>
+      </c>
+      <c r="H7" t="s">
+        <v>161</v>
+      </c>
+      <c r="I7" t="s">
         <v>141</v>
-      </c>
-[...22 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>136</v>
+      </c>
+      <c r="B8" t="s">
+        <v>162</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>163</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>164</v>
+      </c>
+      <c r="H8" t="s">
+        <v>165</v>
+      </c>
+      <c r="I8" t="s">
         <v>141</v>
-      </c>
-[...22 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>136</v>
+      </c>
+      <c r="B9" t="s">
+        <v>166</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>167</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>168</v>
+      </c>
+      <c r="H9" t="s">
+        <v>169</v>
+      </c>
+      <c r="I9" t="s">
         <v>141</v>
-      </c>
-[...22 lines deleted...]
-        <v>146</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>170</v>
+      </c>
+      <c r="B2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D2" t="s">
+        <v>173</v>
+      </c>
+      <c r="E2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>175</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>176</v>
-      </c>
-[...16 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D3" t="s">
+        <v>179</v>
+      </c>
+      <c r="E3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>181</v>
+      </c>
+      <c r="H3" t="s">
         <v>182</v>
-      </c>
-[...16 lines deleted...]
-        <v>187</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AH3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="J1" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="K1" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+      <c r="I2" t="s">
         <v>191</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>192</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>193</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>194</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>195</v>
       </c>
-      <c r="I2" t="s">
+      <c r="N2" t="s">
         <v>196</v>
       </c>
-      <c r="J2" t="s">
+      <c r="O2" t="s">
         <v>197</v>
       </c>
-      <c r="K2" t="s">
+      <c r="P2" t="s">
         <v>198</v>
       </c>
-      <c r="L2" t="s">
+      <c r="Q2" t="s">
         <v>199</v>
       </c>
-      <c r="M2" t="s">
+      <c r="R2" t="s">
         <v>200</v>
       </c>
-      <c r="N2" t="s">
+      <c r="S2" t="s">
         <v>201</v>
       </c>
-      <c r="O2" t="s">
+      <c r="T2" t="s">
         <v>202</v>
       </c>
-      <c r="P2" t="s">
+      <c r="U2" t="s">
         <v>203</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="V2" t="s">
         <v>204</v>
       </c>
-      <c r="R2" t="s">
+      <c r="W2" t="s">
         <v>205</v>
       </c>
-      <c r="S2" t="s">
+      <c r="X2" t="s">
         <v>206</v>
       </c>
-      <c r="T2" t="s">
+      <c r="Y2" t="s">
         <v>207</v>
       </c>
-      <c r="U2" t="s">
+      <c r="Z2" t="s">
         <v>208</v>
       </c>
-      <c r="V2" t="s">
+      <c r="AA2" t="s">
         <v>209</v>
       </c>
-      <c r="W2" t="s">
+      <c r="AB2" t="s">
         <v>210</v>
       </c>
-      <c r="X2" t="s">
+      <c r="AC2" t="s">
         <v>211</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="AD2" t="s">
         <v>212</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="AE2" t="s">
         <v>213</v>
       </c>
-      <c r="AA2" t="s">
+      <c r="AF2" t="s">
         <v>214</v>
       </c>
-      <c r="AB2" t="s">
+      <c r="AG2" t="s">
         <v>215</v>
       </c>
-      <c r="AC2" t="s">
+      <c r="AH2" t="s">
         <v>216</v>
-      </c>
-[...13 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>219</v>
+      </c>
+      <c r="H3" t="s">
+        <v>220</v>
+      </c>
+      <c r="I3" t="s">
         <v>191</v>
       </c>
-      <c r="B3" t="s">
+      <c r="J3" t="s">
+        <v>221</v>
+      </c>
+      <c r="K3" t="s">
         <v>222</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>223</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>224</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
         <v>225</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O3" t="s">
         <v>226</v>
       </c>
-      <c r="K3" t="s">
+      <c r="P3" t="s">
         <v>227</v>
       </c>
-      <c r="L3" t="s">
+      <c r="Q3" t="s">
         <v>228</v>
       </c>
-      <c r="M3" t="s">
+      <c r="R3" t="s">
         <v>229</v>
       </c>
-      <c r="N3" t="s">
+      <c r="S3" t="s">
         <v>230</v>
       </c>
-      <c r="O3" t="s">
+      <c r="T3" t="s">
         <v>231</v>
       </c>
-      <c r="P3" t="s">
+      <c r="U3" t="s">
         <v>232</v>
-      </c>
-[...13 lines deleted...]
-        <v>237</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>