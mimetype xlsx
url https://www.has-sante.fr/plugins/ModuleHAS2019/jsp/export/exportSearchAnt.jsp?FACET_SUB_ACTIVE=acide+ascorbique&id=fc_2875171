--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,899 +1,335 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="402" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="75">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>23/01/2007 12:21:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
-[...164 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Dosage de la vitamine C dans le sang</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>14/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...101 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>MOVIPREP (macrogol/ acide ascorbique)</t>
   </si>
   <si>
-    <t>10/02/2022 14:10:57</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982940/fr/moviprep-macrogol/-acide-ascorbique</t>
+    <t>02/10/2022 14:10:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982940/en/moviprep-macrogol/-acide-ascorbique</t>
   </si>
   <si>
     <t>pprd_2982940</t>
   </si>
   <si>
     <t>macrogol,acide ascorbique</t>
   </si>
   <si>
     <t>NORGINE PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866759/fr/moviprep-macrogol/-acide-ascorbique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315452/fr/moviprep-orange-potassium/-acide-ascorbique/-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_866759/en/moviprep</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263600/en/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893480/en/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315452/en/moviprep-orange-potassium/-acide-ascorbique/-sodium</t>
   </si>
   <si>
     <t>VIANT</t>
   </si>
   <si>
-    <t>06/01/2022 18:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3307893/fr/viant</t>
+    <t>01/06/2022 18:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307893/en/viant</t>
   </si>
   <si>
     <t>p_3307893</t>
   </si>
   <si>
     <t>acide ascorbique,acide folique,biotine,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,phytoménadione,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de),thiamine (chlorhydrate de),tout-rac-alpha-tocophérol</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3305312/fr/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3296245/fr/fero-grad-vitamine-c-500-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
+    <t>https://www.has-sante.fr/jcms/p_3305312/en/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
   </si>
   <si>
     <t>PLENVU (acide ascorbique/ ascorbate sodique/ électrolytes/ macrogol 3350)</t>
   </si>
   <si>
-    <t>11/12/2019 16:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3112760/fr/plenvu-acide-ascorbique/-ascorbate-sodique/-electrolytes/-macrogol-3350</t>
+    <t>12/11/2019 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112760/en/plenvu-acide-ascorbique/-ascorbate-sodique/-electrolytes/-macrogol-3350</t>
   </si>
   <si>
     <t>p_3112760</t>
   </si>
   <si>
     <t>acide ascorbique,ascorbate sodique,électrolytes,macrogol 3350</t>
   </si>
   <si>
     <t>NORGINE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3112636/fr/plenvu-acide-ascorbique/-ascorbate-sodique/-electrolytes/-macrogol-3350</t>
-[...233 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400419/fr/cemaflavone-citroflavonoides/-acide-ascorbique-sous-forme-d-ascorbate-de-magnesium</t>
+    <t>https://www.has-sante.fr/jcms/p_3112636/en/plenvu-acide-ascorbique/-ascorbate-sodique/-electrolytes/-macrogol-3350</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -920,1335 +356,368 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
-[...338 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>76</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>83</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>84</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>88</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>92</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>95</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>96</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="E6" t="s">
-        <v>99</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>101</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I8"/>
+  <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>102</v>
+        <v>47</v>
+      </c>
+      <c r="J1" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>106</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="I2" t="s">
-        <v>108</v>
+        <v>55</v>
+      </c>
+      <c r="J2" t="s">
+        <v>56</v>
+      </c>
+      <c r="K2" t="s">
+        <v>57</v>
+      </c>
+      <c r="L2" t="s">
+        <v>58</v>
+      </c>
+      <c r="M2" t="s">
+        <v>59</v>
+      </c>
+      <c r="N2" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="H3" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="I3" t="s">
-        <v>108</v>
+        <v>65</v>
+      </c>
+      <c r="J3" t="s">
+        <v>66</v>
+      </c>
+      <c r="K3" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>113</v>
+        <v>68</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>114</v>
+        <v>69</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>116</v>
+        <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>108</v>
-[...272 lines deleted...]
-        <v>158</v>
+        <v>72</v>
       </c>
       <c r="J4" t="s">
-        <v>159</v>
+        <v>73</v>
       </c>
       <c r="K4" t="s">
-        <v>160</v>
-[...380 lines deleted...]
-        <v>259</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>