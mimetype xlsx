--- v1 (2025-12-19)
+++ v2 (2026-02-06)
@@ -1,335 +1,914 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="410" uniqueCount="265">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Neuropathies héréditaires sensitivomotrice de Charcot-Marie-Tooth</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise prise en charge urologique optimale d’un patient atteint de neuropathie héréditaire de Charcot-Marie-Tooth (CMT). Il a été élaboré par le centre de référence coordinateur des Maladies Neuromusculaires rares et de la SLA, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168018/fr/neuropathies-hereditaires-sensitivomotrice-de-charcot-marie-tooth</t>
+  </si>
+  <si>
+    <t>p_3168018</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson : critères diagnostiques et thérapeutiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les critères diagnostiques de la maladie de Parkinson et quels sont les examens complémentaires nécessaires ? Quelles sont les échelles d’évaluation utiles pour le suivi de la maladie de Parkinson ? Quelles stratégies thérapeutiques sont à conseiller à la phase initiale de la maladie de Parkinson ? Quelles thérapeutiques sont à conseiller à la phase évoluée de la maladie (en dehors de la rééducation et de la neurochirurgie) ? Quelles sont la place et les indications de la rééducation et de la réadaptation dans le traitement de la maladie de Parkinson ? Quelle est la place des traitements chirurgicaux ?</t>
+  </si>
+  <si>
+    <t>27/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272069/fr/la-maladie-de-parkinson-criteres-diagnostiques-et-therapeutiques</t>
+  </si>
+  <si>
+    <t>c_272069</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
+  </si>
+  <si>
+    <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
+  </si>
+  <si>
+    <t>01/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 19 janvier 2022</t>
+  </si>
+  <si>
+    <t>12/01/2022 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309308/fr/commission-de-la-transparence-reunion-du-19-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3309308</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>04/11/2021 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296677/fr/commission-de-la-transparence-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3296677</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 23 juin 2021</t>
+  </si>
+  <si>
+    <t>17/06/2021 18:11:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272474/fr/commission-de-la-transparence-reunion-a-distance-du-23-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3272474</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 juin 2018</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854315/fr/commission-de-la-transparence-reunion-du-13-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2854315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 avril 2012</t>
+  </si>
+  <si>
+    <t>11/04/2012 13:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239215/fr/commission-de-la-transparence-reunion-du-11-avril-2012</t>
+  </si>
+  <si>
+    <t>c_1239215</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 avril 2011</t>
+  </si>
+  <si>
+    <t>27/04/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1049085/fr/commission-de-la-transparence-reunion-du-27-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1049085</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 septembre 2009</t>
+  </si>
+  <si>
+    <t>09/09/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840805/fr/commission-de-la-transparence-reunion-du-9-septembre-2009</t>
+  </si>
+  <si>
+    <t>c_840805</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>MOVIPREP (macrogol/ acide ascorbique)</t>
   </si>
   <si>
-    <t>02/10/2022 14:10:57</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982940/en/moviprep-macrogol/-acide-ascorbique</t>
+    <t>10/02/2022 14:10:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982940/fr/moviprep-macrogol/-acide-ascorbique</t>
   </si>
   <si>
     <t>pprd_2982940</t>
   </si>
   <si>
     <t>macrogol,acide ascorbique</t>
   </si>
   <si>
     <t>NORGINE PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866759/en/moviprep</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315452/en/moviprep-orange-potassium/-acide-ascorbique/-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_866759/fr/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263600/fr/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893480/fr/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315452/fr/moviprep-orange-potassium/-acide-ascorbique/-sodium</t>
   </si>
   <si>
     <t>VIANT</t>
   </si>
   <si>
-    <t>01/06/2022 18:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3307893/en/viant</t>
+    <t>06/01/2022 18:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307893/fr/viant</t>
   </si>
   <si>
     <t>p_3307893</t>
   </si>
   <si>
     <t>acide ascorbique,acide folique,biotine,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,phytoménadione,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de),thiamine (chlorhydrate de),tout-rac-alpha-tocophérol</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3305312/en/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
+    <t>https://www.has-sante.fr/jcms/p_3305312/fr/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
+  </si>
+  <si>
+    <t>TIMOFEROL (acide ascorbique/ fer (sous forme de sulfate ferreux))</t>
+  </si>
+  <si>
+    <t>15/11/2021 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982729/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>pprd_2982729</t>
+  </si>
+  <si>
+    <t>acide ascorbique,fer (sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>ELERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763726/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635767/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635804/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972290/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399988/fr/timoferol-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296239/fr/timoferol-50-mg-comprime-enrobe-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
+  </si>
+  <si>
+    <t>FERO-GRAD VITAMINE C (sulfate de fer ferreux/ acide ascorbique)</t>
+  </si>
+  <si>
+    <t>15/11/2021 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984942/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>pprd_2984942</t>
+  </si>
+  <si>
+    <t>sulfate de fer ferreux,acide ascorbique</t>
+  </si>
+  <si>
+    <t>TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642417/fr/fero-grad-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363128/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296245/fr/fero-grad-vitamine-c-500-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
   </si>
   <si>
     <t>PLENVU (acide ascorbique/ ascorbate sodique/ électrolytes/ macrogol 3350)</t>
   </si>
   <si>
-    <t>12/11/2019 16:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3112760/en/plenvu-acide-ascorbique/-ascorbate-sodique/-electrolytes/-macrogol-3350</t>
+    <t>11/12/2019 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112760/fr/plenvu-acide-ascorbique/-ascorbate-sodique/-electrolytes/-macrogol-3350</t>
   </si>
   <si>
     <t>p_3112760</t>
   </si>
   <si>
     <t>acide ascorbique,ascorbate sodique,électrolytes,macrogol 3350</t>
   </si>
   <si>
     <t>NORGINE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3112636/en/plenvu-acide-ascorbique/-ascorbate-sodique/-electrolytes/-macrogol-3350</t>
+    <t>https://www.has-sante.fr/jcms/p_3112636/fr/plenvu-acide-ascorbique/-ascorbate-sodique/-electrolytes/-macrogol-3350</t>
+  </si>
+  <si>
+    <t>CERNEVIT (acide ascorbique/ acide folique/ alpha-tocophérol/ biotine/ cocarboxyl...)</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983084/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>pprd_2983084</t>
+  </si>
+  <si>
+    <t>acide ascorbique,acide folique,alpha-tocophérol,biotine,cocarboxylase tétrahydraté,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de) dihydraté</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399726/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642991/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671656/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876787/fr/cernevit-acide-ascorbique/-acide-folique/-alpha-tocopherol/-biotine/-cocarboxyl</t>
+  </si>
+  <si>
+    <t>VITAMINE (acétate d’alpha-tocophérol (vitamine E)/ acide ascorbique/ cholécalciférol/ cyanocobalamine/ nicotinamide (vitamine PP)...)</t>
+  </si>
+  <si>
+    <t>31/08/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983155/fr/vitamine-acetate-d-alpha-tocopherol-vitamine-e-/-acide-ascorbique/-cholecalciferol/-cyanocobalamine/-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>pprd_2983155</t>
+  </si>
+  <si>
+    <t>acétate d’alpha-tocophérol (vitamine E),acide ascorbique,cholécalciférol,cyanocobalamine,nicotinamide (vitamine PP),phytoménadione,pyridoxine (chlorhydrate),rétinol,thiamine (chlorhydrate),tout-rac-alpha-tocophéryle (acétate de),vitamine A synthétique (concentrat de) forme hydrodispersible,vitamine A synthétique (concentrat de), forme huileuse</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS/ AGUETTANT/ BAYER SANTE FAMILIALE/ BOUCHARA RECORDATI/ CHAIX ET DU MARAIS/ CHEPLAPHARM FRANCE/ EUROPHTA/ G GAM/ GERDA/ GNR-Pharma/ LEXPHAR/ MERCK GENERIQUES/ MYLAN S.A.S/  NOVARTIS/ ROCHE S.A.S/ SANDOZ SAS/ SANOFI AVENTIS FRANCE/ THEA/ ZYDUS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399041/fr/vitamine-b12-thea-0-05-pour-cent-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399040/fr/vitamine-b12-abak-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399206/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399349/fr/vitamine-b12-allergan-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399669/fr/vitamine-e-gnr-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399972/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399973/fr/vitamine-b6-aguettant-pyridoxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400601/fr/vitamine-e-g-gam-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400602/fr/vitamine-e-gnr-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400603/fr/vitamine-e-merck-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400604/fr/vitamine-e-zydus-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400179/fr/vitamine-c-10-pour-cent-aguettant-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400281/fr/vitamine-e-merck-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400683/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400684/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468434/fr/vitamine-a-dulcis-retinol-concentrat-huileux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461198/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663713/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666408/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666103/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724616/fr/vitamine-pp-aguettant-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736844/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736850/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739774/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952660/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_964928/fr/vitamine-k1-nourrissons-vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046784/fr/vitamine-a-dulcis-vitamine-a-synthetique-forme-huileuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060126/fr/vitamine-b1-b6-bayer-thiamine-chlorhydrate-/-pyridoxine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241655/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277915/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1279658/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323119/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600991/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702546/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747538/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778242/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044637/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627630/fr/vitamine-pp-aguettant-nicotinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658663/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658666/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729441/fr/vitamine-a-faure-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741818/fr/vitamine-a-dulcis-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796812/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796806/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796809/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821759/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831886/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867428/fr/vitamine-k1-cheplapharm-phytomenadione</t>
+  </si>
+  <si>
+    <t>RENUTRYL (palmitate de rétinol/ nitrate de thiamine/ riboflavine/ pantothénate de calcium/ chlorhydrate de pyridoxine/ acide ascorbique/ nicotinamide/ oxyde de magnésium lourd/ chlorure de potassium/ sulfate de manganèse monohydraté/ sulfate ferreux/ caséinate de sodium/ lactoprotéines/ levures lactiques/ lait sec écrémé/ huile de soja/ huile de beurre/ sirop de glucose déshydraté/ saccharose)</t>
+  </si>
+  <si>
+    <t>13/12/2006 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985476/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>pprd_2985476</t>
+  </si>
+  <si>
+    <t>palmitate de rétinol,nitrate de thiamine,riboflavine,pantothénate de calcium,chlorhydrate de pyridoxine,acide ascorbique,nicotinamide,oxyde de magnésium lourd,chlorure de potassium,sulfate de manganèse monohydraté,sulfate ferreux,caséinate de sodium,lactoprotéines,levures lactiques,lait sec écrémé,huile de soja,huile de beurre,sirop de glucose déshydraté,saccharose</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474588/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>CEMAFLAVONE (citroflavonoïdes/ acide ascorbique sous forme d’ascorbate de magnésium)</t>
+  </si>
+  <si>
+    <t>11/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985796/fr/cemaflavone-citroflavonoides/-acide-ascorbique-sous-forme-d-ascorbate-de-magnesium</t>
+  </si>
+  <si>
+    <t>pprd_2985796</t>
+  </si>
+  <si>
+    <t>citroflavonoïdes,acide ascorbique sous forme d’ascorbate de magnésium</t>
+  </si>
+  <si>
+    <t>BAILLEUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400419/fr/cemaflavone-citroflavonoides/-acide-ascorbique-sous-forme-d-ascorbate-de-magnesium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -356,368 +935,1361 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D3" t="s">
+        <v>66</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>92</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>101</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>102</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
+        <v>103</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>105</v>
       </c>
       <c r="H6" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>107</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>108</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>109</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>52</v>
+        <v>110</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>53</v>
+        <v>111</v>
       </c>
       <c r="H2" t="s">
-        <v>54</v>
+        <v>112</v>
       </c>
       <c r="I2" t="s">
-        <v>55</v>
-[...14 lines deleted...]
-        <v>60</v>
+        <v>113</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>108</v>
       </c>
       <c r="B3" t="s">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>63</v>
+        <v>116</v>
       </c>
       <c r="H3" t="s">
-        <v>64</v>
+        <v>117</v>
       </c>
       <c r="I3" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>67</v>
+        <v>113</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>108</v>
       </c>
       <c r="B4" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>69</v>
+        <v>119</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="H4" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="I4" t="s">
-        <v>72</v>
+        <v>113</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>123</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H5" t="s">
+        <v>125</v>
+      </c>
+      <c r="I5" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>108</v>
+      </c>
+      <c r="B6" t="s">
+        <v>126</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>128</v>
+      </c>
+      <c r="H6" t="s">
+        <v>129</v>
+      </c>
+      <c r="I6" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>108</v>
+      </c>
+      <c r="B7" t="s">
+        <v>130</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>132</v>
+      </c>
+      <c r="H7" t="s">
+        <v>133</v>
+      </c>
+      <c r="I7" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>108</v>
+      </c>
+      <c r="B8" t="s">
+        <v>134</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>135</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>136</v>
+      </c>
+      <c r="H8" t="s">
+        <v>137</v>
+      </c>
+      <c r="I8" t="s">
+        <v>113</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:BF10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>138</v>
+      </c>
+      <c r="J1" t="s">
+        <v>139</v>
+      </c>
+      <c r="K1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+      <c r="I2" t="s">
+        <v>146</v>
+      </c>
+      <c r="J2" t="s">
+        <v>147</v>
+      </c>
+      <c r="K2" t="s">
+        <v>148</v>
+      </c>
+      <c r="L2" t="s">
+        <v>149</v>
+      </c>
+      <c r="M2" t="s">
+        <v>150</v>
+      </c>
+      <c r="N2" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>154</v>
+      </c>
+      <c r="H3" t="s">
+        <v>155</v>
+      </c>
+      <c r="I3" t="s">
+        <v>156</v>
+      </c>
+      <c r="J3" t="s">
+        <v>157</v>
+      </c>
+      <c r="K3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>160</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>161</v>
+      </c>
+      <c r="H4" t="s">
+        <v>162</v>
+      </c>
+      <c r="I4" t="s">
+        <v>163</v>
       </c>
       <c r="J4" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="K4" t="s">
-        <v>74</v>
+        <v>165</v>
+      </c>
+      <c r="L4" t="s">
+        <v>166</v>
+      </c>
+      <c r="M4" t="s">
+        <v>167</v>
+      </c>
+      <c r="N4" t="s">
+        <v>168</v>
+      </c>
+      <c r="O4" t="s">
+        <v>169</v>
+      </c>
+      <c r="P4" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B5" t="s">
+        <v>171</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>172</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>173</v>
+      </c>
+      <c r="H5" t="s">
+        <v>174</v>
+      </c>
+      <c r="I5" t="s">
+        <v>175</v>
+      </c>
+      <c r="J5" t="s">
+        <v>176</v>
+      </c>
+      <c r="K5" t="s">
+        <v>177</v>
+      </c>
+      <c r="L5" t="s">
+        <v>178</v>
+      </c>
+      <c r="M5" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>181</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>182</v>
+      </c>
+      <c r="H6" t="s">
+        <v>183</v>
+      </c>
+      <c r="I6" t="s">
+        <v>184</v>
+      </c>
+      <c r="J6" t="s">
+        <v>185</v>
+      </c>
+      <c r="K6" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B7" t="s">
+        <v>187</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>188</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>189</v>
+      </c>
+      <c r="H7" t="s">
+        <v>190</v>
+      </c>
+      <c r="I7" t="s">
+        <v>191</v>
+      </c>
+      <c r="J7" t="s">
+        <v>192</v>
+      </c>
+      <c r="K7" t="s">
+        <v>193</v>
+      </c>
+      <c r="L7" t="s">
+        <v>194</v>
+      </c>
+      <c r="M7" t="s">
+        <v>195</v>
+      </c>
+      <c r="N7" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>141</v>
+      </c>
+      <c r="B8" t="s">
+        <v>197</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>198</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>199</v>
+      </c>
+      <c r="H8" t="s">
+        <v>200</v>
+      </c>
+      <c r="I8" t="s">
+        <v>201</v>
+      </c>
+      <c r="J8" t="s">
+        <v>202</v>
+      </c>
+      <c r="K8" t="s">
+        <v>203</v>
+      </c>
+      <c r="L8" t="s">
+        <v>204</v>
+      </c>
+      <c r="M8" t="s">
+        <v>205</v>
+      </c>
+      <c r="N8" t="s">
+        <v>206</v>
+      </c>
+      <c r="O8" t="s">
+        <v>207</v>
+      </c>
+      <c r="P8" t="s">
+        <v>208</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>209</v>
+      </c>
+      <c r="R8" t="s">
+        <v>210</v>
+      </c>
+      <c r="S8" t="s">
+        <v>211</v>
+      </c>
+      <c r="T8" t="s">
+        <v>212</v>
+      </c>
+      <c r="U8" t="s">
+        <v>213</v>
+      </c>
+      <c r="V8" t="s">
+        <v>214</v>
+      </c>
+      <c r="W8" t="s">
+        <v>215</v>
+      </c>
+      <c r="X8" t="s">
+        <v>216</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>217</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>218</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>219</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>220</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>221</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>222</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>223</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>224</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>225</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>226</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>227</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>228</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>229</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>230</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>231</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>232</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>233</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>234</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>235</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>236</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>237</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>238</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>239</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>240</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>241</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>242</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>243</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>244</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>245</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>246</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>247</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>248</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>249</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>141</v>
+      </c>
+      <c r="B9" t="s">
+        <v>251</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>252</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>253</v>
+      </c>
+      <c r="H9" t="s">
+        <v>254</v>
+      </c>
+      <c r="I9" t="s">
+        <v>255</v>
+      </c>
+      <c r="J9" t="s">
+        <v>256</v>
+      </c>
+      <c r="K9" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>141</v>
+      </c>
+      <c r="B10" t="s">
+        <v>258</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>259</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>260</v>
+      </c>
+      <c r="H10" t="s">
+        <v>261</v>
+      </c>
+      <c r="I10" t="s">
+        <v>262</v>
+      </c>
+      <c r="J10" t="s">
+        <v>263</v>
+      </c>
+      <c r="K10" t="s">
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>