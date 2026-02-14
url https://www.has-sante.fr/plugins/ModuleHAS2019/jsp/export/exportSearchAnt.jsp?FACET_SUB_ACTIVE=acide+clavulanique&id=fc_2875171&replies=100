--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -1,1039 +1,430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="551" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="107">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>09/01/2025 08:43:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
+    <t>General principles and prescription recommendations for antibiotics in primary care</t>
+  </si>
+  <si>
+    <t>The purpose of this guidance leaflet is to avoid inappropriate prescription of antibiotics, a source of selection pressure, which leads to the emergence of bacterial resistance and to therapeutic impasses.</t>
+  </si>
+  <si>
+    <t>02/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/24/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
+    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
+  </si>
+  <si>
+    <t>These guidelines propose recommendations to the following questions: 1. When should pregnant women be tested for cervicovaginal infection? 2. What samples to be taken from a pregnant woman to detect cervicovaginal bacterial infection? What to do in the event of cervicovaginal bacterial infection during a normal or problem pregnancy? 3. Is there any benefit in routinely screening for group B streptococcus carriers during pregnancy and labour? If so, what method should be used, when and how? 4. What intrapartum antibiotic prophylaxis to be prescribed to prevent neonatal infection caused by group B streptococcus? 5. What tests should be carried out in the event of PROM? 6. What procedure in the vent of infection during PROM?</t>
+  </si>
+  <si>
+    <t>09/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...128 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
-  </si>
-[...187 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_486284/fr/ciblor-amoxicilline/-acide-clavulanique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H41"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1058,1849 +449,526 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>51</v>
       </c>
       <c r="H12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>53</v>
       </c>
       <c r="C13" t="s">
         <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H14" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="E15" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="H16" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E17" t="s">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="H17" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="E18" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="H18" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>88</v>
       </c>
       <c r="B19" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="C19" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="H19" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>88</v>
       </c>
       <c r="B20" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>98</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>77</v>
+        <v>99</v>
       </c>
       <c r="H20" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>103</v>
       </c>
       <c r="E21" t="s">
-        <v>80</v>
+        <v>104</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>81</v>
+        <v>105</v>
       </c>
       <c r="H21" t="s">
-        <v>82</v>
-[...154 lines deleted...]
-      <c r="H27" t="s">
         <v>106</v>
-      </c>
-[...362 lines deleted...]
-        <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...801 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>