--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="130">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -93,65 +93,50 @@
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
     <t>Syndromes thalassémiques majeurs et intermédiaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
   </si>
   <si>
     <t>c_680242</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Dyskinésies ciliaires primitives</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
   </si>
   <si>
     <t>12/01/2018 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>c_2819338</t>
   </si>
   <si>
     <t>Cholangite Sclérosante Primitive</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
@@ -473,51 +458,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -659,606 +644,580 @@
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
-      </c>
-[...24 lines deleted...]
-        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>45</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>46</v>
-      </c>
-[...16 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C4" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E4" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="H4" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H5" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="H7" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="H8" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10" t="s">
         <v>84</v>
-      </c>
-[...16 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>88</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>89</v>
+      </c>
+      <c r="H11" t="s">
         <v>90</v>
-      </c>
-[...16 lines deleted...]
-        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>96</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D3" t="s">
+        <v>100</v>
+      </c>
+      <c r="E3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H3" t="s">
         <v>103</v>
-      </c>
-[...16 lines deleted...]
-        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="J1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="K1" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>107</v>
+      </c>
+      <c r="B2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I2" t="s">
         <v>112</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>113</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>114</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>115</v>
-      </c>
-[...13 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B3" t="s">
+        <v>116</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H3" t="s">
+        <v>119</v>
+      </c>
+      <c r="I3" t="s">
+        <v>120</v>
+      </c>
+      <c r="J3" t="s">
         <v>121</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K3" t="s">
         <v>122</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="L3" t="s">
         <v>123</v>
       </c>
-      <c r="H3" t="s">
+      <c r="M3" t="s">
         <v>124</v>
       </c>
-      <c r="I3" t="s">
+      <c r="N3" t="s">
         <v>125</v>
       </c>
-      <c r="J3" t="s">
+      <c r="O3" t="s">
         <v>126</v>
       </c>
-      <c r="K3" t="s">
+      <c r="P3" t="s">
         <v>127</v>
       </c>
-      <c r="L3" t="s">
+      <c r="Q3" t="s">
         <v>128</v>
       </c>
-      <c r="M3" t="s">
+      <c r="R3" t="s">
         <v>129</v>
-      </c>
-[...13 lines deleted...]
-        <v>134</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>