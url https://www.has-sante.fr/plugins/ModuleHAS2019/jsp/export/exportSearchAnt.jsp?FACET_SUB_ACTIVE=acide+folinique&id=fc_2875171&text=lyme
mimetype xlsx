--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -9,92 +9,107 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Arthrites Juvéniles  Idiopathiques</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2024 00:00:00</t>
   </si>
   <si>
     <t>07/02/2024 08:36:06</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
   </si>
   <si>
     <t>p_3493132</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -107,101 +122,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>