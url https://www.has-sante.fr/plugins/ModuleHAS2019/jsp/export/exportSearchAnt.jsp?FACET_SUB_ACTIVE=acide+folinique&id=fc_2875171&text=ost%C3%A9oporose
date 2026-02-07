--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="69">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>02/12/2024 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
   </si>
   <si>
     <t>p_3563444</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
@@ -251,51 +266,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -346,77 +361,77 @@
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
@@ -450,136 +465,162 @@
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>43</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>44</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
         <v>47</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>50</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>55</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
         <v>57</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>58</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>59</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>60</v>
       </c>
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>61</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
         <v>62</v>
       </c>
-      <c r="H11" t="s">
+      <c r="B12" t="s">
         <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>67</v>
+      </c>
+      <c r="H12" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>