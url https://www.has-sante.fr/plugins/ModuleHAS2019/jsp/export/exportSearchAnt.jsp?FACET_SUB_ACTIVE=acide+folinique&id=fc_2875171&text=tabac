--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="65">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -102,50 +102,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/01/2020 14:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
   </si>
   <si>
     <t>p_3148016</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Maladies mitochondriales apparentées au MELAS</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/12/2021 21:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
   </si>
   <si>
     <t>p_3289848</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
@@ -239,51 +254,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -429,119 +444,145 @@
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
         <v>41</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>42</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>43</v>
       </c>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
         <v>48</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>51</v>
       </c>
       <c r="H9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>55</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>56</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>57</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
         <v>58</v>
       </c>
-      <c r="H10" t="s">
+      <c r="B11" t="s">
         <v>59</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>