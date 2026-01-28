--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="384" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="269">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -227,50 +227,65 @@
   <si>
     <t>02/08/2022 15:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
   </si>
   <si>
     <t>p_3358939</t>
   </si>
   <si>
     <t>Amyotrophie spinale infantile</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>25/03/2021 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
   </si>
   <si>
     <t>p_3245042</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Syndrome de Rett et apparentés</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
   </si>
   <si>
     <t>03/05/2017 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
   </si>
   <si>
     <t>c_2760855</t>
   </si>
   <si>
     <t>Surpoids et obésité chez la femme : dépistage et accompagnement</t>
   </si>
   <si>
     <t>Décrire les problématiques spécifiques aux femmes en surpoids ou en obésité et proposer des adaptations pour les soins et l’accompagnement en complément des recommandations publiées par la HAS sur le thème.</t>
   </si>
   <si>
     <t>20/02/2025 00:00:00</t>
   </si>
   <si>
     <t>28/02/2025 10:30:00</t>
@@ -687,50 +702,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/07/2021 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
   </si>
   <si>
     <t>p_3280228</t>
   </si>
   <si>
     <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
   </si>
   <si>
     <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
   </si>
   <si>
     <t>23/06/2022 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
   </si>
   <si>
     <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
   </si>
   <si>
     <t>26/12/2018 16:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
   </si>
   <si>
     <t>c_2895029</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
@@ -836,51 +866,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H48"/>
+  <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1182,138 +1212,138 @@
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>73</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>74</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>75</v>
       </c>
       <c r="H13" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>79</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>80</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>26</v>
       </c>
       <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
         <v>83</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>84</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>85</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
         <v>86</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="B16" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" t="s">
         <v>89</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>90</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>91</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
         <v>92</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" t="s">
         <v>95</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
         <v>98</v>
       </c>
       <c r="H17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>100</v>
       </c>
       <c r="C18" t="s">
         <v>101</v>
       </c>
       <c r="D18" t="s">
@@ -1390,86 +1420,86 @@
       </c>
       <c r="B21" t="s">
         <v>115</v>
       </c>
       <c r="C21" t="s">
         <v>116</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>117</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>118</v>
       </c>
       <c r="H21" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>120</v>
       </c>
       <c r="C22" t="s">
         <v>121</v>
       </c>
       <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>122</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
         <v>123</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B23" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" t="s">
         <v>126</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>128</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
         <v>129</v>
       </c>
       <c r="H23" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>131</v>
       </c>
       <c r="C24" t="s">
         <v>132</v>
       </c>
       <c r="D24" t="s">
@@ -1477,129 +1507,129 @@
       </c>
       <c r="E24" t="s">
         <v>133</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
         <v>134</v>
       </c>
       <c r="H24" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>136</v>
       </c>
       <c r="C25" t="s">
         <v>137</v>
       </c>
       <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
         <v>138</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>139</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
+        <v>141</v>
+      </c>
+      <c r="C26" t="s">
         <v>142</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>144</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
         <v>145</v>
       </c>
       <c r="H26" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>147</v>
       </c>
       <c r="C27" t="s">
         <v>148</v>
       </c>
       <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
         <v>149</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
         <v>150</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
+        <v>152</v>
+      </c>
+      <c r="C28" t="s">
         <v>153</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>155</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>156</v>
       </c>
       <c r="H28" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>158</v>
       </c>
       <c r="C29" t="s">
         <v>159</v>
       </c>
       <c r="D29" t="s">
@@ -1610,77 +1640,77 @@
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
         <v>161</v>
       </c>
       <c r="H29" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>163</v>
       </c>
       <c r="C30" t="s">
         <v>164</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>133</v>
+        <v>165</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>170</v>
       </c>
       <c r="H31" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>172</v>
       </c>
       <c r="C32" t="s">
         <v>173</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
@@ -1740,77 +1770,77 @@
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>185</v>
       </c>
       <c r="H34" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>188</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>35</v>
+        <v>189</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H35" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>193</v>
+        <v>35</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>194</v>
       </c>
       <c r="H36" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>196</v>
       </c>
       <c r="C37" t="s">
         <v>197</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
@@ -1841,155 +1871,155 @@
       </c>
       <c r="E38" t="s">
         <v>203</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>204</v>
       </c>
       <c r="H38" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>206</v>
       </c>
       <c r="C39" t="s">
         <v>207</v>
       </c>
       <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>208</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
         <v>209</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
+        <v>211</v>
+      </c>
+      <c r="C40" t="s">
         <v>212</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>213</v>
       </c>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" t="s">
-        <v>193</v>
+        <v>214</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
         <v>219</v>
       </c>
       <c r="H41" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>221</v>
       </c>
       <c r="C42" t="s">
         <v>222</v>
       </c>
       <c r="D42" t="s">
-        <v>208</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>223</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
         <v>224</v>
       </c>
       <c r="H42" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B43" t="s">
         <v>226</v>
       </c>
       <c r="C43" t="s">
         <v>227</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>213</v>
       </c>
       <c r="E43" t="s">
         <v>228</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
         <v>229</v>
       </c>
       <c r="H43" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>231</v>
       </c>
       <c r="C44" t="s">
         <v>232</v>
       </c>
       <c r="D44" t="s">
@@ -2000,133 +2030,185 @@
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
         <v>234</v>
       </c>
       <c r="H44" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>236</v>
       </c>
       <c r="C45" t="s">
         <v>237</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>112</v>
+        <v>238</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H45" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C46" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D46" t="s">
-        <v>242</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>243</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
         <v>244</v>
       </c>
       <c r="H46" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
+        <v>8</v>
+      </c>
+      <c r="B47" t="s">
         <v>246</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>247</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>117</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
         <v>248</v>
       </c>
-      <c r="D47" t="s">
+      <c r="H47" t="s">
         <v>249</v>
-      </c>
-[...10 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
+        <v>43</v>
+      </c>
+      <c r="B48" t="s">
+        <v>250</v>
+      </c>
+      <c r="C48" t="s">
+        <v>251</v>
+      </c>
+      <c r="D48" t="s">
+        <v>252</v>
+      </c>
+      <c r="E48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="H48" t="s">
         <v>255</v>
       </c>
-      <c r="D48" t="s">
-[...2 lines deleted...]
-      <c r="E48" t="s">
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
         <v>256</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="B49" t="s">
         <v>257</v>
       </c>
-      <c r="H48" t="s">
+      <c r="C49" t="s">
         <v>258</v>
+      </c>
+      <c r="D49" t="s">
+        <v>259</v>
+      </c>
+      <c r="E49" t="s">
+        <v>260</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>261</v>
+      </c>
+      <c r="H49" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>263</v>
+      </c>
+      <c r="B50" t="s">
+        <v>264</v>
+      </c>
+      <c r="C50" t="s">
+        <v>265</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>266</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>267</v>
+      </c>
+      <c r="H50" t="s">
+        <v>268</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>