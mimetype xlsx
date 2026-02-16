--- v0 (2025-11-17)
+++ v1 (2026-02-16)
@@ -9,100 +9,118 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="142">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Embryo-Foetopathie au Valproate</t>
   </si>
   <si>
     <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
   </si>
   <si>
     <t>c_2751900</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...1 lines deleted...]
-  <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
   </si>
   <si>
     <t>08/10/2020 00:00:00</t>
   </si>
   <si>
     <t>26/11/2020 09:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
   </si>
   <si>
     <t>p_3214468</t>
   </si>
   <si>
     <t>Générique obésités de causes rares</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
@@ -284,81 +302,81 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
     <t>Leucinose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/05/2021 00:00:00</t>
   </si>
   <si>
     <t>03/05/2021 16:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
   </si>
   <si>
     <t>p_3264498</t>
   </si>
   <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
     <t>Acidémie Isovalérique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
   </si>
   <si>
     <t>p_3557776</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3477948</t>
   </si>
   <si>
     <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
   </si>
   <si>
     <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
   </si>
   <si>
     <t>21/07/2022 00:00:00</t>
   </si>
   <si>
     <t>12/09/2022 09:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
   </si>
   <si>
     <t>p_3193968</t>
   </si>
   <si>
     <t>Fentes labiales et/ou palatines</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
@@ -467,673 +485,699 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>36</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>82</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>83</v>
       </c>
       <c r="H15" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
       <c r="C16" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
         <v>87</v>
       </c>
       <c r="E16" t="s">
         <v>88</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>89</v>
       </c>
       <c r="H16" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>91</v>
       </c>
       <c r="C17" t="s">
         <v>92</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D19" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>105</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>106</v>
       </c>
       <c r="H19" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>108</v>
       </c>
       <c r="C20" t="s">
         <v>109</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="E20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>119</v>
       </c>
       <c r="C22" t="s">
         <v>120</v>
       </c>
       <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
         <v>121</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>122</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>124</v>
       </c>
       <c r="B23" t="s">
         <v>125</v>
       </c>
       <c r="C23" t="s">
         <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>127</v>
       </c>
       <c r="E23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>130</v>
+        <v>16</v>
       </c>
       <c r="B24" t="s">
         <v>131</v>
       </c>
       <c r="C24" t="s">
         <v>132</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>133</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>134</v>
       </c>
       <c r="H24" t="s">
         <v>135</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>136</v>
+      </c>
+      <c r="B25" t="s">
+        <v>137</v>
+      </c>
+      <c r="C25" t="s">
+        <v>138</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>139</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>140</v>
+      </c>
+      <c r="H25" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>