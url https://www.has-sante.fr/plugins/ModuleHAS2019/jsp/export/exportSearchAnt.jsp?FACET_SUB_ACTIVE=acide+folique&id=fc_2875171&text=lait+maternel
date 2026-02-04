--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -305,51 +305,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
   </si>
   <si>
     <t>p_3150638</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>27/11/2025 00:00:00</t>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
   </si>
   <si>
     <t>08/10/2020 00:00:00</t>
   </si>
   <si>
     <t>26/11/2020 09:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
   </si>
   <si>
     <t>p_3214468</t>
   </si>