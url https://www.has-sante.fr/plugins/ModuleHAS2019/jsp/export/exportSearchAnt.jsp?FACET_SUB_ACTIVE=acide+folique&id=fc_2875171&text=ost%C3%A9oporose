--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="285">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -71,50 +71,65 @@
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
   </si>
   <si>
     <t>c_680242</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
   </si>
   <si>
     <t>c_2789359</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
   </si>
   <si>
     <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
   </si>
   <si>
     <t>08/02/2024 00:00:00</t>
@@ -386,84 +401,84 @@
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Dermatomyosite de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
   </si>
   <si>
     <t>19/09/2016 14:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2666858</t>
   </si>
   <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
     <t>Arthrites Juvéniles  Idiopathiques</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2024 00:00:00</t>
   </si>
   <si>
     <t>07/02/2024 08:36:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
   </si>
   <si>
     <t>p_3493132</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3477948</t>
   </si>
   <si>
     <t>Glycogénose de type I</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
   </si>
   <si>
     <t>p_3385268</t>
   </si>
   <si>
     <t>Diagnostic de la dénutrition chez la personne de 70 ans et plus</t>
   </si>
   <si>
     <t>La HAS, en partenariat avec la Fédération française de nutrition, actualise ses recommandations sur la dénutrition chez les personnes âgées de 70 ans et plus. Elle fournit ainsi aux professionnels de santé ou du secteur social et médico-social susceptibles de s’occuper des personnes âgées des outils adaptés et validés pour leur permettre d’identifier plus précocement les personnes âgées dénutries.</t>
   </si>
   <si>
     <t>10/11/2021 00:00:00</t>
   </si>
   <si>
     <t>10/11/2021 13:39:00</t>
   </si>
@@ -899,51 +914,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H51"/>
+  <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1011,86 +1026,86 @@
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>25</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
@@ -1150,103 +1165,103 @@
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>50</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>54</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>55</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
         <v>58</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>59</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>60</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>61</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
         <v>64</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>66</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>67</v>
       </c>
       <c r="H12" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
       </c>
       <c r="D13" t="s">
@@ -1332,77 +1347,77 @@
       </c>
       <c r="E16" t="s">
         <v>86</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>87</v>
       </c>
       <c r="H16" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
       <c r="C17" t="s">
         <v>90</v>
       </c>
       <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
         <v>91</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>92</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" t="s">
         <v>95</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>97</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>98</v>
       </c>
       <c r="H18" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>100</v>
       </c>
       <c r="C19" t="s">
         <v>101</v>
       </c>
       <c r="D19" t="s">
@@ -1514,181 +1529,181 @@
       </c>
       <c r="E23" t="s">
         <v>122</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
         <v>123</v>
       </c>
       <c r="H23" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>125</v>
       </c>
       <c r="C24" t="s">
         <v>126</v>
       </c>
       <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
         <v>127</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
         <v>128</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
         <v>131</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>132</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
         <v>133</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>134</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
         <v>137</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>138</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>34</v>
+        <v>139</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D27" t="s">
-        <v>143</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
+        <v>39</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
         <v>144</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B28" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" t="s">
         <v>147</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>148</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>149</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
         <v>150</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
+        <v>152</v>
+      </c>
+      <c r="C29" t="s">
         <v>153</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>155</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
         <v>156</v>
       </c>
       <c r="H29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>158</v>
       </c>
       <c r="C30" t="s">
         <v>159</v>
       </c>
       <c r="D30" t="s">
@@ -1696,77 +1711,77 @@
       </c>
       <c r="E30" t="s">
         <v>160</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>161</v>
       </c>
       <c r="H30" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>163</v>
       </c>
       <c r="C31" t="s">
         <v>164</v>
       </c>
       <c r="D31" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>165</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>166</v>
       </c>
       <c r="H31" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>168</v>
       </c>
       <c r="C32" t="s">
         <v>169</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>170</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>171</v>
       </c>
       <c r="H32" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>173</v>
       </c>
       <c r="C33" t="s">
         <v>174</v>
       </c>
       <c r="D33" t="s">
@@ -1800,103 +1815,103 @@
       </c>
       <c r="E34" t="s">
         <v>180</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>181</v>
       </c>
       <c r="H34" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>183</v>
       </c>
       <c r="C35" t="s">
         <v>184</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>185</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>186</v>
       </c>
       <c r="H35" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>188</v>
       </c>
       <c r="C36" t="s">
         <v>189</v>
       </c>
       <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
         <v>190</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
         <v>191</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B37" t="s">
+        <v>193</v>
+      </c>
+      <c r="C37" t="s">
         <v>194</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>196</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>197</v>
       </c>
       <c r="H37" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>199</v>
       </c>
       <c r="C38" t="s">
         <v>200</v>
       </c>
       <c r="D38" t="s">
@@ -1959,315 +1974,341 @@
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
         <v>212</v>
       </c>
       <c r="H40" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>214</v>
       </c>
       <c r="C41" t="s">
         <v>215</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>86</v>
+        <v>216</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C42" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>220</v>
+        <v>91</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
         <v>221</v>
       </c>
       <c r="H42" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>223</v>
       </c>
       <c r="C43" t="s">
         <v>224</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>225</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
         <v>226</v>
       </c>
       <c r="H43" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
+        <v>8</v>
+      </c>
+      <c r="B44" t="s">
         <v>228</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>229</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
         <v>230</v>
       </c>
-      <c r="D44" t="s">
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
         <v>231</v>
       </c>
-      <c r="E44" t="s">
+      <c r="H44" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>8</v>
+        <v>233</v>
       </c>
       <c r="B45" t="s">
+        <v>234</v>
+      </c>
+      <c r="C45" t="s">
         <v>235</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>236</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>237</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
         <v>238</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>228</v>
+        <v>8</v>
       </c>
       <c r="B46" t="s">
+        <v>240</v>
+      </c>
+      <c r="C46" t="s">
         <v>241</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>242</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>243</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
         <v>244</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>25</v>
+        <v>233</v>
       </c>
       <c r="B47" t="s">
+        <v>246</v>
+      </c>
+      <c r="C47" t="s">
         <v>247</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>248</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>249</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
         <v>250</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
+        <v>30</v>
+      </c>
+      <c r="B48" t="s">
+        <v>252</v>
+      </c>
+      <c r="C48" t="s">
         <v>253</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
         <v>254</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
         <v>255</v>
       </c>
-      <c r="D48" t="s">
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
         <v>256</v>
       </c>
-      <c r="E48" t="s">
+      <c r="H48" t="s">
         <v>257</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" t="s">
         <v>260</v>
       </c>
-      <c r="B49" t="s">
+      <c r="D49" t="s">
         <v>261</v>
       </c>
-      <c r="C49" t="s">
+      <c r="E49" t="s">
         <v>262</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
         <v>263</v>
       </c>
-      <c r="E49" t="s">
+      <c r="H49" t="s">
         <v>264</v>
-      </c>
-[...7 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
+        <v>265</v>
+      </c>
+      <c r="B50" t="s">
+        <v>266</v>
+      </c>
+      <c r="C50" t="s">
         <v>267</v>
       </c>
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>268</v>
       </c>
-      <c r="C50" t="s">
+      <c r="E50" t="s">
         <v>269</v>
       </c>
-      <c r="D50" t="s">
-[...2 lines deleted...]
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
         <v>270</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
+        <v>272</v>
+      </c>
+      <c r="B51" t="s">
         <v>273</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>274</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
         <v>275</v>
       </c>
-      <c r="D51" t="s">
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
         <v>276</v>
       </c>
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>277</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
         <v>278</v>
       </c>
-      <c r="H51" t="s">
+      <c r="B52" t="s">
         <v>279</v>
+      </c>
+      <c r="C52" t="s">
+        <v>280</v>
+      </c>
+      <c r="D52" t="s">
+        <v>281</v>
+      </c>
+      <c r="E52" t="s">
+        <v>282</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>283</v>
+      </c>
+      <c r="H52" t="s">
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>