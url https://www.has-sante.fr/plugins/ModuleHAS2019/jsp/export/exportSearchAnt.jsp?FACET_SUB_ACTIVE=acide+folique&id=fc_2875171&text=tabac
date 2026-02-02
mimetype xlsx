--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="287">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -416,50 +416,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
   </si>
   <si>
     <t>28/01/2009 00:00:00</t>
   </si>
   <si>
     <t>22/06/2009 15:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
   </si>
   <si>
     <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>27/08/2021 15:40:00</t>
@@ -555,50 +570,65 @@
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
     <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
   </si>
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
     <t>02/04/2010 13:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
   </si>
   <si>
     <t>c_938884</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
   <si>
     <t>Fentes labiales et/ou palatines</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
@@ -890,51 +920,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H51"/>
+  <dimension ref="A1:H53"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1496,216 +1526,216 @@
       </c>
       <c r="B23" t="s">
         <v>129</v>
       </c>
       <c r="C23" t="s">
         <v>130</v>
       </c>
       <c r="D23" t="s">
         <v>131</v>
       </c>
       <c r="E23" t="s">
         <v>132</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>133</v>
       </c>
       <c r="H23" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B24" t="s">
         <v>135</v>
       </c>
       <c r="C24" t="s">
         <v>136</v>
       </c>
       <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
         <v>137</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>138</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
         <v>141</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E25" t="s">
         <v>143</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>144</v>
       </c>
       <c r="H25" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>146</v>
       </c>
       <c r="C26" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E26" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H26" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C27" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D27" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E27" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="H27" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C28" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D28" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E28" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="H28" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D29" t="s">
-        <v>157</v>
+        <v>142</v>
       </c>
       <c r="E29" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>159</v>
       </c>
       <c r="H29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>161</v>
       </c>
       <c r="C30" t="s">
+        <v>141</v>
+      </c>
+      <c r="D30" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E30" t="s">
         <v>163</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>164</v>
       </c>
       <c r="H30" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>16</v>
       </c>
       <c r="B31" t="s">
         <v>166</v>
       </c>
       <c r="C31" t="s">
         <v>167</v>
       </c>
       <c r="D31" t="s">
@@ -1739,77 +1769,77 @@
       </c>
       <c r="E32" t="s">
         <v>173</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>174</v>
       </c>
       <c r="H32" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>16</v>
       </c>
       <c r="B33" t="s">
         <v>176</v>
       </c>
       <c r="C33" t="s">
         <v>177</v>
       </c>
       <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
         <v>178</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>179</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>16</v>
       </c>
       <c r="B34" t="s">
+        <v>181</v>
+      </c>
+      <c r="C34" t="s">
         <v>182</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E34" t="s">
         <v>184</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>185</v>
       </c>
       <c r="H34" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>16</v>
       </c>
       <c r="B35" t="s">
         <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>188</v>
       </c>
       <c r="D35" t="s">
@@ -1950,315 +1980,367 @@
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>215</v>
       </c>
       <c r="H40" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>16</v>
       </c>
       <c r="B41" t="s">
         <v>217</v>
       </c>
       <c r="C41" t="s">
         <v>218</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>189</v>
+        <v>219</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>16</v>
       </c>
       <c r="B42" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C42" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D42" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H42" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>16</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C43" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>228</v>
+        <v>199</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>229</v>
       </c>
       <c r="H43" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B44" t="s">
         <v>231</v>
       </c>
       <c r="C44" t="s">
         <v>232</v>
       </c>
       <c r="D44" t="s">
+        <v>168</v>
+      </c>
+      <c r="E44" t="s">
         <v>233</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
         <v>234</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>16</v>
       </c>
       <c r="B45" t="s">
+        <v>236</v>
+      </c>
+      <c r="C45" t="s">
         <v>237</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
         <v>238</v>
       </c>
-      <c r="D45" t="s">
-[...2 lines deleted...]
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
         <v>239</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="B46" t="s">
+        <v>241</v>
+      </c>
+      <c r="C46" t="s">
         <v>242</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>243</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>244</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
         <v>245</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B47" t="s">
+        <v>247</v>
+      </c>
+      <c r="C47" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>249</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>250</v>
       </c>
       <c r="H47" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
+        <v>35</v>
+      </c>
+      <c r="B48" t="s">
         <v>252</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>253</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>254</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>255</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
         <v>256</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
+        <v>8</v>
+      </c>
+      <c r="B49" t="s">
+        <v>258</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
         <v>259</v>
       </c>
-      <c r="B49" t="s">
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
         <v>260</v>
       </c>
-      <c r="C49" t="s">
+      <c r="H49" t="s">
         <v>261</v>
-      </c>
-[...13 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" t="s">
+        <v>264</v>
+      </c>
+      <c r="D50" t="s">
+        <v>265</v>
+      </c>
+      <c r="E50" t="s">
         <v>266</v>
       </c>
-      <c r="B50" t="s">
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
         <v>267</v>
       </c>
-      <c r="C50" t="s">
+      <c r="H50" t="s">
         <v>268</v>
-      </c>
-[...13 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B51" t="s">
+        <v>270</v>
+      </c>
+      <c r="C51" t="s">
+        <v>271</v>
+      </c>
+      <c r="D51" t="s">
         <v>272</v>
       </c>
-      <c r="C51" t="s">
+      <c r="E51" t="s">
         <v>273</v>
       </c>
-      <c r="D51" t="s">
-[...2 lines deleted...]
-      <c r="E51" t="s">
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
         <v>274</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="H51" t="s">
         <v>275</v>
       </c>
-      <c r="H51" t="s">
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
         <v>276</v>
+      </c>
+      <c r="B52" t="s">
+        <v>277</v>
+      </c>
+      <c r="C52" t="s">
+        <v>278</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>279</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>280</v>
+      </c>
+      <c r="H52" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>276</v>
+      </c>
+      <c r="B53" t="s">
+        <v>282</v>
+      </c>
+      <c r="C53" t="s">
+        <v>283</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>284</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>285</v>
+      </c>
+      <c r="H53" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>