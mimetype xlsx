--- v0 (2025-11-25)
+++ v1 (2026-01-16)
@@ -71,50 +71,65 @@
   <si>
     <t>28/07/2021 11:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280027/fr/atrophie-optique-dominante-opa1</t>
   </si>
   <si>
     <t>p_3280027</t>
   </si>
   <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3187246</t>
   </si>
   <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
   </si>
   <si>
     <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
@@ -201,65 +216,50 @@
     <t>07/12/2023 17:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
   </si>
   <si>
     <t>p_3477948</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>
   <si>
     <t>c_1252051</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
   </si>
   <si>
     <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
   </si>
   <si>
     <t>01/05/2002 00:00:00</t>
   </si>
   <si>
     <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Dosage de la vitamine C dans le sang</t>
   </si>
@@ -391,311 +391,311 @@
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>45</v>
       </c>
       <c r="H9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>49</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>50</v>
       </c>
       <c r="H10" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
         <v>52</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>53</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>55</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>58</v>
       </c>
       <c r="C12" t="s">
         <v>59</v>
       </c>
       <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>60</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>61</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" t="s">
         <v>64</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>66</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>67</v>
       </c>
       <c r="H13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>69</v>
       </c>
       <c r="C14" t="s">
         <v>70</v>
       </c>
       <c r="D14" t="s">
         <v>71</v>
       </c>
       <c r="E14" t="s">
         <v>72</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>73</v>
       </c>
       <c r="H14" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">