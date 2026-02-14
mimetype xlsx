--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -1,1583 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>06/12/2021 14:19:34</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3303383/fr/implants-d-embolisation-arterielle-modification-des-modalites-d-inscription-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-20-janvier-2020</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...182 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
-  </si>
-[...61 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3119798/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J9"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...317 lines deleted...]
-        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...529 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>