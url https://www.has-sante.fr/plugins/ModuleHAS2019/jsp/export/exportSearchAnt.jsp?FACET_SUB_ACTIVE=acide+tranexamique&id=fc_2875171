--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="247">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -117,65 +117,50 @@
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3578446</t>
   </si>
   <si>
     <t>Maladie de Rendu-Osler</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>09/08/2024 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
   </si>
   <si>
     <t>c_875183</t>
   </si>
   <si>
     <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2024 13:27:00</t>
   </si>
@@ -830,51 +815,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1312,1007 +1297,981 @@
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>93</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>94</v>
       </c>
       <c r="H18" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>96</v>
       </c>
       <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>98</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>99</v>
       </c>
       <c r="H19" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>101</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>102</v>
       </c>
       <c r="D20" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>103</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>104</v>
       </c>
       <c r="H20" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>106</v>
       </c>
       <c r="C21" t="s">
         <v>107</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>108</v>
       </c>
       <c r="E21" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H21" t="s">
-        <v>110</v>
-[...6 lines deleted...]
-      <c r="B22" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>116</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>117</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>118</v>
-      </c>
-[...16 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C3" t="s">
+        <v>120</v>
+      </c>
+      <c r="D3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H3" t="s">
         <v>124</v>
-      </c>
-[...16 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D4" t="s">
+        <v>127</v>
+      </c>
+      <c r="E4" t="s">
+        <v>128</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>129</v>
+      </c>
+      <c r="H4" t="s">
         <v>130</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B5" t="s">
+        <v>131</v>
+      </c>
+      <c r="C5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E5" t="s">
+        <v>134</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>135</v>
+      </c>
+      <c r="H5" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D6" t="s">
+        <v>139</v>
+      </c>
+      <c r="E6" t="s">
+        <v>140</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>141</v>
+      </c>
+      <c r="H6" t="s">
         <v>142</v>
-      </c>
-[...16 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B7" t="s">
+        <v>143</v>
+      </c>
+      <c r="C7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D7" t="s">
+        <v>145</v>
+      </c>
+      <c r="E7" t="s">
+        <v>146</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>147</v>
+      </c>
+      <c r="H7" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>153</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D2" t="s">
+        <v>152</v>
+      </c>
+      <c r="E2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>154</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>155</v>
-      </c>
-[...16 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B3" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="E3" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="H3" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B4" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="C4" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="H4" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B5" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="C5" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="H5" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>174</v>
+      </c>
+      <c r="H2" t="s">
+        <v>175</v>
+      </c>
+      <c r="I2" t="s">
         <v>176</v>
-      </c>
-[...22 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>179</v>
+      </c>
+      <c r="H3" t="s">
+        <v>180</v>
+      </c>
+      <c r="I3" t="s">
         <v>176</v>
-      </c>
-[...22 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>171</v>
+      </c>
+      <c r="B4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>182</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>183</v>
+      </c>
+      <c r="H4" t="s">
+        <v>184</v>
+      </c>
+      <c r="I4" t="s">
         <v>176</v>
-      </c>
-[...22 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>171</v>
+      </c>
+      <c r="B5" t="s">
+        <v>185</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>186</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>187</v>
+      </c>
+      <c r="H5" t="s">
+        <v>188</v>
+      </c>
+      <c r="I5" t="s">
         <v>176</v>
-      </c>
-[...22 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>171</v>
+      </c>
+      <c r="B6" t="s">
+        <v>189</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>191</v>
+      </c>
+      <c r="H6" t="s">
+        <v>192</v>
+      </c>
+      <c r="I6" t="s">
         <v>176</v>
-      </c>
-[...22 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>171</v>
+      </c>
+      <c r="B7" t="s">
+        <v>193</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>194</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>195</v>
+      </c>
+      <c r="H7" t="s">
+        <v>196</v>
+      </c>
+      <c r="I7" t="s">
         <v>176</v>
-      </c>
-[...22 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>171</v>
+      </c>
+      <c r="B8" t="s">
+        <v>197</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>198</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>199</v>
+      </c>
+      <c r="H8" t="s">
+        <v>200</v>
+      </c>
+      <c r="I8" t="s">
         <v>176</v>
-      </c>
-[...22 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>171</v>
+      </c>
+      <c r="B9" t="s">
+        <v>201</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>202</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>203</v>
+      </c>
+      <c r="H9" t="s">
+        <v>204</v>
+      </c>
+      <c r="I9" t="s">
         <v>176</v>
-      </c>
-[...22 lines deleted...]
-        <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>205</v>
+      </c>
+      <c r="B2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C2" t="s">
+        <v>207</v>
+      </c>
+      <c r="D2" t="s">
+        <v>208</v>
+      </c>
+      <c r="E2" t="s">
+        <v>209</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>210</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>211</v>
-      </c>
-[...16 lines deleted...]
-        <v>216</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="J1" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="K1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>215</v>
+      </c>
+      <c r="B2" t="s">
+        <v>216</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>217</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>218</v>
+      </c>
+      <c r="H2" t="s">
+        <v>219</v>
+      </c>
+      <c r="I2" t="s">
         <v>220</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>221</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>222</v>
-      </c>
-[...16 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>225</v>
+      </c>
+      <c r="H3" t="s">
+        <v>226</v>
+      </c>
+      <c r="I3" t="s">
         <v>220</v>
       </c>
-      <c r="B3" t="s">
+      <c r="J3" t="s">
+        <v>227</v>
+      </c>
+      <c r="K3" t="s">
         <v>228</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>229</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B4" t="s">
+        <v>231</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>232</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>233</v>
+      </c>
+      <c r="H4" t="s">
+        <v>234</v>
+      </c>
+      <c r="I4" t="s">
+        <v>235</v>
+      </c>
+      <c r="J4" t="s">
         <v>236</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K4" t="s">
         <v>237</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="L4" t="s">
         <v>238</v>
       </c>
-      <c r="H4" t="s">
+      <c r="M4" t="s">
         <v>239</v>
       </c>
-      <c r="I4" t="s">
+      <c r="N4" t="s">
         <v>240</v>
       </c>
-      <c r="J4" t="s">
+      <c r="O4" t="s">
         <v>241</v>
       </c>
-      <c r="K4" t="s">
+      <c r="P4" t="s">
         <v>242</v>
       </c>
-      <c r="L4" t="s">
+      <c r="Q4" t="s">
         <v>243</v>
       </c>
-      <c r="M4" t="s">
+      <c r="R4" t="s">
         <v>244</v>
       </c>
-      <c r="N4" t="s">
+      <c r="S4" t="s">
         <v>245</v>
       </c>
-      <c r="O4" t="s">
+      <c r="T4" t="s">
         <v>246</v>
-      </c>
-[...13 lines deleted...]
-        <v>251</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>