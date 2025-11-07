--- v0 (2025-11-07)
+++ v1 (2025-11-07)
@@ -1,214 +1,802 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="384" uniqueCount="226">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Transfusions de globules rouges homologues : produits, indications, alternatives</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation de bonne pratique est d’améliorer la qualité de la prise en charge des patients en aidant les professionnels, dans le cadre de leur prescription transfusion de globules rouges et dans le suivi des malades transfusés, et en harmonisant les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>26/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/02/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349939/fr/transfusions-de-globules-rouges-homologues-produits-indications-alternatives</t>
+  </si>
+  <si>
+    <t>c_1349939</t>
+  </si>
+  <si>
+    <t>Transfusion de plasma thérapeutique : produits, indications</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les indications cliniques du plasma thérapeutique, ainsi que les situations dans lesquelles son utilisation n’est pas recommandée.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2012 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications</t>
+  </si>
+  <si>
+    <t>c_1264081</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Ostéogenèse imparfaite</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’ostéogenèse imparfaite.</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2734084/fr/osteogenese-imparfaite</t>
+  </si>
+  <si>
+    <t>c_2734084</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Surgical haemostatic agents:treatments of last resort</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1440082/en/surgical-haemostatic-agents-treatments-of-last-resort</t>
+    <t>Hémostatiques chirurgicaux : un traitement de dernière intention - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>25/07/2011 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440082/fr/hemostatiques-chirurgicaux-un-traitement-de-derniere-intention-fiche-buts</t>
   </si>
   <si>
     <t>r_1440082</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Évaluation des hémostatiques chirurgicaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les hémostatiques chirurgicaux, financés au travers de prestations hospitalières afin notamment de :# * Analyser les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation des hémostatiques chirurgicaux * Promouvoir une utilisation rationnelle de ces produits</t>
+  </si>
+  <si>
+    <t>08/08/2011 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069650/fr/evaluation-des-hemostatiques-chirurgicaux</t>
+  </si>
+  <si>
+    <t>c_1069650</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 19 janvier 2022</t>
+  </si>
+  <si>
+    <t>12/01/2022 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309308/fr/commission-de-la-transparence-reunion-du-19-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3309308</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 27 octobre 2021</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293944/fr/commission-de-la-transparence-reunion-a-distance-du-27-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3293944</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 29 septembre 2021</t>
+  </si>
+  <si>
+    <t>23/09/2021 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287808/fr/commission-de-la-transparence-reunion-a-distance-du-29-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3287808</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 30 juin 2021</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273727/fr/commission-de-la-transparence-reunion-a-distance-du-30-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273727</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 novembre 2017</t>
+  </si>
+  <si>
+    <t>15/11/2017 09:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804929/fr/commission-de-la-transparence-reunion-du-22-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2804929</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2016</t>
+  </si>
+  <si>
+    <t>01/12/2016 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727284/fr/commission-de-la-transparence-reunion-du-7-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2727284</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 mai 2013</t>
+  </si>
+  <si>
+    <t>29/05/2013 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1581868/fr/commission-de-la-transparence-reunion-du-29-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1581868</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0059/AC/SEM du 19 décembre 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TAKHZYRO (lanadelumab)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité TAKHZYRO (lanadelumab), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# « La prévention de routine des crises récurrentes d’angio-oedème héréditaire (AOH) de type I, II et III, chez les patients âgés de 12 ans et plus, lorsque les traitements indiqués dans la prévention de routine sont efficaces ou disponibles. »# « La prévention de routine des crises récurrentes d’angio-oedème héréditaire (AOH) de type III, chez les patients âgés de 12 ans et plus, lorsque les traitements indiqués dans la prévention de routine sont inefficaces ou indisponibles. »# Dans l’indication « prévention de routine des crises récurrentes d’angio-oedème héréditaire (AOH) de type I, II et III, chez les patients âgés de 12 ans et plus, lorsque les traitements indiqués dans la prévention de routine sont efficaces ou disponibles », la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# Ces alternatives sont mentionnées en annexe du présent avis.# Dans l’indication « prévention de routine des crises récurrentes d’angio-oedème héréditaire (AOH) de type III, chez les patients âgés de 12 ans et plus, lorsque les traitements indiqués dans la prévention de routine sont inefficaces ou indisponibles », la Haute Autorité de santé n’a pas identifié d’alternative thérapeutique prise en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>19/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>27/12/2018 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896512/fr/avis-n-2018-0059/ac/sem-du-19-decembre-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>c_2896512</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ACIDE TRANEXAMIQUE TILLOMED (acide tranexamique)</t>
+  </si>
+  <si>
+    <t>19/04/2024 08:42:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508984/fr/acide-tranexamique-tillomed-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>p_3508984</t>
+  </si>
+  <si>
+    <t>acide tranexamique</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508868/fr/acide-tranexamique-tillomed-acide-tranexamique-antifibrinolytique</t>
   </si>
   <si>
     <t>EXACYL (acide tranexamique)</t>
   </si>
   <si>
-    <t>10/04/2021 12:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984911/en/exacyl-acide-tranexamique</t>
+    <t>04/10/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984911/fr/exacyl-acide-tranexamique</t>
   </si>
   <si>
     <t>pprd_2984911</t>
   </si>
   <si>
-    <t>acide tranexamique</t>
-[...1 lines deleted...]
-  <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_623512/en/exacyl-acide-tranexamique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289356/en/exacyl-0-5-g/5-ml-i-v-acide-tranexamique-prevention-et-traitement-des-hemorragies</t>
+    <t>https://www.has-sante.fr/jcms/c_623512/fr/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615047/fr/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289356/fr/exacyl-0-5-g/5-ml-i-v-acide-tranexamique-prevention-et-traitement-des-hemorragies</t>
+  </si>
+  <si>
+    <t>ACIDE (acide carglumique/ acide folique/ acide tranexamique/ acide zolédronique monohydraté)</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982813/fr/acide-acide-carglumique/-acide-folique/-acide-tranexamique/-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982813</t>
+  </si>
+  <si>
+    <t>acide carglumique,acide folique,acide tranexamique,acide zolédronique monohydraté</t>
+  </si>
+  <si>
+    <t>AGUETTANT/ CENTRE SPECIALITES PHARMACEUTIQUES/ LABORATOIRE CCD/ MEDIPHA SANTE SAS/ MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399771/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672969/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250056/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648969/fr/acide-zoledronique-resolute-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827564/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827591/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839008/fr/acide-tranexamique-aguettant-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858355/fr/acide-carglumique-waymade-acide-carglumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868365/fr/acide-tranexamique-mylan-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2962273/fr/acide-folique-ccd-acide-folique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -230,151 +818,1293 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>66</v>
+      </c>
+      <c r="H5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>71</v>
+      </c>
+      <c r="H6" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>80</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>85</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>91</v>
+      </c>
+      <c r="H10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>95</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>100</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>101</v>
+      </c>
+      <c r="H12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>105</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>110</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>111</v>
+      </c>
+      <c r="H14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>116</v>
+      </c>
+      <c r="H15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>121</v>
+      </c>
+      <c r="H16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>124</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>125</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>126</v>
+      </c>
+      <c r="H17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B2" t="s">
+        <v>129</v>
+      </c>
+      <c r="C2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>133</v>
+      </c>
+      <c r="H2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>141</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>142</v>
+      </c>
+      <c r="H4" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>128</v>
+      </c>
+      <c r="B5" t="s">
+        <v>144</v>
+      </c>
+      <c r="C5" t="s">
+        <v>145</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>146</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>147</v>
+      </c>
+      <c r="H5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B2" t="s">
+        <v>151</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>153</v>
+      </c>
+      <c r="H2" t="s">
+        <v>154</v>
       </c>
       <c r="I2" t="s">
-        <v>29</v>
+        <v>155</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>158</v>
+      </c>
+      <c r="H3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I3" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B4" t="s">
+        <v>160</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>161</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H4" t="s">
+        <v>163</v>
+      </c>
+      <c r="I4" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>165</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>166</v>
+      </c>
+      <c r="H5" t="s">
+        <v>167</v>
+      </c>
+      <c r="I5" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B6" t="s">
+        <v>168</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>169</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>170</v>
+      </c>
+      <c r="H6" t="s">
+        <v>171</v>
+      </c>
+      <c r="I6" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>150</v>
+      </c>
+      <c r="B7" t="s">
+        <v>172</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>173</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>174</v>
+      </c>
+      <c r="H7" t="s">
+        <v>175</v>
+      </c>
+      <c r="I7" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>150</v>
+      </c>
+      <c r="B8" t="s">
+        <v>176</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>177</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>178</v>
+      </c>
+      <c r="H8" t="s">
+        <v>179</v>
+      </c>
+      <c r="I8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>150</v>
+      </c>
+      <c r="B9" t="s">
+        <v>180</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>181</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>182</v>
+      </c>
+      <c r="H9" t="s">
+        <v>183</v>
+      </c>
+      <c r="I9" t="s">
+        <v>155</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D2" t="s">
+        <v>187</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>191</v>
+      </c>
+      <c r="J1" t="s">
+        <v>192</v>
+      </c>
+      <c r="K1" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>197</v>
+      </c>
+      <c r="H2" t="s">
+        <v>198</v>
+      </c>
+      <c r="I2" t="s">
+        <v>199</v>
       </c>
       <c r="J2" t="s">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="K2" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>201</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H3" t="s">
+        <v>205</v>
+      </c>
+      <c r="I3" t="s">
+        <v>199</v>
+      </c>
+      <c r="J3" t="s">
+        <v>206</v>
+      </c>
+      <c r="K3" t="s">
+        <v>207</v>
+      </c>
+      <c r="L3" t="s">
+        <v>208</v>
+      </c>
+      <c r="M3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B4" t="s">
+        <v>210</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>211</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>212</v>
+      </c>
+      <c r="H4" t="s">
+        <v>213</v>
+      </c>
+      <c r="I4" t="s">
+        <v>214</v>
+      </c>
+      <c r="J4" t="s">
+        <v>215</v>
+      </c>
+      <c r="K4" t="s">
+        <v>216</v>
+      </c>
+      <c r="L4" t="s">
+        <v>217</v>
+      </c>
+      <c r="M4" t="s">
+        <v>218</v>
+      </c>
+      <c r="N4" t="s">
+        <v>219</v>
+      </c>
+      <c r="O4" t="s">
+        <v>220</v>
+      </c>
+      <c r="P4" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>222</v>
+      </c>
+      <c r="R4" t="s">
+        <v>223</v>
+      </c>
+      <c r="S4" t="s">
+        <v>224</v>
+      </c>
+      <c r="T4" t="s">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>