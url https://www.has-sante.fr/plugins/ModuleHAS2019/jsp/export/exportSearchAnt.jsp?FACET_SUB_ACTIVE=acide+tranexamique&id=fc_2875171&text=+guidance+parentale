--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -69,50 +69,65 @@
     <t/>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>p_3290052</t>
   </si>
   <si>
     <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/01/2020 14:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
   </si>
   <si>
     <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Hémophilie</t>
   </si>
   <si>
     <t>17/10/2019 00:00:00</t>
   </si>
   <si>
     <t>21/10/2019 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
   </si>
   <si>
     <t>c_483032</t>
   </si>
   <si>
     <t>Hernie de Coupole Diaphragmatique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint de Hernie de Coupole Diaphragmatique. Il a été élaboré par le Centre de référence de la Hernie de Coupole Diaphragmatique et la Filière de santé maladies rares abdomino-thoraciques FIMATHO, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/10/2020 16:45:00</t>
   </si>
@@ -260,51 +275,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -352,80 +367,80 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
@@ -485,136 +500,162 @@
       </c>
       <c r="E8" t="s">
         <v>42</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>43</v>
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>47</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>48</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
         <v>51</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>53</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>54</v>
       </c>
       <c r="H10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="s">
         <v>57</v>
       </c>
       <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>58</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>59</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
         <v>62</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>64</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>65</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>