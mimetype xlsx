--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,95 +9,290 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="81">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Hernie de Coupole Diaphragmatique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint de Hernie de Coupole Diaphragmatique. Il a été élaboré par le Centre de référence de la Hernie de Coupole Diaphragmatique et la Filière de santé maladies rares abdomino-thoraciques FIMATHO, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/10/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332738/fr/hernie-de-coupole-diaphragmatique</t>
+  </si>
+  <si>
+    <t>c_1332738</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +302,413 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>67</v>
+      </c>
+      <c r="H12" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>72</v>
+      </c>
+      <c r="H13" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>79</v>
+      </c>
+      <c r="H14" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>