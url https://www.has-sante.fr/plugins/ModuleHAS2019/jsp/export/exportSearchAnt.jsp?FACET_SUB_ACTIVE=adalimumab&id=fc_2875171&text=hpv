--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,257 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>07/03/2024 14:30:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
-  </si>
-[...97 lines deleted...]
-    <t>c_2771625</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -276,282 +171,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...243 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>