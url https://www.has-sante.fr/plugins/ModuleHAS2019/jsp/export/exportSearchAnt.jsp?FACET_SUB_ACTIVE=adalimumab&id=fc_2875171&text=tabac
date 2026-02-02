--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,201 +1,1162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="109">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis: management of established RA</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>ALD n° 27 - Spondylarthrite grave</t>
+  </si>
+  <si>
+    <t>26/09/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900658/fr/ald-n-27-spondylarthrite-grave</t>
+  </si>
+  <si>
+    <t>c_900658</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juin 2009</t>
+  </si>
+  <si>
+    <t>10/06/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_809304/fr/commission-de-la-transparence-reunion-du-10-juin-2009</t>
+  </si>
+  <si>
+    <t>c_809304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>69</v>
+      </c>
+      <c r="H3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>72</v>
+      </c>
+      <c r="H4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
+      </c>
+      <c r="I2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" t="s">
+        <v>88</v>
+      </c>
+      <c r="I4" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>91</v>
+      </c>
+      <c r="H5" t="s">
+        <v>92</v>
+      </c>
+      <c r="I5" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>75</v>
+      </c>
+      <c r="B6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>95</v>
+      </c>
+      <c r="H6" t="s">
+        <v>96</v>
+      </c>
+      <c r="I6" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B7" t="s">
+        <v>97</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>98</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>99</v>
+      </c>
+      <c r="H7" t="s">
+        <v>100</v>
+      </c>
+      <c r="I7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>101</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>102</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>103</v>
+      </c>
+      <c r="H8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>105</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>106</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>107</v>
+      </c>
+      <c r="H9" t="s">
+        <v>108</v>
+      </c>
+      <c r="I9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>