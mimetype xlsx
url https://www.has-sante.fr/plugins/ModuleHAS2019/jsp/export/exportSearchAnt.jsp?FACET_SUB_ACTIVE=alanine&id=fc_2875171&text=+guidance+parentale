--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="137">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -96,50 +96,65 @@
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
   </si>
   <si>
     <t>p_3374374</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
     <t>10/07/2024 00:00:00</t>
   </si>
   <si>
     <t>10/07/2024 16:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
     <t>22/01/2020 00:00:00</t>
   </si>
   <si>
     <t>03/02/2020 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
     <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
   </si>
   <si>
     <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
   </si>
@@ -455,51 +470,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -567,294 +582,294 @@
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>44</v>
       </c>
       <c r="H7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>49</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>55</v>
       </c>
       <c r="H9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>57</v>
       </c>
       <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>60</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>65</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>66</v>
       </c>
       <c r="H11" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>71</v>
       </c>
       <c r="H12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="s">
         <v>74</v>
       </c>
       <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>75</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>76</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
         <v>79</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>81</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>82</v>
       </c>
       <c r="H14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>84</v>
       </c>
       <c r="C15" t="s">
         <v>85</v>
       </c>
       <c r="D15" t="s">
@@ -905,112 +920,112 @@
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>97</v>
       </c>
       <c r="H17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>99</v>
       </c>
       <c r="C18" t="s">
         <v>100</v>
       </c>
       <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
         <v>101</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>102</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" t="s">
         <v>105</v>
       </c>
-      <c r="B19" t="s">
+      <c r="D19" t="s">
         <v>106</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>107</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>108</v>
       </c>
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
+        <v>111</v>
+      </c>
+      <c r="C20" t="s">
         <v>112</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>114</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>115</v>
       </c>
       <c r="H20" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
         <v>117</v>
       </c>
       <c r="C21" t="s">
         <v>118</v>
       </c>
       <c r="D21" t="s">
@@ -1057,45 +1072,71 @@
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>16</v>
       </c>
       <c r="B23" t="s">
         <v>127</v>
       </c>
       <c r="C23" t="s">
         <v>128</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>129</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>130</v>
       </c>
       <c r="H23" t="s">
         <v>131</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>132</v>
+      </c>
+      <c r="C24" t="s">
+        <v>133</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>134</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>135</v>
+      </c>
+      <c r="H24" t="s">
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>