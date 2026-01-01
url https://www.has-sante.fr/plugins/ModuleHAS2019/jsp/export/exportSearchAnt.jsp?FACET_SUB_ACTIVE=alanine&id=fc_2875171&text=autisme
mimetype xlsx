--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,170 +9,326 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="75">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Becker</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Becker.</t>
+  </si>
+  <si>
+    <t>28/01/2020 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121203/fr/dystrophie-musculaire-de-becker</t>
+  </si>
+  <si>
+    <t>p_3121203</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Hypocholestérolémies génétiques intestinales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’une hypocholestérolémie génétique intestinale. Il a été élaboré par le centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272490/fr/hypocholesterolemies-genetiques-intestinales</t>
+  </si>
+  <si>
+    <t>p_3272490</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -197,58 +353,292 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>