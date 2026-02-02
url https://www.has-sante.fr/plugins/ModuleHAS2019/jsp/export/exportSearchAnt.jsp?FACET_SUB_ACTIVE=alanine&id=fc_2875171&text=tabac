--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="85">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -96,50 +96,65 @@
     <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
   </si>
   <si>
     <t>p_3278607</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
   </si>
   <si>
     <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
   </si>
   <si>
     <t>18/09/2019 00:00:00</t>
   </si>
   <si>
     <t>08/10/2019 11:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
   </si>
   <si>
     <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Hémophilie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/06/2023 14:37:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
   </si>
   <si>
     <t>p_3447771</t>
   </si>
   <si>
     <t>Stratégies de dépistage biologique des hépatites virales B et C</t>
   </si>
   <si>
     <t>Recommander la meilleure stratégie de tests biologiques pour le dépistage de l’hépatite B et de l’hépatite C permettant de déterminer le statut immunitaire de la personne à risque par rapport à l’infection par les virus VHB ou VHC et de proposer la bonne prise en charge médicale suite à l’annonce du résultat du dépistage.</t>
   </si>
   <si>
     <t>01/03/2011 00:00:00</t>
   </si>
@@ -299,51 +314,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -437,138 +452,138 @@
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>48</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>54</v>
       </c>
       <c r="H9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
@@ -576,110 +591,136 @@
       </c>
       <c r="E10" t="s">
         <v>58</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>59</v>
       </c>
       <c r="H10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>61</v>
       </c>
       <c r="C11" t="s">
         <v>62</v>
       </c>
       <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>64</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>69</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>70</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
         <v>73</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>74</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>75</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>76</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>77</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
         <v>78</v>
       </c>
-      <c r="H13" t="s">
+      <c r="B14" t="s">
         <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>