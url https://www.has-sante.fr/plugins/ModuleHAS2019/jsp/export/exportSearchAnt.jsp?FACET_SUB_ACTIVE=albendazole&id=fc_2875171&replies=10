--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1,377 +1,687 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/05/2018 10:48:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2823986/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-cysticercosis-inahta-brief</t>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la cysticercose - Argumentaire</t>
+  </si>
+  <si>
+    <t>Le diagnostic de la cysticercose est difficile en raison de la faible spécificité des signes cliniques et du délai d’apparition des symptômes après l’infection. Le diagnostic biologique repose essentiellement sur la recherche d’anticorps sur sérum ou sur liquide cérébrospinal.</t>
+  </si>
+  <si>
+    <t>20/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823986/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-cysticercose-argumentaire</t>
   </si>
   <si>
     <t>c_2823986</t>
   </si>
   <si>
-    <t>Updating of medical pathology procedures concerning the diagnosis of trichinellosis - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2860414/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-trichinellosis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la trichinellose - Argumentaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de renseigner les techniques de sérodiagnostic actuellement pertinentes pour le diagnostic de la trichinellose.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860414/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-trichinellose-argumentaire</t>
   </si>
   <si>
     <t>c_2860414</t>
   </si>
   <si>
-    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>04/16/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+    <t>16/04/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis of larval echinococcosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749012/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-larval-echinococcosis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des échinococcoses larvaires</t>
+  </si>
+  <si>
+    <t>Les échinococcoses sont des zoonoses causées par des larves de ténias du genre Echinococcus. L’objectif de ce travail était de préciser les techniques de recherche d’anticorps anti-Echinococcus validées pour la recherche initiale, la confirmation et le suivi des patients traités.</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749012/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-echinococcoses-larvaires</t>
   </si>
   <si>
     <t>c_2749012</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis of strongyloidiasis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2729708/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-strongyloidiasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la strongyloïdose (anguillulose)</t>
+  </si>
+  <si>
+    <t>Évaluation des techniques et des indications des tests de biologie médicale utilisés dans le diagnostic de la strongyloïdose (anguillulose)</t>
+  </si>
+  <si>
+    <t>19/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/04/2017 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729708/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-strongyloidose-anguillulose</t>
   </si>
   <si>
     <t>c_2729708</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ESKAZOLE (albendazole)</t>
+  </si>
+  <si>
+    <t>07/05/2020 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182888/fr/eskazole-albendazole</t>
+  </si>
+  <si>
+    <t>p_3182888</t>
+  </si>
+  <si>
+    <t>albendazole</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181640/fr/eskazole-albendazole</t>
+  </si>
+  <si>
+    <t>ZENTEL (albendazole)</t>
+  </si>
+  <si>
+    <t>18/05/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983623/fr/zentel-albendazole</t>
+  </si>
+  <si>
+    <t>pprd_2983623</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468540/fr/zentel-albendazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231620/fr/zentel-albendazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762903/fr/zentel-albendazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+    </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J1" t="s">
+        <v>50</v>
+      </c>
+      <c r="K1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I2" t="s">
+        <v>57</v>
+      </c>
+      <c r="J2" t="s">
+        <v>58</v>
+      </c>
+      <c r="K2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I3" t="s">
+        <v>57</v>
+      </c>
+      <c r="J3" t="s">
+        <v>58</v>
+      </c>
+      <c r="K3" t="s">
+        <v>64</v>
+      </c>
+      <c r="L3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>